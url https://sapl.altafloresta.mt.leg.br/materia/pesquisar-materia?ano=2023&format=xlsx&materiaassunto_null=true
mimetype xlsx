--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,5997 +54,5997 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.957/2011, DE 26 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Adelson Servidor, Bernardo Patrício, Claudinei de Jesus, Douglas Teixeira, Francisco Ailton, Leonice Klaus, Luciano Silva, Marcos Menin, Naldo da Pista, Pitoco, Professora Ilmarli, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/547/pl_002-2023-_ver._diferenca_rga_das_perdas_inflac_dos_subsidios_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/547/pl_002-2023-_ver._diferenca_rga_das_perdas_inflac_dos_subsidios_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIFERENÇAS DA REVISÃO GERAL ANUAL DA RECOMPOSIÇÃO DAS PERDAS INFLACIONÁRIAS DOS SUBSÍDIOS DE QUE TRATA A LEI MUNICIPAL Nº 2.003/2012, COM AS CORREÇÕES INTRODUZIDAS PELAS LEIS 2.687/2021 E 2.693/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/548/pl_003-2023-_revisao_geral_anual_rga_exerc._2022-servidores_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/548/pl_003-2023-_revisao_geral_anual_rga_exerc._2022-servidores_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL A REMUNERAÇÃO DOS SERVIDORES E SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/549/pl_004-2023-_ver_-_fixa_subsidios_vereadores_legislatura_2025-20_1_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/549/pl_004-2023-_ver_-_fixa_subsidios_vereadores_legislatura_2025-20_1_ocred.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA PARA A LEGISLATURA 2025-2028.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/553/pl_005-2023-_dls_-_revoga_lei_2.078-2013_e_alteracoes_leis_2.095_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/553/pl_005-2023-_dls_-_revoga_lei_2.078-2013_e_alteracoes_leis_2.095_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM AS LEIS MUNICIPAIS 2.078/2013, 2.095/2013 E 2.200/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/566/pl_006-2023-_dls_-_revoga_lei_2.229-2014_-_doacao_imovel_pjc_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/566/pl_006-2023-_dls_-_revoga_lei_2.229-2014_-_doacao_imovel_pjc_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 2.229/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/568/pl_007-2023-_dls_-_revoga_lei_2.664-2021-_doacao_imovel_senar_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/568/pl_007-2023-_dls_-_revoga_lei_2.664-2021-_doacao_imovel_senar_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 2.664/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/569/pl_008-2023-_dls_-_revoga_lei_2.665-2021-_doacao_imovel_sindicato_rural_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/569/pl_008-2023-_dls_-_revoga_lei_2.665-2021-_doacao_imovel_sindicato_rural_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 2.665/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Francisco Ailton</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/570/pl_009-2023-_fas_-_inclui_malha_viaria_estrada_romera_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/570/pl_009-2023-_fas_-_inclui_malha_viaria_estrada_romera_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO INTITULADA “ESTRADA ROMERA”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/571/pl_010-2023-_dls_-_revoga_lei_1.945-2011_-_doacao_imovel_fmtk.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/571/pl_010-2023-_dls_-_revoga_lei_1.945-2011_-_doacao_imovel_fmtk.pdf</t>
   </si>
   <si>
     <t>PL 010-2023- DLS - REVOGA LEI 1.945-2011 - DOAÇÃO IMÓVEL FMTK</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/572/pl_011-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_de_imovel_a_ma_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/572/pl_011-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_de_imovel_a_ma_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 2.204/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/573/pl_012-2023-_jvn_-_banco_municipal_de_cadeira_de_rodas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/573/pl_012-2023-_jvn_-_banco_municipal_de_cadeira_de_rodas_ocred.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO MUNICIPAL DE CADEIRA DE RODAS E AFINS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/574/pl_013-2023-_dls_-_pagamento_de_salario_dos_servidores_municpais_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/574/pl_013-2023-_dls_-_pagamento_de_salario_dos_servidores_municpais_ocred.pdf</t>
   </si>
   <si>
     <t>INSTITUI UTILIZAÇÃO DA MODALIDADE DE PAGAMENTO INSTANTÂNEO PIX NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, SEJA NA CONDIÇÃO DE PAGADORA OU DE RECEBEDORA, OBSERVADAS TODAS AS NORMAS LEGAIS E CONTÁBEIS TRADICIONALMENTE APLICÁVEIS ÀS MOVIMENTAÇÕES BANCÁRIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/575/pl_014-2023-_dls_-_pagamento_de_tributos_via_pix_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/575/pl_014-2023-_dls_-_pagamento_de_tributos_via_pix_ocred.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIREITO DO CONTRIBUINTE DE TER ACESSO A MEIOS E FORMAS DE PAGAMENTO DIGITAL, TAIS COMO PIX E TRANSFERÊNCIA BANCÁRIA, PARA QUITAÇÃO DE DÉBITOS DE NATUREZA TRIBUTÁRIA, TAXAS E CONTRIBUIÇÕES.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marcos Menin</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/576/pl_015-2023-_mrm_-_denominacao_vias__do_jardim_por_do_sol_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/576/pl_015-2023-_mrm_-_denominacao_vias__do_jardim_por_do_sol_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DE VIAS PÚBLICAS DO LOTEAMENTO JARDIM PÔR DO SOL, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Douglas Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/577/pl_016-2023_-_dptc_-_altera_dispositivo_da_lei_no_2.659-2021_-_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/577/pl_016-2023_-_dptc_-_altera_dispositivo_da_lei_no_2.659-2021_-_c_ocred.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI 2.659/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/578/pl_017-2023_-_fas_-_proibe_a_cobranca_da_taxa_de_religacao_de_ag_0001_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/578/pl_017-2023_-_fas_-_proibe_a_cobranca_da_taxa_de_religacao_de_ag_0001_ocred.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI 1.247/2003 QUE NORMATIZA O CORTE DE FORNECIMENTO DE ÁGUA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESPORTE CLUBE ALTA FLORESTA - ECAF.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/580/pl_019-2023-_dls_-_revoga_lei_1.443-2006_doacao_imovel_estado_mt_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/580/pl_019-2023-_dls_-_revoga_lei_1.443-2006_doacao_imovel_estado_mt_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 1.443/2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/581/pl_020-2023-_dls_-_revoga_lei_2.018-2012_doacao_imovel_est_mato_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/581/pl_020-2023-_dls_-_revoga_lei_2.018-2012_doacao_imovel_est_mato_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 2.018/2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/582/pl_021-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_imovel_marinha_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/582/pl_021-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_imovel_marinha_ocred.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/583/pl_022-2023-_dls_-_revoga_lei_2.203-2014_doacao_imovel_corpo_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/583/pl_022-2023-_dls_-_revoga_lei_2.203-2014_doacao_imovel_corpo_de_ocred.pdf</t>
   </si>
   <si>
     <t>REVOGA IN TOTUM A LEI MUNICIPAL 2.203/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Claudinei de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/584/pl_023-2023-_csj_-_inclui_malha_viaria_estrada_emilio_romera_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/584/pl_023-2023-_csj_-_inclui_malha_viaria_estrada_emilio_romera_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO INTITULADA “ESTRADA EMILIO ROMERA”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/585/pl_024-2023_-_ods_-_declara_de_utilidade_publica_ass._do_laco_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/585/pl_024-2023_-_ods_-_declara_de_utilidade_publica_ass._do_laco_de_ocred.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DO LAÇO DE ALTA FLORESTA - ALAF.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/586/pl_025-2023_-_jvn_-_proibe_manif_de_cun_eleit_em_even.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/586/pl_025-2023_-_jvn_-_proibe_manif_de_cun_eleit_em_even.pdf</t>
   </si>
   <si>
     <t>PROÍBE MANIFESTAÇÕES DE CUNHO ELEITORAL COM APOIO EXPLÍCITO A UM PARTIDO OU CANDIDATO POR PARTE DE ARTISTAS E EMPRESAS CONTRATADAS COM VERBA PÚBLICA, FIXANDO PENA DE RETENÇÃO DO PAGAMENTO DO CACHÊ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, Luciano Silva, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/587/pl_026-2023_-_dls_ods_fas_e_bps_-_denominacao_vias_publicas_do_j_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/587/pl_026-2023_-_dls_ods_fas_e_bps_-_denominacao_vias_publicas_do_j_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS DOS LOTEAMENTOS JARDIM EUROPA E JARDIM IPIRANGA, LOCALIZADOS NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Luciano Silva, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/588/pl_027-2023_-_ods_e_dls_-_denominacao_vias_publicas_do_loteamento_jardim_vila_verde_1_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/588/pl_027-2023_-_ods_e_dls_-_denominacao_vias_publicas_do_loteamento_jardim_vila_verde_1_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS DO LOTEAMENTO JARDIM VILA VERDE, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>DÁ NOVA DENOMINAÇÃO A AVENIDA DAS OLIVEIRAS, PASSANDO A DENOMINAR-SE GILBERTO GREGORIO DE LIMA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/590/pl_029-2023-_fas_-_inclui_malha_viaria_estrada_paraiso_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/590/pl_029-2023-_fas_-_inclui_malha_viaria_estrada_paraiso_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A “VICINAL PARAÍSO”, SEUS RAMAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Douglas Teixeira, Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/591/pl_030-2023_-_dptc_e_fit_-_institui_o_dezembro_vermelho_municipi_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/591/pl_030-2023_-_dptc_e_fit_-_institui_o_dezembro_vermelho_municipi_ocred.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do município de Alta Floresta - MT o mês "Dezembro Vermelho", dedicado a ações de prevenção do HIV/AIDS.”</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Adelson Servidor, Douglas Teixeira, Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/592/pl_031-2023_-_asr_dpt_e_dptc_-_regula_o_uso_do_aparelho_elimina_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/592/pl_031-2023_-_asr_dpt_e_dptc_-_regula_o_uso_do_aparelho_elimina_ocred.pdf</t>
   </si>
   <si>
     <t>REGULA O USO DE APARELHO ELIMINADOR DE AR NA TUBULAÇÃO DO SISTEMA DE ÁGUA RESIDENCIAL E COMERCIAL NO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/593/pl_032-2023_-_dls_-_dispoes_sobre_instalacao_de_cameras_e_outros.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/593/pl_032-2023_-_dls_-_dispoes_sobre_instalacao_de_cameras_e_outros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA EM ESCOLAS INFANTIS, CRECHES E BERÇÁRIOS, BEM COMO O SISTEMA DE SEGURANÇA NAS PORTAS DAS SALAS (FECHADURAS) E AFIXAÇÃO DE CONCERTINA NOS MUROS DAS ESCOLAS, NO ÂMBITO PÚBLICO E PRIVADO DO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/594/pl_033-2023_-_dls_-_semana_municipal_de_concientizacao_do_autism_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/594/pl_033-2023_-_dls_-_semana_municipal_de_concientizacao_do_autism_ocred.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE O TRANSTORNO DO ESPECTRO DO AUTISMO, A SER REALIZADA ANUALMENTE DE 02 A 08 DE ABRIL NO MUNICÍPIO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Leonice Klaus, Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/595/pl_034-2023_-_fit_e_lks-_copa_batom_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/595/pl_034-2023_-_fit_e_lks-_copa_batom_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE A COPA BATOM DE FUTSAL FEMININO, INCLUI COMO EVENTO ESPORTIVO INTEGRANTE DO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/596/pl_035-2023_-_jvn_-_politica_de_transparencia_nas_obras_publicas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/596/pl_035-2023_-_jvn_-_politica_de_transparencia_nas_obras_publicas_ocred.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE TRANSPARÊNCIA NAS OBRAS PÚBLICAS MUNICIPAIS EM ANDAMENTO OU COM PRAZO DE EXECUÇÃO SUSPENSO NO MUNICÍPIO DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/597/pl_036-2023-_dpt_-_reconhece_e_inclui_malha_viaria_estradas_vale_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/597/pl_036-2023-_dpt_-_reconhece_e_inclui_malha_viaria_estradas_vale_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL AS ESTRADAS VALE DO APIACÁS, CASTELINHO E LAJE ROXA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/598/pl_037-2023-_jvn_-_denomina_kayoko_tanaka_complexo_esportivo_da_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/598/pl_037-2023-_jvn_-_denomina_kayoko_tanaka_complexo_esportivo_da_ocred.pdf</t>
   </si>
   <si>
     <t>DENOMINA “COMPLEXO ESPORTIVO KAYOKO TANAKA”, O CONJUNTO DOS PRÓPRIOS MUNICIPAIS CONSTITUÍDO PELO CENTRO ESPORTIVO GERALDO RAMOS DA SILVA (PEZÃO), CENTRO DE TREINAMENTO FRANCISCO MURILO PINHEIRO, ESTÁDIO MAESTRINHO E PISCINA OLÍMPICA DE NATAÇÃO, LOCALIZADOS NA ÁREA ESPORTIVA NORTE, ENTREMEIO AS RUAS DOS ATLETAS E DOS ESPORTES.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/599/pl_038-2023-_ods_-_inclui_malha_viaria_vicinal_sao_manuel_0001_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/599/pl_038-2023-_ods_-_inclui_malha_viaria_vicinal_sao_manuel_0001_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO INTITULADA “VICINAL SÃO MANUEL”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/600/pl_039-2023-_mrm__-_inclui_malha_viaria_estrada_osmar_boiadeiro_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/600/pl_039-2023-_mrm__-_inclui_malha_viaria_estrada_osmar_boiadeiro_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO INTITULADA “ESTRADA OSMAR BOIADEIRO”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/601/pl_040-2023-dptc_-_saude_bucal_-arquivado_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/601/pl_040-2023-dptc_-_saude_bucal_-arquivado_ocred.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA – MT, O “DIA MUNICIPAL DE LUTA CONTRA O CÂNCER BUCAL”, DEDICADO A AÇÕES PREVENTIVAS E CAMPANHAS EDUCATIVAS RELACIONADAS AO CÂNCER BUCAL.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Bernardo Patrício</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/603/pl_041_-2023-_bps_-_inclui_malha_viaria_estrada_pombinho_0001_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/603/pl_041_-2023-_bps_-_inclui_malha_viaria_estrada_pombinho_0001_ocred.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A VIA DE ACESSO INTITULADA “ESTRADA DO POMBINHO”, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/604/pl_042-2023_-_fit_-_declara_de_utilidade_publica_o_instituto_centro_vida_-_icv_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/604/pl_042-2023_-_fit_-_declara_de_utilidade_publica_o_instituto_centro_vida_-_icv_ocred.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O INSTITUTO CENTRO DE VIDA – ICV DE ALTA FLORESTA-MT.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Leonice Klaus, Professora Ilmarli, Zé Eskiva</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISONOMIA DAS PREMIAÇÕES PARA HOMENS E MULHERES NAS COMPETIÇÕES ESPORTIVAS NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>CONSTITUI PARÁGRAFO ÚNICO NO ARTIGO 1º DA LEI MUNICIPAL Nº 2.390/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/607/pl_045-2023_-_jvn-_modifica_caput_e_acresc_incisos_ao_art_2o_da_lei_1.143-2002_e_da_outras_provid_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/607/pl_045-2023_-_jvn-_modifica_caput_e_acresc_incisos_ao_art_2o_da_lei_1.143-2002_e_da_outras_provid_ocred.pdf</t>
   </si>
   <si>
     <t>MODIFICA O CAPUT E ACRESCENTA INCISOS AO ARTIGO 2º DA LEI MUNICIPAL Nº 1.143/2002, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/608/pl_046-2023_-_dls_-_adote_uma_lixeira.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/608/pl_046-2023_-_dls_-_adote_uma_lixeira.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE ALTA FLORESTA MATO GROSSO, O PROJETO ADOTE UMA LIXEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/609/pl_047-2023_-_dls_-_transparencia_de_emendas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/609/pl_047-2023_-_dls_-_transparencia_de_emendas_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSPARÊNCIA E PUBLICIDADE DAS EMENDAS PARLAMENTARES, POR MEIO DE SÍTIO ELETRÔNICO, RECEBIDAS PELO PODER EXECUTIVO MUNICIPAL DE ALTA FLORESTA – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/610/pl_048-2023_-_dls_-_firmar_acordos_extrajudiciais_com_terceiros.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/610/pl_048-2023_-_dls_-_firmar_acordos_extrajudiciais_com_terceiros.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDOS EXTRAJUDICIAIS COM TERCEIROS, DECORRENTES DE DANOS A ESTES CAUSADOS NO DESEMPENHO DA ATIVIDADE PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/611/pl_049-2023_-_jvn_-_reconhece_arara_caninde_ave_simbolo_af_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/611/pl_049-2023_-_jvn_-_reconhece_arara_caninde_ave_simbolo_af_ocred.pdf</t>
   </si>
   <si>
     <t>Declara como Ave-Símbolo do município de Alta Floresta/MT, a Arara Canindé (Ara ararauna) e dá outras providências.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/612/pl_050-2023_-_jvn_-_reconhece_matrinxa_assado_prato_tipico_culin_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/612/pl_050-2023_-_jvn_-_reconhece_matrinxa_assado_prato_tipico_culin_ocred.pdf</t>
   </si>
   <si>
     <t>Reconhece oficialmente o Matrinxã (Brycon amazonicus) assado como prato típico da culinária altaflorestense.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/613/pl_051-2023_-_declaracao_de_utilidade_publica_do_projeto_e_possi_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/613/pl_051-2023_-_declaracao_de_utilidade_publica_do_projeto_e_possi_ocred.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O PROJETO É POSSÍVEL SER FELIZ.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/614/pl_052-2023_-_mrm_e_dptc_-_recebimento_deposito_doacao_sobras_q_especif.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/614/pl_052-2023_-_mrm_e_dptc_-_recebimento_deposito_doacao_sobras_q_especif.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECEBIMENTO, DEPÓSITO E DOAÇÃO DE SOBRAS DE MATERIAIS DE CONSTRUÇÃO, MÓVEIS, ELETRODOMÉSTICOS, ALIMENTOS NÃO PERECÍVEIS, ROUPAS, COLCHÕES, MATERIAL ESCOLAR, BRINQUEDOS, ITENS DE HIGIENE PESSOAL E MATERIAL DE LIMPEZA.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Francisco Ailton, Luciano Silva, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/615/pl_053-2023_-_dls_fas_csj_e_jvn_-_constitui__2o_art_89_da_lei_1_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/615/pl_053-2023_-_dls_fas_csj_e_jvn_-_constitui__2o_art_89_da_lei_1_ocred.pdf</t>
   </si>
   <si>
     <t>CONSTITUI § 2º NO ARTIGO 89 DA LEI MUNICIPAL Nº 1.231/2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Douglas Teixeira, Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/616/pl_054-2023_-_dptc_e_dls__-_altera_dispositivo_da_lei_no_2.823-2_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/616/pl_054-2023_-_dptc_e_dls__-_altera_dispositivo_da_lei_no_2.823-2_ocred.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 2.823/2023, DE 22/05/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/617/pl_055-2023_-_ods_-_reconhece_como_logradouros_publicos_sua_den_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/617/pl_055-2023_-_ods_-_reconhece_como_logradouros_publicos_sua_den_ocred.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO COMO LOGRADOUROS PÚBLICOS, SOB A DENOMINAÇÃO QUE ESPECIFICAM, AS VIAS DE CIRCULAÇÃO DO BAIRRO CONHECIDO COMO “PARQUE DOS OITIS”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/618/pl_056-2023_-fas_e_dls-prioridade_atendimento_de_quimioterapia_radioterapia_hemodialise.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/618/pl_056-2023_-fas_e_dls-prioridade_atendimento_de_quimioterapia_radioterapia_hemodialise.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRIORIDADE DE ATENDIMENTO E VAGAS DE ESTACIONAMENTO PARA PESSOAS QUE REALIZAM TRATAMENTO DE QUIMIOTERAPIA, RADIOTERAPIA, HEMODIÁLISE OU UTILIZEM BOLSA DE COLOSTOMIA NO MUNICÍPIO DE ALTA FLORESTA</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/654/pl_057-2023_-_mrm_-_reconhece_como_logradouro_publico_extensao_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/654/pl_057-2023_-_mrm_-_reconhece_como_logradouro_publico_extensao_d.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO COMO LOGRADOURO PÚBLICO O TRECHO DE PROLONGAMENTO DA RUA LAGOA GUAÍBA, AUTORIZA O PODER EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO PARTE DE BEM IMÓVEL DE PROPRIEDADE PARTICULAR AO PRESENTE ARRUAMENTO, DESAFETAR PARTE DE ÁREA INSTITUCIONAL PARA SISTEMA VIÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/655/pl_058-2023-_jvn_-autoriza_construcao_de_passarela_aerea_entre_e.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/655/pl_058-2023-_jvn_-autoriza_construcao_de_passarela_aerea_entre_e.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL PARA PERMISSÃO DE USO DO ESPAÇO E EMISSÃO DE ALVARÁ PARA A IMPLANTAÇÃO DE PASSARELAS AÉREAS SOBRE VIAS PÚBLICAS, DESTINADA À INTERLIGAÇÃO ENTRE EDIFICAÇÕES PARA A CIRCULAÇÃO DE PEDESTRES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/656/pl_059-2023_-_csj_-_institui_a_semana_municipal_da_saude_bucal.doc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/656/pl_059-2023_-_csj_-_institui_a_semana_municipal_da_saude_bucal.doc.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA SAÚDE BUCAL NO MUNICÍPIO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/657/pl_060-2023_-_ods_-_denominacao_vias_publicas_do_loteamento_residencial_alvorada..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/657/pl_060-2023_-_ods_-_denominacao_vias_publicas_do_loteamento_residencial_alvorada..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS E DEMAIS LOGRADOUROS DO LOTEAMENTO RESIDENCIAL ALVORADA, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/658/pl_061-2023_-_fit_-_institui_a_semana_do_capoeirista_em_af_0001.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/658/pl_061-2023_-_fit_-_institui_a_semana_do_capoeirista_em_af_0001.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA - MT A SEMANA MUNICIPAL DO CAPOEIRISTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL ESTRADA VICINAL “FLORIANO DOBROVOSKI” DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/661/pl_063-2023_-_csj_-_declara_de_utilidade_publica_ass._comunitari.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/661/pl_063-2023_-_csj_-_declara_de_utilidade_publica_ass._comunitari.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA BOM PASTOR – ACBP.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/662/pl_064-2023_-_ods_-_reconhece_como_ponto_turistico_regiao_teles.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/662/pl_064-2023_-_ods_-_reconhece_como_ponto_turistico_regiao_teles.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO PONTO TURÍSTICO LOCAL A REGIÃO DO RIO TELES PIRES, POPULARMENTE CONHECIDA COMO PORTO DE AREIA, LOCALIZADA NA RODOVIA MT-325, IMEDIAÇÕES DO FLUTUANTE BISTECA, NA RODOVIA MT-325, MUNICÍPIO DE ALTA FLORESTA, ESTADO DE MATO GROSSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/741/pl_065-2023-_fas_-_direito_da_gestante_a_acompanhante_no_parto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/741/pl_065-2023-_fas_-_direito_da_gestante_a_acompanhante_no_parto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIREITO DA GESTANTE A PRESENÇA DE ACOMPANHANTE E DE DOULA DURANTE O PRÉ-PARTO, PARTO E PÓS-PARTO IMEDIATO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/742/pl_066-_2023_-_jvn_-_acesso_livre_e_gratuito_a_rede_wi-fi_dos_orgaos_publicos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/742/pl_066-_2023_-_jvn_-_acesso_livre_e_gratuito_a_rede_wi-fi_dos_orgaos_publicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL, A DISPOSIÇÃO DE PONTOS DE ACESSOS LIVRE E GRATUITO À REDE MUNDIAL DE COMPUTADORES PELA POPULAÇÃO NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Valdemar Gamba</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_-_2253_-_redefine_a_area_do_perimetro_urbano.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_-_2253_-_redefine_a_area_do_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>REDEFINE A ÁREA DO PERÍMETRO URBANO DO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_-_2258-2023_-_ldo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_-_2258-2023_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIA (LDO), DO EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/639/projeto_de_lei_-_2261_-_altera_lei_2.486-19.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/639/projeto_de_lei_-_2261_-_altera_lei_2.486-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A FIRMAR TERMO ADITIVO AO ACORDO JUDICIAL COM INDECO – INTEGRAÇÃO DESENVOLVIMENTO E COLONIZAÇÃO LTDA, AUTORIZADO PELA LEI 2.486/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA - MT, A POLÍTICA PÚBLICA DE PRÁTICAS RESTAURATIVAS NAS ESCOLAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/637/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/637/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 1.005/2001 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_de_lei_-_2272_-_gratificacao_por_produtividade.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_de_lei_-_2272_-_gratificacao_por_produtividade.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA GRATIFICAÇÃO POR PRODUTIVIDADE AOS SERVIDORES QUE MENCIONA NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/602/pl_040-2023-dptc_-_saude_bucal_-_substitutivo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/602/pl_040-2023-dptc_-_saude_bucal_-_substitutivo_ocred.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 040/2023, DE INICIATIVA DO VEREADOR DOUGLAS PEREIRA TEIXEIRA DE CARVALHO, QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA – MT, O “DIA MUNICIPAL DE LUTA CONTRA O CÂNCER BUCAL”, DEDICADO A AÇÕES PREVENTIVAS E CAMPANHAS EDUCATIVAS RELACIONADAS AO CÂNCER BUCAL.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/638/veto_09-2023_-_total_-_transparencia_emendas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/638/veto_09-2023_-_total_-_transparencia_emendas.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vossa Excelência para comunicar-lhe que, no exercício da prerrogativa prevista no §1º, do art. 45 c/c artigo 59, § 1º, inciso IV, ambos da Lei Orgânica do Município, decidi opor veto total ao Projeto de Lei nº 047/2023, de iniciativa do Legislativo, que “DISPÕE SOBRE A TRANSPARÊNCIA E PUBLICIDADE DAS EMENDAS PARLAMENTARES, POR MEIO DE SÍTIO ELETRÔNICO, RECEBIDAS PELO PODER EXECUTIVO MUNICIPAL DE ALTA FLORESTA – MT E DÁ OUTRAS PROVIDÊNCIA”.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/652/veto_10-2023_-_total_-_ferias_contratos_temporario.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/652/veto_10-2023_-_total_-_ferias_contratos_temporario.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vossa Excelência para comunicar-lhe que, no exercício da prerrogativa prevista no §1º, do art. 45 c/c artigo 59, § 1º, inciso IV, ambos da Lei Orgânica do Município, decidi opor veto total ao Projeto de Lei 2.264/2023 face à Emenda 026/2023 (Modificativa ao Projeto de Lei nº 2.264/2023).</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Bernardo Patrício, Claudinei de Jesus, Francisco Ailton, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n._001-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_001-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n._001-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_001-2023.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 001/2023, que em súmula “ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.957/2011, DE 26 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n._002-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n._002-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2023.pdf</t>
   </si>
   <si>
     <t>Os VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 002/2023, que em súmula “DISPÕE SOBRE AS DIFERENÇAS DA REVISÃO GERAL ANUAL DA RECOMPOSIÇÃO DAS PERDAS INFLACIONÁRIAS DOS SUBSÍDIOS DE QUE TRATA A LEI MUNICIPAL Nº 2.003/2012, COM AS CORREÇÕES INTRODUZIDAS PELAS LEIS 2.687/2021 E 2.693/2022, E DÁ OUTRAS PROVIDÊNCIAS”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n._003-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n._003-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2023.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 003/2023, que em súmula “DISPÕE SOBRE REVISÃO GERAL A REMUNERAÇÃO DOS SERVIDORES E SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n._004-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_004-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n._004-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_004-2023.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 004/2023, que em súmula “FIXA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA PARA A LEGISLATURA 2025-2028”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>TUTI, Bernardo Patrício, Claudinei de Jesus, Francisco Ailton</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n._005-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n._005-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2023.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 001/2023, que em súmula “ALTERA DISPOSITIVO DA RESOLUÇÃO Nº 194/2017, DE 15 DE DEZEMBRO DE 2017.”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n._006-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_001-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n._006-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_001-2023.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 001/2023, que em súmula “ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 20 DA LEI ORGÂNICA DO MUNICÍPIO DE ALTA FLORESTA/MT, FIXANDO O NÚMERO DE VEREADORES”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>TUTI, Adelson Servidor, Bernardo Patrício, Claudinei de Jesus, Douglas Teixeira, Francisco Ailton, Leonice Klaus, Luciano Silva, Marcos Menin, Naldo da Pista, Pitoco, Professora Ilmarli, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n._007-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_002-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n._007-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_002-2023.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROPOSTA DE EMENDA À LEI ORGÂNICA Nº 002/2023, que em súmula “ACRESCENTA O ARTIGO 77-A À LEI ORGÂNICA DO MUNICÍPIO DE ALTA FLORESTA, MATO GROSSO, QUE DISPÕE SOBRE AS EMENDAS PARLAMENTARES IMPOSITIVAS AO ORÇAMENTO DO MUNICÍPIO, PREVISTAS NA EMENDA CONSTITUCIONAL Nº 86, DE 17 DE MARÇO DE 2015 E EMENDA CONSTITUCIONAL Nº 100, DE 26 DE JUNHO DE 2019”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n._008-2023_-_dls_-_requer_dados_pessoas-nascidas-em-alta-floresta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n._008-2023_-_dls_-_requer_dados_pessoas-nascidas-em-alta-floresta.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Excelentíssimo Governador do Estado, Senhor Mauro Mendes, com cópia para o Secretário de Estado de Saúde de Mato Grosso, para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre o número de nascimentos ocorridos no Hospital Regional de Alta Floresta no ano de 2022, e que disponibilize o número de mortes de bebês no parto e o número de mortes de bebês no pós-parto, todos ocorridos no Hospital Regional no ano de 2022.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n._009-2023_-_dls_-_requer_informacoes_sobre_patrimonio_hospital_regional.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n._009-2023_-_dls_-_requer_informacoes_sobre_patrimonio_hospital_regional.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Excelentíssimo Governador do Estado, Senhor Mauro Mendes, com cópia para o Secretário de Estado de Saúde de Mato Grosso, para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre o patrimônio do Hospital Regional de Alta Floresta, de equipamentos, móveis e todo patrimônio de propriedade do Estado do Mato Grosso e também quais equipamentos e móveis pertencem a Prefeitura de Alta Floresta, pois o Hospital era de responsabilidade do Município e posteriormente foi repassado ao Estado.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n._010-2023_-_dls_-_requer_informacoes_sobre_reclamacoes_sobre_medicos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n._010-2023_-_dls_-_requer_informacoes_sobre_reclamacoes_sobre_medicos.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Excelentíssimo Governador do Estado, Senhor Mauro Mendes, com cópia para o Secretário de Estado de Saúde de Mato Grosso, para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre reclamações de pacientes e/ou familiares relacionados ao atendimento de médicos que trabalham no Hospital Regional de Alta Floresta, se há alguma denúncia ou reclamação ano de 2022.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_n._011-2023_-_dls_-_requer_informacoes-sobre-leitos-de-uti.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_n._011-2023_-_dls_-_requer_informacoes-sobre-leitos-de-uti.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Excelentíssimo Governador do Estado, Senhor Mauro Mendes, com cópia para o Secretário de Estado de Saúde de Mato Grosso, para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre a ocupação dos leitos de UTIs do Hospital Regional de Alta Floresta no ano de 2022, quanto às internações entradas e saídas, a quantidade de leitos usados em quais períodos e tempo de internação e verificar a disponibilidade de leitos de UTI do Hospital Regional de Alta Floresta sendo que a mesma possui 10 leitos de UTI no ano de 2023.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Francisco Ailton, Leonice Klaus, Luciano Silva, Naldo da Pista, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_n._012-2023_-_vereadores_-_requerem_informacoes_q_e_0001.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_n._012-2023_-_vereadores_-_requerem_informacoes_q_e_0001.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Chefe do Poder Executivo Municipal, Senhor Valdemar Gamba, para que providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de amplas e concretas informações sobre a existência ou não de ato administrativo, ou documento similar, conferindo poder legal a Primeira-dama, Vilma Boaro Gamba, para desempenhar atribuições na Administração Municipal, bem como o encaminhamento de cópia do(s) decreto(s) de nomeação(ões) conferido(s) ao(s) cargo(s) de Assessoria de Gabinete, Direção de Gabinete, Assessoria Administrativa e Assessoria Legislativa, todos vinculados ao Gabinete do Prefeito.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Leonice Klaus, Francisco Ailton, Luciano Silva, Naldo da Pista, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_n._013-2023_-_vereadores_-_requerem_urgencia_especial_ao_requerimento_012.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_n._013-2023_-_vereadores_-_requerem_urgencia_especial_ao_requerimento_012.pdf</t>
   </si>
   <si>
     <t>REQUEREM, tramitação em regime de urgência especial ao REQUERIMENTO Nº 012/2023, de iniciativa da Vereadora Leonice Klaus dos Santos, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Leonice Klaus, Adelson Servidor, Bernardo Patrício, Claudinei de Jesus, Douglas Teixeira, Francisco Ailton, Luciano Silva, Marcos Menin, Naldo da Pista, Pitoco, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_n._014-2023_-_vereadores_-_requerem_urgencia_especial_ao_pr_002-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_n._014-2023_-_vereadores_-_requerem_urgencia_especial_ao_pr_002-2023.pdf</t>
   </si>
   <si>
     <t>REQUEREM, tramitação em regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 002/2023.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_n._015-2023_-_dls_-_requer_prefeito_cc_informacoes_proc_compra_funcern_vlr_631_mil.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_n._015-2023_-_dls_-_requer_prefeito_cc_informacoes_proc_compra_funcern_vlr_631_mil.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Prefeito Municipal, Valdemar Gamba, para que providencie o encaminhamento de amplas e concretas informações acerca do procedimento, conforme adiante formalizadas: O porquê de utilizar do mencionado dispositivo, com vistas ao valor relativamente alto da contratação? Por que não foi adotada outra modalidade de licitação em detrimento da dispensa? Como se dará o desenvolvimento deste estudo, trabalho e pesquisa no âmbito do município? Quantas pessoas estarão envolvidas na realização das atividades? A contratada terá um local/sede em Alta Floresta, como forma de acesso à população interessada? A presente contratação tem relação com a Lei Municipal nº 2.536 de 11-dez-2019, cuja proposta foi resultado das discussões da Comissão de Regularização Fundiária da Comarca de Alta Floresta? Entre outras informações e esclarecimento que julgar necessário. REQUER ainda, a disponibilidade integral do processo, cópia e/ou arquivo digital, contendo toda e</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>CPG - Comissão de Políticas Gerais.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_n._016-2023_-_com._de_politicas_gerais_-_requer-_co.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_n._016-2023_-_com._de_politicas_gerais_-_requer-_co.pdf</t>
   </si>
   <si>
     <t>REQUER que seja oficiado a Sra. Lucinéia Martins de Matos, Secretária Municipal de Educação, convocando-a para comparecer em Sessão Ordinária, realizada semanalmente por esta Casa, e frente á tribuna, pessoalmente, prestar esclarecimentos sobre assuntos inerentes as obras de reformas das escolas municipais de Educação Infantil e Fundamental do Município, cuja licitação fora homologada inicialmente no valor de R$ 5.415.111,34, em específico, quanto a reforma e ampliação da Escola Municipal Laura Vicuña, situada na Rua B-4, Setor B, no valor inicialmente estimado em R$ 800.775,72, e que já se arrasta há aproximados 2 (dois) anos, desde a expedição do Memorando 011/2021, de 24/05/2021, da lavra da Secretaria Municipal de Educação encaminhado ao Departamento de Licitação, e que, efetuado o procedimento (conforme Concorrência Pública Nº 002/2021), a obra nunca foi efetivamente concluída, ocasionando inúmeros transtornos e prejuízos aos alunos, bem como a comunidade escolar como num todo.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/135/requerimento_n._017-2023_-_com._de_politicas_gerais_-_requer-_co.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/135/requerimento_n._017-2023_-_com._de_politicas_gerais_-_requer-_co.pdf</t>
   </si>
   <si>
     <t>REQUEREM, nos explícitos termos do Regimento Interno e Lei Orgânica Municipal, que seja oficiado o Prefeito Municipal VALDEMAR GAMBA, que determine ao departamento competente que seja encaminhado cópia integral, preferencialmente em mídia digital, do processo administrativo da Concorrência Pública nº 002/2021 com objeto a CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE REFORMAS EM OITO ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL E FUNDAMENTAL NO MUNICÍPIO DE ALTA FLORESTA – MT.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_n._018-2023_-_fit_-_requer_informacoes_loteamentos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_n._018-2023_-_fit_-_requer_informacoes_loteamentos.pdf</t>
   </si>
   <si>
     <t>REQUER ao Prefeito Municipal, VALDEMAR GAMBA, com cópia a Ilustríssima Senhora ALATEIA TABATA MORAES DE OLIVASTRO, na qualidade de Assessora de Projetos e Processos Administrativos, que digne promover o encaminhamento à apreciação desta Casa de Leis, informações da real situação em que se encontram os respectivos projetos de loteamentos encaminhados para análise e aprovação junto ao setor competente da Prefeitura Municipal, objetos das áreas definidas no memorial descritivo trazido no artigo 1º da Lei Municipal 721/97 e alterações pertinentes, além, daquelas definidas por leis específicas como perímetro urbano descontínuo, conforme adiante especificadas:</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._019-2023_-_mrm_-_requer_anuencia_de_falta_da_sessao_22-02-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._019-2023_-_mrm_-_requer_anuencia_de_falta_da_sessao_22-02-2023.pdf</t>
   </si>
   <si>
     <t>REQUER nos termos do art. 213-A e segts. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 03ª Sessão Ordinária, ocorridas no dia 22/03 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_n._020-2023_-_dls_-_requer_repostas_do_executivo_acerca_da_area_da_ass._amorib.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_n._020-2023_-_dls_-_requer_repostas_do_executivo_acerca_da_area_da_ass._amorib.pdf</t>
   </si>
   <si>
     <t>REQUER, ouvido o Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito de Alta Floresta, Senhor Chico Gamba, que digne encaminhar à apreciação desta Casa de Leis, informações das ações concretas que vem sendo promovidas pela Administração Municipal voltadas à revitalização daquele espaço junto à comunidade e destinação da área remanescente.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_n._021-2023_-_fit_requer_disponibilidade_da_tribuna.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_n._021-2023_-_fit_requer_disponibilidade_da_tribuna.pdf</t>
   </si>
   <si>
     <t>REQUER, que digne conceder o espaço na tribuna da Câmara, por até 15 (quinze minutos), excepcionalmente por ocasião da Sessão Ordinária desta terça-feira, 07/08/2023, à Sra. Antônia Elizabeth Xavier da Silva, cidadã alta-florestense, Título de Eleitor nº 0265 6518 1589 Zona 024 Seção 0158, moradora da Rua NWG, s/nº, bairro Boa Esperança, em conformidade parcialmente ao que dispõe o  artigo 33  e segts. do Regimento Interno dessa Casa, com a finalidade de tratar a respeito de situação de violência doméstica.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_n._022-2023_-_csj_requer_retirada_do_projeto_de_lei_no_2.222-2023_e_respectiva_emenda.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_n._022-2023_-_csj_requer_retirada_do_projeto_de_lei_no_2.222-2023_e_respectiva_emenda.pdf</t>
   </si>
   <si>
     <t>retirada de tramitação do Projeto de Lei e juntada, abaixo especificado.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_n._023-2023_-jvn_-_requer_informacoes_do_processo_a.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_n._023-2023_-jvn_-_requer_informacoes_do_processo_a.pdf</t>
   </si>
   <si>
     <t>REQUER após manifestação do Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal, Valdemar Gamba, para que, através do departamento responsável, providencie o encaminhamento à apreciação desta Casa de Leis, de INFORMAÇÕES concretas da real situação do Processo Administrativo Disciplinar (PAD) instaurado a mais de um ano, com o fim de investigações de desvios de dinheiro público no âmbito da administração do Terminal Rodoviário de Alta Floresta,</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_n._024-2023_-_vereadores_-_requer_retirada_de_trami.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_n._024-2023_-_vereadores_-_requer_retirada_de_trami.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do Requerimento nº 012/2023, de que trata amplas e concretas informações sobre a existência ou não de ato administrativo, ou documento similar, conferindo poder legal a Primeira-dama, Vilma Boaro Gamba, para desempenhar atribuições na Administração Municipal.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_n._025-2023_-_vereadores_-_requer_retirada_de_trami.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_n._025-2023_-_vereadores_-_requer_retirada_de_trami.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do Requerimento nº 021/2023, de que trata conceder o espaço na tribuna da Câmara, por até 15 (quinze minutos), à Sra. Antônia Elizabeth Xavier da Silva</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_n._026-2023_-_dls__-_requer_retirada_de_tramitacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_n._026-2023_-_dls__-_requer_retirada_de_tramitacao.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo em epígrafe, de que trata do Projeto de Lei nº 021/2023 que em súmula “REVOGA IN TOTUM A LEI MUNICIPAL 2.204/2014, E DÁ OUTRAS PROVIDÊNCIAS”, em regime de tramitação ordinária, considerando a que a matéria proposta já esta sendo tratado pelo Projeto de Lei n° 011/2023.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_n._027-2023-_csj_-_requer_retirada_de_tramitacao_pl.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_n._027-2023-_csj_-_requer_retirada_de_tramitacao_pl.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea d, do Regimento Interno, a retirada de tramitação do Projeto de Lei Complementar abaixo especificado,</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_n._028-2023_-_dptc__-_requer_informacoes_cer_-_assu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_n._028-2023_-_dptc__-_requer_informacoes_cer_-_assu.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Coordenador do Centro de Especialidade em Reabilitação - CER, senhor ARNALDO PEREIRA FILHO, que encaminhe concretas informações a esta Casa de Leis sobre a quantidade de atendimento especializado como Fonoaudiólogo e Psicólogo, de Janeiro de 2023 até a presente data, e quais as estratégias para aumentar o quantitativo desses atendimentos em especifico, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_n._029-2023_-_dls-_requer_anuencia_de_falta_da_sess.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_n._029-2023_-_dls-_requer_anuencia_de_falta_da_sess.pdf</t>
   </si>
   <si>
     <t>REQUER nos termos do art. 213-A, Inciso II e Paragrafo Único. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 09ª Sessão Ordinária, ocorrida no dia 04/04 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_n._030-2023_-_dls-_requer__contratos_publicidades.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_n._030-2023_-_dls-_requer__contratos_publicidades.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, que providencie o encaminhamento, com a maior brevidade possível, de cópias dos contratos de agências de publicidade e de profissionais independentes da área de jornalismo, contratos dos meios de comunicações que prestam serviços a Prefeitura Municipal de Alta Floresta, juntamente com os valores pagos e a vencer, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Zé Eskiva, Claudinei de Jesus, Luciano Silva, Professora Ilmarli, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_n._031-2023_-_vereadores_-_requerem_tramitacao_em_r.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_n._031-2023_-_vereadores_-_requerem_tramitacao_em_r.pdf</t>
   </si>
   <si>
     <t>REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 037/2023, que em súmula “DENOMINA “COMPLEXO ESPORTIVO KAYOKO TANAKA”, O CONJUNTO DOS PRÓPRIOS MUNICIPAIS CONSTITUÍDO PELO CENTRO ESPORTIVO GERALDO RAMOS DA SILVA (PEZÃO), CENTRO DE TREINAMENTO FRANCISCO MURILO PINHEIRO, ESTÁDIO MAESTRINHO E PISCINA OLÍMPICA DE NATAÇÃO, LOCALIZADOS NA ÁREA ESPORTIVA NORTE, ENTREMEIO AS RUAS DOS ATLETAS E DOS ESPORTES”.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_n._032-2023_-_dls-_requer_quantidade_de_exames_real.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_n._032-2023_-_dls-_requer_quantidade_de_exames_real.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre a quantidade de exames realizados pelo município, tanto pelo poder público, quanto por empresas terceirizadas, que disponibilize todos os tipos de exames já realizados nos últimos seis meses, respeitando a lei geral de proteção de dados, que informe a quantidade e os nomes das pessoas que já foram atendidas nesse período.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Leonice Klaus</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_n._033-2023_-_lks_e_rls_-_a_secret_saude_e_ao_conso.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_n._033-2023_-_lks_e_rls_-_a_secret_saude_e_ao_conso.pdf</t>
   </si>
   <si>
     <t>REQUEREREM o encaminhamento do presente expediente à Secretaria Municipal de Saúde e também ao Consórcio Intermunicipal de Saúde da Região do Alto Tapajós, para que providenciem, cada qual na sua individualidade, o envio à apreciação desta Casa de Leis, das informações constantes dos registros no âmbito de cada órgão relativo ao período de 2023, conforme adiante especificadas</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_n._034-2023_-_lks_-_requer_anuencia_de_falta_da_ses.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_n._034-2023_-_lks_-_requer_anuencia_de_falta_da_ses.pdf</t>
   </si>
   <si>
     <t>REQUER que digne conceder-lhe abono de falta quanto a sua ausência na 13ª Sessão Ordinária.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_n._035-2023_-_dls_-_requer_informacoes_acerca_da_mi.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_n._035-2023_-_dls_-_requer_informacoes_acerca_da_mi.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, que providencie o encaminhamento, com a maior brevidade possível, de informações sobre as obras de micro pavimentação asfáltica que foram realizadas na cidade, o quanto ainda falta para ser concluído, quais locais ainda faltam e previsão de reinício das obras, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_n._036-2023_-_dls_-_requer_copias_das_atas_da_reuni.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_n._036-2023_-_dls_-_requer_copias_das_atas_da_reuni.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, que providencie o encaminhamento, com a maior brevidade possível, cópias das ATAS das reuniões realizadas entre a prefeitura de Alta Floresta e a AGER (Agencia Reguladora de Serviços Públicos Delegados do Município de Sinop), e os trabalhos desenvolvidos por essa agência na execução do contrato que foi firmado entre o município e a AGER de Sinop, através da Lei nº 2.714/2022, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_n._037-2023_-_dls_-_informacoes_de_imoveis_locados.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_n._037-2023_-_dls_-_informacoes_de_imoveis_locados.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, que providencie o encaminhamento, com a maior brevidade possível, informações referentes a todos os imóveis locados para uso da Prefeitura Municipal de Alta Floresta, a saber: quantidade imóveis, suas localizações, quais secretarias estão destinados, quais valores pagos entre outras informações que jugar necessária. para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_n._038-2023_-_dls_-_informacoes_sobre_contratos_de.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_n._038-2023_-_dls_-_informacoes_sobre_contratos_de.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, que providencie o encaminhamento, com a maior brevidade possível, cópias dos contratos da agência de publicidade da empresa Maisa Hammerschmit com CNPJ: 39.739.790/0001-67, bem como todas as informações sobre o contrato e prestação de serviço dessa empresa, como as planilhas de inserções, aonde foram publicadas, se foram impressas, qual o tamanho, se foi áudio ou audiovisual, qual o tempo e quantas inserções  e qualquer informação que julgar necessários, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_n._039-2023_-_jvn_-_aplicacao_da_lei_2.788-2023__pl.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_n._039-2023_-_jvn_-_aplicacao_da_lei_2.788-2023__pl.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos do Regimento Interno  e Lei Orgânica , após ser consultado o Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal Valdemar Gamba, que digne enviar à apreciação desta Casa de Leis informações a respeito dos procedimentos até então adotados para a efetiva aplicabilidade da Lei Municipal nº 2.788/2023, que "dispõe sobre a obrigatoriedade de colocação de placas indicativas de locação nos prédios utilizados pela administração pública direta, indireta e autárquica do Município de Alta Floresta”, publicada no Diário Oficial, Edição nº 288 págs.16 de 14/03/2023 à 15/03/2023.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_n._040-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n025-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_n._040-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n025-2023.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo em epígrafe, de que trata do Projeto de Lei nº 025/2023 que em súmula “PROÍBE MANIFESTAÇÕES DE CUNHO ELEITORAL COM APOIO EXPLÍCITO A UM PARTIDO OU CANDIDATO POR PARTE DE ARTISTAS E EMPRESAS CONTRATADAS COM VERBA PÚBLICA, FIXANDO PENA DE RETENÇÃO DO PAGAMENTO DO CACHÊ, E DÁ OUTRAS PROVIDÊNCIAS”, em regime de tramitação ordinária.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Adelson Servidor</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_n._041-2023_-_asr__-_requer_procedimentos_referentes_as_obras_de_asfaltamento_do_bairro_jardim_araras.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_n._041-2023_-_asr__-_requer_procedimentos_referentes_as_obras_de_asfaltamento_do_bairro_jardim_araras.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal Senhor Valdemar Gamba, para que através do órgão competente determine o envio para apreciação desta Casa de Leis, de informações de todos os procedimentos referentes as obras de pavimentação asfáltica vigente do Bairro Jardim Araras, devendo constar: ‘valor da obra e fonte dos recursos; projeto de asfaltamento; empresa que está executando as obras; nome de todas as ruas que serão asfaltadas; data do início das obras e prazo de entrega; entre outras informações que julgar necessário, observado ainda, a fixação de placa indicativa do custo da obra no referido bairro, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_n._042-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.240-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_n._042-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.240-2023.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea d, do Regimento Interno, a retirada de tramitação do Projeto de Lei abaixo especificado, em regime de tramitação de ordinária, conforme entendimento com chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_n._043-2023-_dls_-_requer_informacoes_de_todos_os_contratos_dos_medicos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_n._043-2023-_dls_-_requer_informacoes_de_todos_os_contratos_dos_medicos.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que através do órgão competente determine, com a maior brevidade possível, a disponibilidade de todos os contratos celebrados pela Administração Pública Municipal, com o objetivo de contratação de profissionais médicos para atuar na saúde do município de Alta Floresta/MT no período compreendido entre  o ano de 2012 até 2023, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_n._044-2023-_dls-_requer_retirada_de_tramitacao_indicacao_278-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_n._044-2023-_dls-_requer_retirada_de_tramitacao_indicacao_278-2023.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea ‘a’, do Regimento Interno, a retirada de tramitação da Indicação nº 278/2023, de sua autoria, de que trata da proposta de averiguação e aplicação dos explícitos termos da Lei Municipal nº 2.786/2023, que “dispõe sobre a prevenção e a punição do assédio moral no âmbito dos poderes do município de Alta Floresta”, em relação ao caso que especifica, consoante o que preceitua o artigo 7º da sobredita e inclusa Lei.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_n._045-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.226-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_n._045-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.226-2023.pdf</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_n._046-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.247-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_n._046-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.247-2023.pdf</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_n._047-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.250-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_n._047-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.250-2023.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea d, do Regimento Interno, a retirada de tramitação do Projeto de Lei abaixo especificado, em regime de tramitação de urgência especial, conforme entendimento com chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/280/requerimento_n._048-2023_-_jvn_-_requer_anuencia_de_falta_da_sessao_14-07-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/280/requerimento_n._048-2023_-_jvn_-_requer_anuencia_de_falta_da_sessao_14-07-2023.pdf</t>
   </si>
   <si>
     <t>REQUER que digne conceder-lhe abono de falta quanto a sua ausência na 14ª Sessão extraordinária, ocorrida no dia 14/07 do corrente, conforme comprovante em anexo.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/281/requerimento_n._049-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n048-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/281/requerimento_n._049-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n048-2023.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo em epígrafe, de que trata do Projeto de Lei nº 048/2023 que em súmula “AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDOS EXTRAJUDICIAIS COM TERCEIROS, DECORRENTES DE DANOS A ESTES CAUSADOS NO DESEMPENHO DA ATIVIDADE PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS”, em regime de tramitação ordinária, considerando a que a matéria proposta já esta sendo tratado pelo Projeto de Lei n° 2.243/2023.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/651/requerimento_n._062-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.253-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/651/requerimento_n._062-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.253-2023.pdf</t>
   </si>
   <si>
     <t>CLAUDINEI DE SOUZA DE JESUS, vereador que a este subscreve, investido na qualidade de Líder do Governo Municipal, REQUER, nos termos que dispõe o artigo 124, alínea d, do Regimento Interno, a retirada de tramitação do Projeto de Lei abaixo especificado, em regime de tramitação de urgência especial, conforme entendimento com chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._074-2023-_dpt_-_requer_retirada_de_tramitacao_pl.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._074-2023-_dpt_-_requer_retirada_de_tramitacao_pl.pdf</t>
   </si>
   <si>
     <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo n° 178/2023, de que trata do Projeto de Lei nº 062/2023 que em súmula “RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL ESTRADA VICINAL “FLORIANO DOBROVOSKI” DÁ OUTRAS PROVIDÊNCIAS.”, em regime de tramitação ordinária</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_n_001-_2023_-_jvn_-_ind_ao_prefeito_c.c_a_infraestrutu_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_n_001-_2023_-_jvn_-_ind_ao_prefeito_c.c_a_infraestrutu_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, com cópia ao Secretária de Infraestrutura e Serviços Urbanos a necessidade de construção de uma rotatória, cruzamento da Av. Ariosto da Riva com a Av. Júlio José de Campos e Rua Pioneiro Sadi Savaris.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_n_002-_2023_-_mrm_-_indica_ao_pref._que_garanta_na_lei_o_direito_a_ferias_dos_contratados_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_n_002-_2023_-_mrm_-_indica_ao_pref._que_garanta_na_lei_o_direito_a_ferias_dos_contratados_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia a Secretaria Municipal de Governo, Gestão e Planejamento, após apreciação e concordância do Soberano Plenário, a necessidade de estabelecer na legislação municipal a previsão do pagamento de férias anuais remuneradas aos servidores contratados, acrescentando disposto à Lei 1.005/2001 que dispõe sobre a contratação de servidores públicos municipais por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do Inciso IX do Artigo 37 da Constituição Federal.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_n_003-_2023_-_bps_-_ind._ao_pref._que_seja_implantada_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_n_003-_2023_-_bps_-_ind._ao_pref._que_seja_implantada_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia ao Núcleo de Pesquisa e Desenvolvimento Urbano, após apreciação e concordância do Soberano Plenário, a necessidade de desenvolver e executar projeto de investimentos em estruturas para a travessia de animais – também chamadas de passagens de fauna, próximo aos parques ecológicos e áreas afins ao longo da Perimetral Deputado Federal Rogério Silva, concomitante aos projetos de melhorias naquela via.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_n_004_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_n_004_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_c_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, de acordo com o Regimento Interno desta Casa, Indica ao Prefeito Municipal Valdemar Gamba com cópia para o Secretário de Saúde, que providencie a construção de uma nova Unidade Básica de Saúde para atender os bairros Renascer, Jardim Europa, Jardim Ipiranga e Primavera.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n_005_-_2023_-_csj_-_ind_ao_pref._c.c._a_direcao_de_tr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n_005_-_2023_-_csj_-_ind_ao_pref._c.c._a_direcao_de_tr_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Direção de Trânsito, a necessidade de que seja removido Quebra Molas e fazer a implantação de uma (Faixa Elevada com Travessia de Pedestres) em frente loja BEBEZINHO, na Avenida Ludovico da Riva Neto, visto possuir     grande fluxo de veículos e pessoas nas proximidades daquele local.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_n_006_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._infraes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_n_006_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._infraes_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e a Secretaria de Infraestrutura, a necessidade de reparos na rede de iluminação no estacionamento do Terminal Rodoviário de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_n_007_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_i_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_n_007_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_i_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, de acordo com o Regimento Interno desta Casa, Indica ao Prefeito Municipal Valdemar Gamba com cópia para o Secretário de Saúde e Secretaria de Infraestrutura, a necessidade de instalação de mobílias, equipamentos de trabalho, iluminação externa, e a construção do muro, na Unidade de Saúde da Família do Bairro Bom Jesus.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_n_008_-_2023_-_fas_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_n_008_-_2023_-_fas_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a este subscreve, de acordo com o Regimento Interno desta Casa, Indica ao Prefeito Municipal Valdemar Gamba com cópia para a Secretaria de Infraestrutura, que providencie a realização do pavimento asfáltico nas Ruas Castanhal, Ipezal, Coqueiral e Palmeral, do bairro Jardim Tropical, localizado na MT-325.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_n_009_-_2023_-_csj_-_ind._a_sec._de_saude_atualizacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_n_009_-_2023_-_csj_-_ind._a_sec._de_saude_atualizacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretário de Saúde, Jose Aparecido da Silva, referente ao salário dos profissionais Técnicos de Enfermagem e Auxiliares de enfermagem, que possam ser atualizado conforme a Lei Federal nº 14.434 de 04 agosto de 2022.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_010_-_2023_-_asr_-_ind._ao_pref._que_revitalize_a_pr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_010_-_2023_-_asr_-_ind._ao_pref._que_revitalize_a_pr_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, REITERA a indicação de autoria do Vereador Luciano Silva, de número 053/2022 que INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a Revitalização da Praça Cívica do Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_011_-_2023_-_csj_-_ind._ao_pref._e_sec._de_educacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_011_-_2023_-_csj_-_ind._ao_pref._e_sec._de_educacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária de Educação Lucinéia Martins de Mattos, indica a alteração do estatuto, em que os profissionais na área de Assistente Social tenham a carga horária de 30hrs, conforme rege a lei Federal n º 12.317, sendo que no estatuto da Secretaria de Educação Municipal esta com 40hrs, para que seja feito a retificação.</t>
   </si>
   <si>
     <t>Francisco Ailton, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_012-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gesta_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_012-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gesta_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Esporte e Lazer, com cópia a Secretaria de Governo, Gestão e Planejamento, e ao Prefeito Valdemar Gamba, a necessidade de promover ações voltadas à implantação de um espaço de diversão infantil em anexo a Lagoa das Capivaras, na Avenida Governador Jaime Veríssimo de Campos.</t>
   </si>
   <si>
     <t>Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_013-_2023_-_rls_-_ind._ao_sec._de_obras_que_reforme_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_013-_2023_-_rls_-_ind._ao_sec._de_obras_que_reforme_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel para que envie uma equipe para reformar o bueiro na estrada Nasser Noujain, Comunidade São Matheus.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_014-_2023_-_rls_-_ind._ao_sec._de_saude_a_troca_dos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_014-_2023_-_rls_-_ind._ao_sec._de_saude_a_troca_dos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario Municipal de Saúde José Aparecido à troca dos pneus e o conserto do Ar condicionado da ambulância da Comunidade Pista do Cabeça.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_015-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_015-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel que envie uma equipe para refazer o bueiro na estrada da Comunidade Vinte e Oito.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_016-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_016-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura Sr. Roberto Patel que envie uma equipe para realizar a recuperação de um bueiro que começou a desmoronar na vicinal Estrela 2 na comunidade da Pista do Cabeça.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_017-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_da_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_017-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_da_e_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura Sr. Roberto Patel que envie uma equipe para realizar a recuperação da Vicinal Estrela 1 e Estrela 2 na comunidade da Pista do Cabeça, que estão em péssimas condições.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_018-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_018-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, indica a Secretaria de Infraestrutura a necessidade de realização de uma praça pública de lazer com parquinho infantil e academia ao ar livre no bairro Florata.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_019_-_2023_-_jvn_-_ind._ao_prefeito_e_a_sec._de_infr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_019_-_2023_-_jvn_-_ind._ao_prefeito_e_a_sec._de_infr_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, com cópia a Secretária de Infraestrutura e Serviços Urbanos a necessidade de duplicação da perimetral.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_020_-_2023_-_jvn_-_ind._ao_prefeito__a_implantacao_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_020_-_2023_-_jvn_-_ind._ao_prefeito__a_implantacao_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade de implantação de guardas municipais.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_021_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_021_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a infraestrutura a necessidade de limpeza e roçagem no mini estádio Jair mariano conhecido como “Buracão” da Cidade Alta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_022_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_022_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária de Infraestrutura e Serviços Urbanos a necessidade de limpeza dos bueiros da cidade.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_023_-_2023_-_jvn_-_ind._ao_prefeito_guardas_na_rodov_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_023_-_2023_-_jvn_-_ind._ao_prefeito_guardas_na_rodov_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade de guardas na Rodoviária Municipal.</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_024_-_2023_-_fit_e_csj_-_ind._ao_prefeito_a_readequa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_024_-_2023_-_fit_e_csj_-_ind._ao_prefeito_a_readequa_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1° do artigo 158, do Regimento Interno, INDICAM ao Prefeito Municipal Valdemar Gamba, após apreciação e aquiescência do soberano Plenário, a necessidade de uma readequação de repasses da verba trimestral das Unidades Escolares proporcional ao número real de alunos de cada unidade escolar.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de construir uma faixa elevada para travessia de pedestres em frente a Escola Benjamim de Pádua, na Avenida Ariosto da Riva em Alta Floresta-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_026_-_2023_-_fas_-_ind._a_infraestrutura_praca_publi_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_026_-_2023_-_fas_-_ind._a_infraestrutura_praca_publi_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, indica ao Prefeito Valdemar Gamba Secretaria de Infraestrutura a necessidade de realização de uma praça pública de lazer com parquinho infantil e academia ao ar livre no bairro Begonias.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_027_-_2023_-_fas_-_ind._a_infraestruturae_a_direcao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_027_-_2023_-_fas_-_ind._a_infraestruturae_a_direcao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com cópia a Direção de Transito, Transporte e Segurança a necessidade de duas faixas de pedestre, uma na Avenida Travessa 13 de Maio (T5) em frente a Unidade Básica de Saúde do bairro Bom Jesus, e outra na Avenida Mato Grosso ao lado da academia pública ao ar livre.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_028_-_2023_-_fit_-_ind._a_infraestruturae_redutor_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_028_-_2023_-_fit_-_ind._a_infraestruturae_redutor_de_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura a necessidade de implantação de quebra molas, lombadas ou qualquer outro meio de instrumento redutor de velocidade na Avenida Brasil, bairro Jardim Primavera, próximo ao Hotel Vitalliti.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com cópia a Direção de Transito, Transporte e Segurança, a necessidade de implantação de dois redutores de velocidade na rua Pastor João Agripino de França (LN-6) no bairro Bom Jesus.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_030_-_2023_-_csj_e_fit_-_ind._ao_prefeito_e_sec._de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_030_-_2023_-_csj_e_fit_-_ind._ao_prefeito_e_sec._de_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba e Secretária Municipal de Educação Lucinéia Martins Mattos, a necessidade de implantação do Projeto de Prevenção e Combate a Incêndio nas Escolas Municipais de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_031_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_031_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, Srº Valdemar Gamba e Secretária de Educação Srª Lucinéia Martins Mattos, a necessidade de que se crie o cargo ou função de auxiliares/monitores para ajudar nos transportes escolares dentro dos ônibus com os alunos do ensino infantil, visto que os mesmos necessitam de cuidados específicos.</t>
   </si>
   <si>
     <t>Adelson Servidor, Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_032_-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_032_-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentac_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade da realização de Pavimentação Asfaltica nas ruas; Natal, Recife e João Pessoa Setor Norte 2 do bairro Cidade Alta que ainda não possuem este benefício.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_033_-_2023_-_lks_-_ind._a_direcao_de_transito_placas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_033_-_2023_-_lks_-_ind._a_direcao_de_transito_placas_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito com copia ao Prefeito Valdemar Gambá, para que realize um levantamento das ruas que ainda não possui placas com identificações e providencie implantação das mesmas.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_034_-_2023_-_dls_-_ind._ao_prefeito_que_altere_lei_n_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_034_-_2023_-_dls_-_ind._ao_prefeito_que_altere_lei_n_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, que estabeleça legislação que determine nos próximos projetos de loteamento em Alta Floresta a construção de unidades habitacionais para o uso de agentes de segurança pública no percentual de 0,5% do empreendimento.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de construir uma faixa elevada para travessia de pedestres em frente a Escola  Municipal Manoel Bandeira, na rua 6 de Agosto (LN-3) no bairro Bom Jesus.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de construir dois redutores de velocidade na rua 7 de Setembro (T-8) no bairro Bom Jesus.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_037_-_2023_-_fas_-_ind._a_infraestruturae_de_transit_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_037_-_2023_-_fas_-_ind._a_infraestruturae_de_transit_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura, a necessidade de dois redutores de velocidade na Avenida Mirante do Lago no bairro Mirante do Lago em Alta Floresta-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_n_038_-_2023_-_rls_-_ind._a_infraestruturae_o_patrolam_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_n_038_-_2023_-_rls_-_ind._a_infraestruturae_o_patrolam_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o patrolamento da rua R3 no Bairro Cidade Bela.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_039_-_2023_-_rls_-_ind._a_infraestruturae_adequacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_039_-_2023_-_rls_-_ind._a_infraestruturae_adequacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura, necessidade de viabilizar estudos para implantação de uma barreira ou qualquer outro meio que possa fazer uma adequação e a contenção no final da Rua Sol Nascente, esquina com rua Camélia bairro Sol Nascente, conforme imagens em anexo.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a limpeza da fossa séptica do Terminal Rodoviário de Alta Floresta, que acabou transbordando, causando mau cheiro no local.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_041_-_2023_-_ods_-_ind._ao_dep._nin._assegurar_recur_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_041_-_2023_-_ods_-_ind._ao_dep._nin._assegurar_recur_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual Ondanir Bortolini (Nininho), que assegure recursos na ordem de R$ 230 mil reais voltada a aquisição de Van para atender o Projeto Futuro no município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_043_-_2023_-_jvn_-_ind._a_infraestrutura__reparo_na_0001_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_043_-_2023_-_jvn_-_ind._a_infraestrutura__reparo_na_0001_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária de Infraestrutura e Serviços Urbanos a necessidade de reparo na Unidade Básica de Saúde na Rua B2.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_044_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_044_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária de Infraestrutura e Serviços Urbanos e Direção de Transito a necessidade de reparo nas calçadas no terreno em frente à Prefeitura Municipal de Alta Floresta-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_045_-_2023_-_mrm_-_ind._a_infraestrutura_reparos_no_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_045_-_2023_-_mrm_-_ind._a_infraestrutura_reparos_no_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Governo, Gestão e Planejamento, a necessidade de realizar reforma estrutural e pintura do Prédio Público da Direção Municipal de Trânsito Transporte e Segurança.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_046_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_046_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos e Direção de Transito a necessidade implantação de placa sinalizadora na lombada da rua B5.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba de e a Direção de Trânsito a necessidade implantação de placa sinalizadora nas ruas do bairro Almeida Prado.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_048_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_a_pintura_da_faixa_de_pedestre_na_av._bom_pastor_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_048_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_a_pintura_da_faixa_de_pedestre_na_av._bom_pastor_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária de Infraestrutura e Serviços Urbanos e a Direção de Transito a necessidade de pintura da faixa de pedestre em frente ao Mercado Maringá na Av. Bom Pastor.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_049_-_2023_-_dptc_-_ind._ao_prefeito_contratar_um_pr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_049_-_2023_-_dptc_-_ind._ao_prefeito_contratar_um_pr_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de Contratar mais um profissional na área de Fonoaudiologia para o CER (Centro Especializado em Reabilitação).</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_050_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_050_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de saúde a necessidade de atender a demanda de mobiliário da Unidade de Saúde do Bairro Boa Esperança.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_051_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_051_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de saúde a necessidade de atender a demanda de mobiliário da Unidade do Centro de Atenção Psicossocial (CAPS).</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n_052_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n_052_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de saúde a necessidade de atender a demanda de mobiliário da Unidade de Saúde do Bairro Jardim Universitário</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Planejamento e Gestão municipal, Robson Quintino de Oliveira a necessidade de limpeza do pátio do cemitério.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_054_-_2023_-_rls_-_ind._ao_prefeito_sinalizacao_nos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_054_-_2023_-_rls_-_ind._ao_prefeito_sinalizacao_nos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, que junto ao departamento competente, realize a sinalização nos entroncamentos da MT 325 com as comunidades rurais que a mesma abrange.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_n_055_-_2023_-_poda_de_arvores_praca_civica.._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_n_055_-_2023_-_poda_de_arvores_praca_civica.._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, Senhor Valdemar Gamba, e ao Secretário de Obras e Infraestrutural, Senhor Roberto Patel a necessidade de executar a limpeza e poda de árvores na Praça Cívica, no centro de Alta Floresta MT.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, Secretário de Obras Roberto Patel e Diretor de Transito Eder Luciano Cordeiro Souza, a necessidade de que seja instalada sinalização de (Via Única), bem como construir também Quebra Molas (Redutor de Velocidades) em frente à Escola 19 de Maio localizada no Bairro Boa Nova, visto possuir     grande fluxo de veículos e alunos nas proximidades aquele local.</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e serviços Urbanos a necessidade de enviar uma equipe para realizar o patrolamento na rua Cerejeiras, Bairro São José Operário.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_058_-_2023_-_rls_-_ind._a_infraestrutura_p._realizar_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_058_-_2023_-_rls_-_ind._a_infraestrutura_p._realizar_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na Comunidade 28.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_059_-_2023_-_rls_-_ind._a_infraestrutura_patrolament_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_059_-_2023_-_rls_-_ind._a_infraestrutura_patrolament_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o patrolamento e cascalhamento da Serra do seu Aristides .</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_060_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_060_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária Municipal de Educação Lucinéia Martins Mattos, que se faça o pagamento da Revisão Geral Anual de 6% (seis por cento) retroativo a Janeiro/2023, aos profissionais Motoristas de Transportes Escolares.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_n_061_-_2023_-_dls_-_ind._ao_prefeito_e_sec._de_obras_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_n_061_-_2023_-_dls_-_ind._ao_prefeito_e_sec._de_obras_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a limpeza do Cemitério Municipal de Alta Floresta, e faça a instalação de uma caixa d’água no local.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_n_062_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_se_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_n_062_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_se_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Governador do Estado de Mato Grosso com cópia a Secretaria de Estado de Segurança Pública, que providencie a Instalação de câmeras de segurança no Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_n_063_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_ag_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_n_063_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_ag_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Governador do Estado de Mato Grosso com cópia a Secretaria de Estado de Agricultura Familiar, que providencie doações de mudas de arvores frutíferas para a Associação dos Produtores Rurais Urbanos da Feira Livre Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n_064_-_2023_-_asr_-_ind._ao_prefeito_sec._de_infraestrutura_e_direcao_de_cidades_revitalizar_os_anteiros_centrais_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n_064_-_2023_-_asr_-_ind._ao_prefeito_sec._de_infraestrutura_e_direcao_de_cidades_revitalizar_os_anteiros_centrais_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia ao Secretário Municipal de Infraestrutura e ao Departamento de Cidades a necessidade de revitalizar e manter os canteiros centrais das avenidas principais, sobretudo com o replantio de arbustos e grama.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_n_065_-_2023_-_asr_-_ind._a_sec_de_inf._e_dir._de_cida_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_n_065_-_2023_-_asr_-_ind._a_sec_de_inf._e_dir._de_cida_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, com cópia ao Departamento de Cidades, a necessidade de realizar um amplo trabalho de limpeza no campo de futebol localizado entre os setores G-E.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_n_066_-_2023_-_asr_-_ind._ao_pref._que_conclua_a_pavim_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_n_066_-_2023_-_asr_-_ind._ao_pref._que_conclua_a_pavim_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA NOVAMENTE ao Prefeito Municipal Valdemar Gamba a necessidade de realizar com urgência a conclusão de asfaltamento do Bairro Jardim Araras, sendo as seguintes ruas: Av. Faisão, Rua das Garças, Rua Assum Preto, Rua dos Tucanos e Rua dos Canários e Bairro adjacente dos Servidores que é constituído por poucas ruas.</t>
   </si>
   <si>
     <t>Leonice Klaus, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_n_067_-_2023_-_rls_e_lks_-_ind._a_infraestrutura_patro_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_n_067_-_2023_-_rls_e_lks_-_ind._a_infraestrutura_patro_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o patrolamento da rua R3, R4 e R5 no Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_n_068_-_2023_-_fas_-_ind._a_infraestruturae_e_iluminac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_n_068_-_2023_-_fas_-_ind._a_infraestruturae_e_iluminac_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Direção de Iluminação Pública, a necessidade de ampliar a quantidade de postes de iluminação na praça cívica, que esta localizada na Avenida Ludovico da Riva Neto.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_n_069_-_2023_-_jvn_-_ind._a_infraestruturae_patrolamen_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_n_069_-_2023_-_jvn_-_ind._a_infraestruturae_patrolamen_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Obras e Infraestrutura a necessidade patrolamento e cascalhamento do bairro parque dos oitis.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_070_-_2023_-_jvn_-_ind._a_infraestrutura__implantaca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_070_-_2023_-_jvn_-_ind._a_infraestrutura__implantaca_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Obras e Infraestrutura a necessidade implantação de postes de iluminação na Rua Cerejeira, Bairro Santa Maria.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_071_-_2023_-_fas_-_ind._ao_prefeito_e_sec._de_govern_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_071_-_2023_-_fas_-_ind._ao_prefeito_e_sec._de_govern_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba a Secretaria Municipal de Infraestrutura e a Secretaria de Governo, Gestão e Planejamento, a necessidade de realizar a Pavimentação Asfáltica nos trechos finais das Ruas D-3 e D-4, no Setor D.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_n_072_-_2023_-_fas_-_ind._ao_prefeito_e_sec._limpeza_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_n_072_-_2023_-_fas_-_ind._ao_prefeito_e_sec._limpeza_d_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de limpeza na extensão da pista de caminhada do Parque Zoobotânico Leopoldo Linhares Fernandes e RETIRADA da Mimosa caesalpineafolia popularmente conhecida como Sansão do Campo ou Cerca Viva.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_n_073_-_2023_-_lks_-_ind._ao_prefeito_e_sec._de_saude_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_n_073_-_2023_-_lks_-_ind._ao_prefeito_e_sec._de_saude_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar três Ares Condicionados a unidade de saúde que atende o Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_n_074_-_2023_-_jvn_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_n_074_-_2023_-_jvn_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao prefeito Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura que faça a manutenção e patrolamento da MT-325 antes da ponte próximo ao Frigorífico Faz Carne.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_n_075_-_2023_-_dls_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_n_075_-_2023_-_dls_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a instalação de uma faixa de pedestre em frente à escola Trenzinho Magico localizada no bairro Cidade Bela.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_n_076_-_2023_-_fas_-_ind._a_sec._de_inovacao_reforma_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_n_076_-_2023_-_fas_-_ind._a_sec._de_inovacao_reforma_e_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Inovação e Desenvolvimento Econômico, a necessidade de reforma e ampliação da casa de cursos que fica localizado entre a rua B-5 e H-14.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e Secretaria de Infraestrutura, um reparos na calçada da POLITEC, localizada na Av. Perimetral Rogério Silva.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, junto ao órgão competente, a limpeza das caixas D’água de todos os órgãos públicos do município.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_n_079_-_2023_-_mrm_-_ind._ao_prefeito_sec._de_infraest_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_n_079_-_2023_-_mrm_-_ind._ao_prefeito_sec._de_infraest_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia à Secretaria de Infraestrutura, a poda das árvores que compõem a arborização da Rua Cerejeira, localizada no bairro Santa Maria.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_n_080_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_n_080_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia ao Núcleo de Projetos, a cópia do Projeto do barracão da Pista do Cabeça, como referência para a Comunidade Santa Maria.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacao_n_081_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacao_n_081_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal junto ao Núcleo de Projetos, a cópia do Projeto do barracão da Pista do Cabeça, como referência para a associação do Bairro Boa Nova.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_n_082_-_2023_-_dpt-_ind._ao_prefeitopavimentacao_nas_r_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_n_082_-_2023_-_dpt-_ind._ao_prefeitopavimentacao_nas_r_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade da realização de Pavimentação Asfaltica na ruas: Ipezal, Coqueiral, Palmeral e Castanhal do bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/94/indicacao_n_083_-_2023_-_rls_e_lks-_ind._ao_prefeito_a_sec._de_saude_providenciem_cadeiras_de_rodas_as_unidades_de_saudes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/94/indicacao_n_083_-_2023_-_rls_e_lks-_ind._ao_prefeito_a_sec._de_saude_providenciem_cadeiras_de_rodas_as_unidades_de_saudes_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Prefeito Valdemar Gamba e a Secretaria Municipal de saúde, a necessidade de providenciem cadeiras de rodas as unidades de saúdes, pois muitas destas unidades não tem as cadeiras e as que tem estão em péssimas condições.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_n_084_-_2023_-_jvn-_ind._ao_prefeito_a_sec._de_infraes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_n_084_-_2023_-_jvn-_ind._ao_prefeito_a_sec._de_infraes_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal de Alta Floresta e Secretaria de Infraestrutura a necessidade limpeza das calçadas em frente à Caixa econômica.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_n_085_-_2023_-_dpt-_ind._ao_prefeito_que_elabore_lei_s_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_n_085_-_2023_-_dpt-_ind._ao_prefeito_que_elabore_lei_s_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA novamente ao Prefeito Valdemar Gamba que promova ações no sentido de conceder Isenção Parcial de IPTU aos imóveis residenciais que adotem como fonte alternativa de energia o uso de painéis solares fotovoltaicos (IPTU Verde).</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_n_086-_2023_-_dls_-_ind._ao_gov._c.c._a_ass._leg._que_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_n_086-_2023_-_dls_-_ind._ao_gov._c.c._a_ass._leg._que_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Governador Mauro Mendes com cópias a Assembléia Legislativa, após apreciação e concordância do Soberano Plenário, promover enérgicas ações no sentido de revogar a concessão do contrato da Concessionária Via Brasil no perímetro de Nova Santa Helena a Alta Floresta, além de abertura de nova concessão.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_n_087-_2023_-_dls_-_ind._ao_pref._que_conceda_rga_aos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_n_087-_2023_-_dls_-_ind._ao_pref._que_conceda_rga_aos_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba com cópia a Secretária Municipal de Educação Lucinéia Martins De Matos, após apreciação e concordância do Soberano Plenário, a necessidade de, em tempo, reconhecer e assegurar o pagamento de Reajuste Geral Anual (RGA) das perdas inflacionárias do período de 2022 aos motoristas do transporte escolar, conferindo nova redação ao respectivo disposto da Lei Municipal nº 2.781/2023 de que trata da RGA das perdas inflacionárias do período de 2022, de modo a contemplar a categoria com a revisão, tendo em vista que não foram considerados com a reestruturação de suas tabelas de vencimento na implantação do novo Estatuto e PCCS da Educação Básica Público Municipal fixado pela Lei 2.771/2023.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_088-_2023_-_dls_-_ind._ao_pref._c.c._ao_sec._de_saud_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_088-_2023_-_dls_-_ind._ao_pref._c.c._ao_sec._de_saud_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba com cópia ao Secretário Municipal de Saúde José Aparecido Souza, após apreciação e concordância do Soberano Plenário, a necessidade de promover ações no sentido de implantar o Serviço de Atendimento Móvel de Urgência (SAMU), no âmbito da Secretária Municipal de Saúde, no termos da legislação vigente.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com copia a Direção de Transito, Transporte e Segurança a necessidade de implantação de um redutor de velocidade na Avenida Padre Jose de Anchieta localizada no bairro Jardim Imperial e um redutor de velocidade na Perimetral NW localizada no setor NWB.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_n_090-_2023_-_fas_-_ind._a_infraestrutura_e_transito_u_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_n_090-_2023_-_fas_-_ind._a_infraestrutura_e_transito_u_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com copia a Direção de Transito, Transporte e Segurança a necessidade de implantação de três redutores de velocidade em cada uma das vias, nos dois sentidos, da Avenida dos Buritis que liga os bairros Jardim Europa e Jardim Ipiranga.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_n_091-_2023_-_csj_-_ind._ao_prefeito_e_saude_contratac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_n_091-_2023_-_csj_-_ind._ao_prefeito_e_saude_contratac_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Saúde Jose Aparecido de Souza, que se execute a contratação de um medico ginecologista com uma carga horária de no mínimo 20hrs, para atender demanda reprimida a mulheres.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_n_092-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_n_092-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o senhor Roberto Patel secretário de Infraestrutura a necessidade de recuperar as Ruas Benjamim de Pádua, Carlos Chagas e Silvia Barretos no bairro Parque dos Oitis.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_n_093-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_n_093-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel que envie uma equipe para realizar a recuperação de um bueiro na Vicinal Estrela I.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_n_094-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_n_094-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a instalação de uma faixa de pedestre em frente à escola Jardim das Flores Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_n_095-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_n_095-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a instalação de uma faixa elevada em frente ao CER (Centro Especializado de Reabilitação), que fica localizado aos fundos da Praça Cívica.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_096-_2023_-_dls_-_ind._ao_dep._julio_campos_cameras_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_096-_2023_-_dls_-_ind._ao_dep._julio_campos_cameras_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual de Mato Grosso Júlio Campos, que destine uma Emenda Parlamentar para a Instalação de câmeras de segurança no Município de Alta Floresta.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal de Alta Floresta e Secretaria de Infraestrutura e Serviços Urbanos que construa o muro da Escola Municipal Paulo Pires Pereira.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_n_098-_2023_-_lks_-_ind._a_sec._de_saude_um_fogao_indu_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_n_098-_2023_-_lks_-_ind._a_sec._de_saude_um_fogao_indu_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde a necessidade de providenciar um Fogão Industrial a casa de apoio da saúde que atende o município de alta floresta na capital de Cuiabá.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_n_099-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_n_099-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade 28.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_n_100-_2023_-_ods_-_ind._ao_gov._que_implante_escola_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_n_100-_2023_-_ods_-_ind._ao_gov._que_implante_escola_m_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA Senhor Secretário de Estado de Educação, com cópia ao Excelentíssimo Senhor Governador do Estado, que promova ações no sentido de implantar a Escola Estadual da Policia Militar “Tiradentes” no município de Alta Floresta.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade 28, em frente á propriedade do Senhor Nastilho.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_n_102-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_n_102-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade 28.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_n_103-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_n_103-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade 28, próximo a Fazenda do Seu Ermelino e São Tomé.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_n_104-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_n_104-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo da ponte sobre o Rio Paranaíta, no Assentamento Jacamim.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_n_105_-2023_-_csj_-_indica_a_sec._de_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_n_105_-2023_-_csj_-_indica_a_sec._de_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA novamente a Secretaria de Infraestrutura, a necessidade de implantação de sinalização viária, bem como a construção de uma rotatória no entroncamento da Av. Amazonas com Av. Julio Prestes, Av. Juscelino Kubitschek, e Av. Pedro Vaz de Caminha(Cidade Bela).</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_n_106-_2023_-_fas_-_ind._a_infraestrutura_faixa_elevad_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_n_106-_2023_-_fas_-_ind._a_infraestrutura_faixa_elevad_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de construir uma faixa de pedestre elevada para travessia de pedestres em frente a Escola Estadual 19 de Maio, na Avenida Nossa Senhora Aparecida, bairro Boa Nova.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_n_107-_2023_-_fas_-_ind._a_infraestrutura_na_avenida_p_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_n_107-_2023_-_fas_-_ind._a_infraestrutura_na_avenida_p_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de construir uma faixa de pedestre elevada para travessia de pedestres na Avenida Perimetral Rogerio Silva, na saída da Avenida Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_n_108-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_n_108-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado no vale Do Apiacás.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar, após apreciação e concordância do Soberano Plenário, que promova ações no sentido de elevar a atual Direção Municipal de Trânsito à categoria de Secretaria Municipal de Trânsito, Transporte e mobilidade urbano, alterando a organização administrativa do município de Alta Floresta - MT, prevista na Lei nº 2.617, de 13 de janeiro de 2021, procedendo à criação de cargos necessários ao amplo funcionamento da pasta.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_n_110-_2023_-_fas_-_ind._a_sec._de_inf._e_dir._de_ilum_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_n_110-_2023_-_fas_-_ind._a_sec._de_inf._e_dir._de_ilum_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com cópia a Direção de Iluminação, a necessidade de trocar todas as lâmpadas dos postes por lâmpadas de LED da Rua das Azaléias, bairro Jardim das Flores.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_n_111-_2023_-_fas_-_ind._a_sec._de_inf._c.c._a_dir._de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_n_111-_2023_-_fas_-_ind._a_sec._de_inf._c.c._a_dir._de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos com cópia a Direção Municipal de Trânsito, a necessidade de construir uma faixa de pedestre elevada na Avenida Castro Alves, setor J, em frente à Igreja Batista Nacional.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_n_112-_2023_-_fas_-_ind._ao_pref._c.c._a_sec._de_gesta_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_n_112-_2023_-_fas_-_ind._ao_pref._c.c._a_sec._de_gesta_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Governo, Gestão e Planejamento, a necessidade de realizar pavimentação asfáltica em todas as ruas do Bairro Jardim Imperial, que ainda não contam com esse beneficio.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_113-_2023_-_fas_-_ind._a_dir._de_tran._que_implante_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_113-_2023_-_fas_-_ind._a_dir._de_tran._que_implante_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Transito, Transporte e Segurança, a necessidade de implantação de sinalização de transito com placas e faixas em todas as ruas do bairro Bom Jesus.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_114-_2023_-_fas_-_ind._a_dir._de_tran._que_instale_f_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_114-_2023_-_fas_-_ind._a_dir._de_tran._que_instale_f_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção Municipal de Trânsito, a necessidade de instalação de uma Faixa de Área de Conflito na Avenida Ayrton Senna, que dá acesso a Rua Cícero Tavares (T-4).</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_115-_2023_-_dls_-_ind._ao_pref._que_doe_area_para_co_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_115-_2023_-_dls_-_ind._ao_pref._que_doe_area_para_co_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba que faça doação de um dos terrenos que já retornaram ao poder público, por meio da lei de revogação, que já foram aprovadas nesse plenário, para a construção de um abrigo e canil para animais do nosso município.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_116-_2023_-_dptc_-_ind._a_sec._de_saude_que_compre_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_116-_2023_-_dptc_-_ind._a_sec._de_saude_que_compre_m_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de saúde a necessidade de atender a demanda de mobiliário da Unidade de Saúde do Bairro São José Operário.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_117-_2023_-_rls_-_ind._a_sec._de_inf._que_arrume_bue_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_117-_2023_-_rls_-_ind._a_sec._de_inf._que_arrume_bue_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário Municipal de Infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de dois bueiros localizados na estrada 3ª sul.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_118-_2023_-_dpt_-_ind._a_dir._de_trans._que_fiscaliz_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_118-_2023_-_dpt_-_ind._a_dir._de_trans._que_fiscaliz_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção Municipal de Trânsito, a necessidade de intensificar a fiscalização e orientação dos estacionamentos do nosso município sobre o uso de vagas de estacionamento prioritários, destinadas aos PCD, PNE, idosos, gestantes e  autistas.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_119-_2023_-_fas_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_119-_2023_-_fas_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com copia a Secretaria de Governo, Gestão e Planejamento, a necessidade de realizar pavimentação asfáltica nas ruas Castelo Branco, Padre Manoel da Nóbrega, Carlos Alves Brito Barros e Francisco Alves no Setor NW-1, do Bairro Cidade Bela que ainda não foram contempladas com as obras de infraestrutura.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_120-_2023_-_mrm_-_ind._a_dir._de_trans._que_sinalize_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_120-_2023_-_mrm_-_ind._a_dir._de_trans._que_sinalize_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção Municipal de Trânsito que faça a instalação de sinalização viária como placas verticais, pinturas no pavimento, bem como a colocação de tachões nos Trevos São Cristóvão (em frente ao Batalhão da Polícia Militar) e o Trevo Santa Catarina (Made Trevo)</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Infraestrutura e Serviços Urbanos que realize o patrolamento e cascalhamento da Avenida Leandro Adorno juntamente com um serviço de roçagem e limpeza.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_122-_2023_-_dptc_-_ind._a_infraestrutura_limpezas_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_122-_2023_-_dptc_-_ind._a_infraestrutura_limpezas_do_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria de Infraestrutura a necessidade  de realizar um trabalho de limpezas dos Bueiros na rua Duque de Caxias, no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_123-_2023_-_dls_-_ind._ao_prefeito_uma_homenagem_ao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_123-_2023_-_dls_-_ind._ao_prefeito_uma_homenagem_ao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba que construa um monumento em homenagem ao desbravador Ariosto da Riva, no trevo de entrada do município de Alta Floresta.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_124-_2023_-_dls_-_ind._ao_prefeito_a_venda_de_um_dos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_124-_2023_-_dls_-_ind._ao_prefeito_a_venda_de_um_dos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura, que faça a venda de um dos terrenos que já retornaram ao poder público, por meio da lei de revogação, que já foram aprovadas nesse plenário, e esse recurso seja destinado na revitalização dos canteiros e calçadas do centro da cidade.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_125-_2023_-_fas_-_ind._a_direcao_de_iluminacao_e_inf_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_125-_2023_-_fas_-_ind._a_direcao_de_iluminacao_e_inf_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Iluminação Pública, com cópia a Secretaria de Infraestrutura, a necessidade de implantação de novos pontos de luz e recuperação em determinados locais da cidade, conforme indicados em apenso.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_n_126-_2023_-_fas_-_ind._ao_governo_e_gestao_e_infraes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_n_126-_2023_-_fas_-_ind._ao_governo_e_gestao_e_infraes_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, Secretaria de Governo, Gestão e Secretaria Municipal de Infraestrutura, a necessidade de realizar pavimentação asfáltica em determinados locais da cidade, conforme indicados em apenso.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e a Secretaria de Infraestrutura e Serviços Urbanos o serviço de limpeza de ruas e em lotes baldios, retirada de entulhos e lixos em toda a extensão da cidade de Alta Floresta.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_128-_2023_-_fas_-_ind._a_sec._de_saude_ar_condiciona_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_128-_2023_-_fas_-_ind._a_sec._de_saude_ar_condiciona_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde, a necessidade de instalar um ar condicionado na recepção do PSF do bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_129-_2023_-_fas_-_ind._a_sec._de_saude_manutencao_no_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_129-_2023_-_fas_-_ind._a_sec._de_saude_manutencao_no_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito municipal e a Secretaria Municipal de Saúde, a necessidade de reparos, manutenção e mobílias no PSF do bairro Jardim Universitário.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_130-_2023_-_fas_-_ind._a_sec._de_saude_direcionar_ag_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_130-_2023_-_fas_-_ind._a_sec._de_saude_direcionar_ag_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde, a necessidade de direcionar Agentes Comunitários da Saúde para atender a população dos bairros Jardim Europa e Jardim Ipiranga.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_131-_2023_-_asr_-_ind._a_mesa_diretora_tempo_na_trib_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_131-_2023_-_asr_-_ind._a_mesa_diretora_tempo_na_trib_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Mesa Diretora, que seja adquirido equipamento de cronometragem eletrônica de tempo para ser utilizado durante o uso da tribuna pelos vereadores.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_132-_2023_-_dls_-indica_ao_sec_de_infroest_-_recuper_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_132-_2023_-_dls_-indica_ao_sec_de_infroest_-_recuper_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e a Secretaria de Infraestrutura a recuperação da das Ruas e a MT 325 entre os Bairros Mirante do Lago, Jardim Universitário e Residencial das Mangueiras.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_133-_2023_-_lks_e_rls_-_secretaria_de_saude-_cadeira_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_133-_2023_-_lks_e_rls_-_secretaria_de_saude-_cadeira_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Prefeito Valdemar Gamba e a Secretaria Municipal de saúde, a necessidade de providenciem, mas médicos para a PAM, pois a população fica muito tempo ser atendidos.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_134-_2023_-_rls_-_ind._a_sec._de_inf._limp_na_rua_cr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_134-_2023_-_rls_-_ind._a_sec._de_inf._limp_na_rua_cr_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar a limpeza da rua cravinhos na Vila Nova.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_135-_2023_-_fit_e_lks_-_ind._ao_prefeito_e_sec._de_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_135-_2023_-_fit_e_lks_-_ind._ao_prefeito_e_sec._de_e_ocred.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM a Câmara de Vereadores, a Prefeitura Municipal e a Secretaria de Esportes e Lazer a realização de uma Edição Especial da Copa Batom com as modalidades de Futsal Feminino e Voleibol Feminino para o mês de outubro em comemoração ao Mês Outubro Rosa.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_136-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_136-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal Infraestrutura com cópia à Direção de Meio Ambiente, a necessidade de realizar a poda das árvores na frente do Museu de História da Unemat.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_137-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_137-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de Infraestrutura com cópia à Direção de Meio Ambiente, a necessidade de realizar a poda das árvores na frente da Escola Estadual Jaime Veríssimo de Campos Junior.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_138-_2023_-_fit_-_ind._ao_prefeito_municipal_parceri_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_138-_2023_-_fit_-_ind._ao_prefeito_municipal_parceri_ocred.pdf</t>
   </si>
   <si>
     <t>Vereadora que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1° do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Valdemar Gamba e ao Presidente da Câmara de Vereadores Oslen Dias dos Santos (Tuti), após apreciação e aquiescência do soberano Plenário, a necessidade de, dentro das possibilidades, firmarem parceria com a UNEMAT – Universidade do Estado de Mato Grosso, Campus de Alta Floresta, com a finalidade de promover campanhas publicitárias relacionadas ao Projeto “Ciência Aqui, Ciência Acolá”, desenvolvido pela referida Instituição de Ensino, além de disponibilizar espaços para sediar o evento em variadas localidades do perímetro urbano.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_139-_2023_-_dls_-_ind._ao_prefeito_centro_de_control_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_139-_2023_-_dls_-_ind._ao_prefeito_centro_de_control_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba um estudo de viabilidade para a implantação de um Centro de Controle de Zoonoses no município de Alta Floresta – MT.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_140-_2023_-_dls_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_140-_2023_-_dls_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica de algumas Avenidas e Ruas do Município que ainda não possuem asfalto, conforme cópia em anexo.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_141-_2023_-_dls_-_ind._ao_pref._que_faca_a_doacao_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_141-_2023_-_dls_-_ind._ao_pref._que_faca_a_doacao_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba que faça a doação dos moveis, como as longarinas que pertenciam a Câmara Municipal, para os postos de saúde da cidade.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_142-_2023_-_dls_-_ind._ao_pref._centro_de_referencia_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_142-_2023_-_dls_-_ind._ao_pref._centro_de_referencia_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA NOVAMENTE ao Prefeito Valdemar Gamba que realize uma parceria com o Estado para implementação da Lei Estadual n°11.909, de 31 de outubro de 2022 para criar um Centro de Referência para Autistas e pessoas com Deficiência.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_143-_2023_-_jvn_-_ind._a_infraestrutura_lampadas_h_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_143-_2023_-_jvn_-_ind._a_infraestrutura_lampadas_h_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos que realize a manutenção nos postes de iluminação em determinados locais da cidade, conforme indicados em apenso</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel para que faça a o patrolamento e cascalhamento da  estrada Nasser Noujain que liga a comunidade Ourolanda a Jacamim.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel para que faça a troca do bueiro de madeira por uma estrutura nova de aduelas na estrada Nasser Noujain que liga a comunidade Ourolanda a Jacamim e também fazer a modificação da estrada tirando uma curva que atrapalha o trafego de caminhões cumpridos.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_146-_2023_-rls_-_ind._a_infraestrutura_cascalhamento_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_146-_2023_-rls_-_ind._a_infraestrutura_cascalhamento_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel que providencie o cascalhamento da estrada central que liga a Comunidade Pista do Cabeça a MT 325.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_147-_2023_-fas_-_ind._a_gestao_de_governo_a_criacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_147-_2023_-fas_-_ind._a_gestao_de_governo_a_criacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com copia a Secretaria de Governo, Gestão e Planejamento, a necessidade de criação de uma “Campanha Passeio Livre” na concessão de desconto do IPTU aos proprietários de imóveis que realizarem a construção e reforma das calçadas que estiverem danificadas.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_148-_2023_-fas_-_ind._a_gestao_de_governo_desconto_n_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_148-_2023_-fas_-_ind._a_gestao_de_governo_desconto_n_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com copia a Secretaria de Governo, Gestão e Planejamento a concessão de desconto no IPTU aos proprietários dos imóveis que manter em dia a limpeza dos seus terrenos.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_149-_2023_-_dpt_-_ind._ao_pref._que_regulamente_cons_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_149-_2023_-_dpt_-_ind._ao_pref._que_regulamente_cons_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, a necessidade de fomentar e incentivar a construção e reformas de calçadas e canteiros por parte dos proprietários de imóveis, consoante as diretrizes da Política de Paisagem e Mobiliário Urbano estabelecida na Lei nº 1.272/2003 (Plano Diretor), bem como auxiliar e regulamentar essas obras, adotando-se um padrão de construção, nos termos da Lei 1.767/2009 e alteração trazida pela Lei 1.846/2010, de que trata da adequação para acessibilidade nos espaços de uso público no município.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_150_-_2023_-_asr_-_ind._a_transito_dois_quebra_molas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_150_-_2023_-_asr_-_ind._a_transito_dois_quebra_molas_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Departamento de Trânsito e Segurança a necessidade de implantar 02 quebra-molas na Rua Padre José de Anchieta, Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_151-_2023_-fas_-_ind._ao_prefeito_portas_com_detecto_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_151-_2023_-fas_-_ind._ao_prefeito_portas_com_detecto_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria Municipal de Educação, a necessidade de instalar portas com detectores de metais nas entradas das escolas municipais.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_152-_2023_-dls-_ind._ao_direcao_de_cidades_troca_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_152-_2023_-dls-_ind._ao_direcao_de_cidades_troca_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Direção de Cidades, a necessidade de realizar a troca de lâmpada queimadas na rua Helena Augusta dos Santos da Riva “E 02” e rua Alemanha, quadra 03 B bairro Parque das Nações</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_153-_2023_-jvn_-_ind._ao_prefeito_contratacao_de_gua_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_153-_2023_-jvn_-_ind._ao_prefeito_contratacao_de_gua_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal de Alta Floresta que a realize a contratação de guardas de segurança no Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretária Municipal de Educação Lucineia Martins de Mattos, a necessidade de instalação de Botão do Pânico em todas as unidades escolares municipais, com acesso aos professores como forma de prevenção e defesa os atos de violência.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_155-_2023_-dpt-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_155-_2023_-dpt-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade que seja feita a reforma da cerca de alambrado e parte da calçada em frente a Escola Municipal Paulo Pires Pereira, situada na Avenida Sao Gabriel, S/Nº- Boa Nova 3.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_156-_2023_-mrm-_ind._a_infraestrutura_e_iluminacao_i_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_156-_2023_-mrm-_ind._a_infraestrutura_e_iluminacao_i_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura, com cópia ao Setor de Iluminação Pública, que faça a instalação de lâmpadas Led na pista de teste de motocicletas da Associação do Centro de Formação de Condutores de Alta Floresta.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_157-_2023_-fas_-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_157-_2023_-fas_-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria Municipal de Educação, a necessidade de instalar monitoramento de câmeras, cerca elétrica e erguer os muros que estão baixos em todas as escolas, creches e berçários do município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_158-_2023_-lks_-_ind._a__sec._de_educacao_reforce_a_seguranca_nas_escolas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_158-_2023_-lks_-_ind._a__sec._de_educacao_reforce_a_seguranca_nas_escolas_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba e a Secretaria de Educação a necessidade para que adotem medidas de segurança nas Creches e Escola do município.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_159_-_2023_-rls_-_ind_-_equipamentos_psf_odonto_rio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_159_-_2023_-rls_-_ind_-_equipamentos_psf_odonto_rio_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Saúde JOSÉ APARECIDO DE SOUZA a aquisição de equipamentos para o consultório de Odontologia do PSF da comunidade Rio Verde.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_160_-_2023_-rls_-_indequipamentos_psf_zona_rural_202_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_160_-_2023_-rls_-_indequipamentos_psf_zona_rural_202_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Saúde JOSÉ APARECIDO DE SOUZA a aquisição de equipamentos permanentes hospitalares  para os PSF da zona rural.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_161-_2023_-rls_e_lks_-_ind._a__sec._de_sapude_a_aqui_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_161-_2023_-rls_e_lks_-_ind._a__sec._de_sapude_a_aqui_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Saúde JOSÉ APARECIDO DE SOUZA a aquisição de uma centrífuga para PAM.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_162-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_162-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Saúde JOSÉ APARECIDO DE SOUZA a manutenção de um ar condicionado na PAM.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_163-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_163-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de Saúde JOSÉ APARECIDO DE SOUZA a manutenção dos vasos sanitários que se encontram danificados na PAM.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_164-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_164-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia para a Secretária de Educação, que realize treinamentos de primeiros socorros e evacuação predial, com funcionários e alunos da rede municipal de educação.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_165-_2023_-_dls_-_ind._ao_prefeito_a_implantacao_da_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_165-_2023_-_dls_-_ind._ao_prefeito_a_implantacao_da_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba a implantação da Guarda Municipal no município de Alta Floresta, para que a mesma possam realizar a segurança nas Escolas Municiais.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/262/indicacao_n_166-_2023_-_dls_-_ind._ao_prefeito_e_a_infraestrutur_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/262/indicacao_n_166-_2023_-_dls_-_ind._ao_prefeito_e_a_infraestrutur_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA NOVAMENTE ao Prefeito Valdemar Gamba e o secretário de infraestrutura do município a compra de rede de proteção para corte de grama em vias públicas e a limpeza do local aonde foi feito o corte de grama.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_n_167-_2023_-_rls-_ind._a_infraestrutura_a_manutencao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_n_167-_2023_-_rls-_ind._a_infraestrutura_a_manutencao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar a manutenção da Estrada 1° vicinal Norte.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/267/indicacao_n_168-_2023_-_dpt-_ind._a_prefeito_reforma_do_muro_e_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/267/indicacao_n_168-_2023_-_dpt-_ind._a_prefeito_reforma_do_muro_e_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade que seja feita a Reforma do Muro e Alambrado da Escola Municipal Arte De Aprender, rua E-1, 122-B - Setor E.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_n_169-_2023_-_jvn-_ind._a_infraestrutura_o_patrolament_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_n_169-_2023_-_jvn-_ind._a_infraestrutura_o_patrolament_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura que a realize o patrolamento e cascalhamento da Rua Castanheira no Bairro São José Operário.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_n_170-_2023_-_csj-_ind._ao_inss_cumpra_o_acordo_firmad_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_n_170-_2023_-_csj-_ind._ao_inss_cumpra_o_acordo_firmad_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Instituto Nacional de Seguridade Social (INSS) que cumpra o acordo firmado com o município de Alta Floresta, principalmente com relação a emissão da senha provisória dando autonomia para pessoa contratada pelo município que possa ter acesso ao atendimento aos usuários sem que os mesmos precisem ir até o Posto do INSS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_n_171-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_n_171-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria Municipal de Saúde e ao prefeito Valdemar Gamba a necessidade de providenciar as Demandas Reprimidas de exames e consultas.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_n_172-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_n_172-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar Medico Pediatra para o Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_n_173-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_n_173-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia para a Secretária de Educação, que instale Botão de Pânico nas escolas da rede municipal de educação, para que assim as medidas de segurança sejam mais efetivas.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_n_174-_2023_-_rls-_ind._a_infraestrutura_implantacao_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_n_174-_2023_-_rls-_ind._a_infraestrutura_implantacao_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel que envie uma equipe para realizar a implantação de um bueiro na estrada da Com. Pista Nova que liga ao setor de Chácaras.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_n_175-2023_-_lks_-_ind_a_sec._de_inf._que_faca_operaca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_n_175-2023_-_lks_-_ind_a_sec._de_inf._que_faca_operaca_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a secretaria de infra-estrutura a necessidade realizar tapa buraco nas Ruas Duque de Caxias, Dom Pedro II, as Avenidas Laudicéia e a Joares Silva de Oliveira, situadas no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_n_176-2023_-_ods_-_prefeito_cc_secret_saude_atendiment_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_n_176-2023_-_ods_-_prefeito_cc_secret_saude_atendiment_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópia ao Secretário Municipal de Saúde, a necessidade de promover ações no sentido de reforçar e ampliar o acesso ao atendimento médico no Posto de Saúde do Bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_n_177-2023_-_ods_-_prefeito_cc_secret_saude_disponibil_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_n_177-2023_-_ods_-_prefeito_cc_secret_saude_disponibil_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópia ao Secretário Municipal de Saúde, a necessidade de promover ações no sentido de construir um posto de saúde ou implantar o Programa Saúde da Família nos bairros Jardim Europa e Jardim Ipiranga (Buriti’s), com isto, ampliar o atendimento em serviços de saúde naquela região.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_n_178-_2023_-_fit_-_indica_ao_prefeito_e_ao_ver._tuti_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_n_178-_2023_-_fit_-_indica_ao_prefeito_e_ao_ver._tuti_ocred.pdf</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos no final das ruas do Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/297/indicacao_n_180-2023_-_dls_-_ind_ao_prefeito_e_a_direcao_de_cida_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/297/indicacao_n_180-2023_-_dls_-_ind_ao_prefeito_e_a_direcao_de_cida_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Direção de Cidades, a necessidade de realizar a troca de lâmpada queimada na Rua B 04 Bairro Centro, do poste em frente à casa de nº 418 A.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_n_181-2023_-_bps_-_ind_a_sec._de_gestao_construcao_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_n_181-2023_-_bps_-_ind_a_sec._de_gestao_construcao_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Gestão, Governo e Planejamento a necessidade da construção de um novo Posto de Saúde no Bairro Jardim Panorama.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Esporte e Lazer a necessidade de realizar melhorias na quadra da Associação do Bairro Jardim Panorama.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Prefeitura Municipal de Alta Floresta com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de fazer a limpeza da frente de um lote na Perimetral Rogerio Silva ao lado da empresa SOS Hidráulica.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Valdemar Gamba com cópia a Secretaria Municipal de Saúde, a necessidade de providenciar um Aparelho de Ressonância Magnética e um aparelho de Tomografia para o Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_n_185-_2023_-dptc_-_ind._ao_prefeito_e_a__sec._de_saud_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_n_185-_2023_-dptc_-_ind._ao_prefeito_e_a__sec._de_saud_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Valdemar Gamba com cópia a Secretaria Municipal de Saúde, a necessidade de realizar a reforma e ampliação e que seja construído um banheiro para os servidores do PSF do Bairro Jardim das Araras.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_n_186-_2023_-dptc_-_ind._a_direcao_de_transito_faixa_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_n_186-_2023_-dptc_-_ind._a_direcao_de_transito_faixa_e_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito, Transporte e Segurança a necessidade de implantação de uma faixa elevada de pedestre em frente à empresa Anjos Colchões e Sofás, na Avenida Ludovico da Riva Neto.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_n_187-_2023_-_jvn_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_n_187-_2023_-_jvn_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal e a Secretaria Municipal de Infraestrutura e Serviços Urbanos que realizem a recuperação das ruas Cerejeira - Santa Maria; rua B6 - Centro e Rua Padre Manoel de Nobrega - Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_n_188-_2023_-_bps_-_ind._a_implantar_um_redutor_de_vel_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_n_188-_2023_-_bps_-_ind._a_implantar_um_redutor_de_vel_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de implantar um redutor de velocidade - quebra-molas na Av. Ariosto da Riva próximo a Empresa Agromotor.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_n_189-2023_-_dls_-_ind_ao_prefeito_instalacao_de_porta_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_n_189-2023_-_dls_-_ind_ao_prefeito_instalacao_de_porta_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal com cópia a Secretaria Municipal de Saúde que providencie a instalação de portas de automação nas unidades de saúde e hospital municipal afim de reduzir os riscos de contaminação, proteção do ambiente e controle de acesso.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_n_190-2023_-_jvn_-_ind_ao_direcao_de_transito_faixa_na_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_n_190-2023_-_jvn_-_ind_ao_direcao_de_transito_faixa_na_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal com cópia a Direção de Trânsito que seja implantada uma faixa de pedestre na Avenida B, próximo à entrada da Rua B2 – Centro.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao prefeito Valdemar Gamba com copia ao Secretario de Infraestrutura a necessidade de patrolamento e Cascalhamentos no Setor de Chácara Drª Irene Bricatti.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura, Senhor Roberto Patel a necessidade de enviar uma equipe para tampar alguns buracos próximo ao Colégio JVC no Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_n_193-_2023_-dls_-_ind._ao_prefeito_e_sec._de_infraest_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_n_193-_2023_-dls_-_ind._ao_prefeito_e_sec._de_infraest_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos nas Ruas André Luiz (B 06) e Valdemar Hartwing (D 07) Bairro Centro.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_n_194_-_2023_-_rls_-_ind._a_infraestruturae_patrolamen_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_n_194_-_2023_-_rls_-_ind._a_infraestruturae_patrolamen_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel para que envie uma equipe com as máquinas para realizar o patrolamento e cascalhamento da estrada da Comunidade Água Limpa.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_n_195-_2023_-_rls_-_ind._de_patrolamento_proximo_ao_bar_do_didiao_ate_a_comunidade__rio_verde_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_n_195-_2023_-_rls_-_ind._de_patrolamento_proximo_ao_bar_do_didiao_ate_a_comunidade__rio_verde_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura, Senhor Roberto Patel para que envie uma equipe com máquinas para realizar o patrolamento próximo ao Bar do Didião até a Comunidade Rio Verde.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_n_196-_2023_-_csj_-_ind._ao_prefeito_estacionamento_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_n_196-_2023_-_csj_-_ind._ao_prefeito_estacionamento_do_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, a necessidade de que se providencie um outro local para estacionamento dos caminhões de fretes, que atualmente está localizado no Bairro Cidade Alta, visto que no endereço atual será construído a Escola Municipal Anjo da Guarda.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_197-_2023_-_csj_-_ind._ao_prefeito_e_meio_ambiente_n_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_197-_2023_-_csj_-_ind._ao_prefeito_e_meio_ambiente_n_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e a Secretária do Meio Ambiente Gercilene Meira leite, a necessidade de que se providencie notificação à todos proprietário de terrenos sem construção do Bairro Boa Vista, para que providencie a limpeza dos mesmos, da mesma maneira para os terrenos Públicos do bairro que a Prefeitura providencie a limpeza.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_n_198-_2023_-_fas_-_ind._a_infraestrutura_e_cidades_co_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_n_198-_2023_-_fas_-_ind._a_infraestrutura_e_cidades_co_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura com copia a Direção de Cidades a necessidade de fazer a coleta de folhas em todos os bairros do município e avisar com antecedência a população para colocar as folhas em frente as casas para a realização da coleta.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_n_199-_2023_-_fas_-_ind._ao_prefeito_pavimentacao_asfa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_n_199-_2023_-_fas_-_ind._ao_prefeito_pavimentacao_asfa_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento com copia a Secretaria de Infraestrutura a necessidade de realizar a pavimentação asfáltica parcial na Rua Monte Das Oliveiras no bairro Bom Pastor, setor NEB-2.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_n_200-_2023_-_dpt_-_ind._ao_prefeito_comodato_de_uso_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_n_200-_2023_-_dpt_-_ind._ao_prefeito_comodato_de_uso_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade da cessão por comodato de uso de Área  Pública para a construção do Templo da Igreja A Família de Jesus, no lote público “LOTE LP-N-3/2, localizado na rua NE-A2 Setor NS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_n_201-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentaca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_n_201-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentaca_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade da realização de Pavimentação Asfaltica na rua Marechal Deodoro da Fonseca, no bairro Cidade Bela.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_202-_2023_-_asr_-_ind._ao_sec._de_infraestrutura_ser_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_202-_2023_-_asr_-_ind._ao_sec._de_infraestrutura_ser_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura, Roberto Patel, a necessidade de roçagem de mato, na Rua João Carignato, no bairro Jardim Almeida Prado.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_203-_2023_-_rls_-_ind._ao_prefeito_rede_de_agua_da_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_203-_2023_-_rls_-_ind._ao_prefeito_rede_de_agua_da_c_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba a necessidade de que seja feito um projeto da rede de água da comunidade Pista Do Cabeça.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_204-_2023_-_rls_-_ind._ao_prefeito_projeto_de_uma_qu_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_204-_2023_-_rls_-_ind._ao_prefeito_projeto_de_uma_qu_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba a necessidade de que seja feito um projeto de uma quadra poliesportiva coberta para Escola Estadual Boa Esperança.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao_n_205-_2023_-_dptc_-_ind._a_sec._de_saude_demanda_de_mobiliario_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao_n_205-_2023_-_dptc_-_ind._a_sec._de_saude_demanda_de_mobiliario_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, a Secretaria Municicipal de saúde a necessidade de atender a demanda de mobiliário da Unidade de Saúde da Comunidade Rio Verde.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao_n_206-_2023_-fas__-_ind._a_direcao_de_transito_-_indic_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao_n_206-_2023_-fas__-_ind._a_direcao_de_transito_-_indic_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com copia a Direção de Transito, Transporte e Segurança a necessidade de fechar e impedir a passagem de veículos na via em frente ao Centro Especializado em Recuperação á f-1, aos sábados, domingos e feriados.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao_n_207-_2023_-fas__-_ind._a_gestao_e_infraestrutura-_pa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao_n_207-_2023_-fas__-_ind._a_gestao_e_infraestrutura-_pa_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento com copia a Secretaria de Infraestrutura a necessidade de realizar a pavimentação asfáltica no trecho da Avenida Leandro Adorno (T-2). Esse trecho que necessita de pavimentação fica entre a Avenida Senador Julio Jose de Campos e Avenida Ayrton Senna (L-2).</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/341/indicacao_n_208-_2023_-_jvn_-_ind._a_ao_prefeito_patrolamento_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/341/indicacao_n_208-_2023_-_jvn_-_ind._a_ao_prefeito_patrolamento_e_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal de Alta Floresta e Secretaria de Infraestrutura e Serviços Urbanos que realizem o Patrolamento e Cascalhamento das Ruas A5 e A6 - Centro.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao_n_209-_2023_-_jvn_-_ind._a_ao_prefeitoreforma_no_compl_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao_n_209-_2023_-_jvn_-_ind._a_ao_prefeitoreforma_no_compl_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal de Alta Floresta e Secretaria de Infraestrutura e Serviços Urbanos com cópia a Secretaria de Esporte e Lazer que realizem reforma no Complexo Esportivo Kayoko Tanaka.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_n_210-_2023_-_dpt_-_ind._a_infraestrutura_cascalhament_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_n_210-_2023_-_dpt_-_ind._a_infraestrutura_cascalhament_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade de Cascalhamento e Patrolamento nas Ruas: R1, R2, R3 e R4 no setor do Bento Bairro Cidade Bela .</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_211-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_211-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos nas Rua Massaharu Taniguchi (B 02).</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_212-_2023_-_dls_-_ind._a_direcao_de_trasinto__sinali_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_212-_2023_-_dls_-_ind._a_direcao_de_trasinto__sinali_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito que sejam instaladas placas de sinalização que indica rua sem saída nas Ruas Paulino Comper (B 01) dos dois lados.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_213-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_213-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura que faça a recuperação do pavimento através de tapa buracos na Rua Jose Francisco de Oliveira (B 04), rua da creche Laura Vicuña.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_214-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_saude_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_214-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_saude_m_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretário de Saúde José Aparecido de Souza, a necessidade de que se realize um Mutirão para atender pacientes que estão aguardando para implantação de Aparelhos Auditivos.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao_n_215-_2023_-_fit_-_ind._ao_prefeito_e_sec._de_agropec_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao_n_215-_2023_-_fit_-_ind._ao_prefeito_e_sec._de_agropec_ocred.pdf</t>
   </si>
   <si>
     <t>Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria De Agricultura e Pecuária e a Associação dos Feirantes, a necessidade de construção de banheiros masculinos e femininos com acessibilidade na feira livre municipal.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao_n_216-_2023_-_fit_-_ind._ao_prefeito_implementacao_das_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao_n_216-_2023_-_fit_-_ind._ao_prefeito_implementacao_das_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria ao Prefeito Municipal Valdemar Gamba, a necessidade da implementação das placas de nomenclaturas das ruas do Bairro Flamboyant.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao_n_217-_2023_-_fit_-_ind._ao_prefeito_ampliar_a_ilumina_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao_n_217-_2023_-_fit_-_ind._ao_prefeito_ampliar_a_ilumina_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, a necessidade de ampliar a iluminação da Praça Cívica – Centro de Lazer, Recreação e Eventos Cívicos Deputado João Teixeira, principalmente no Parque Infantil, espaço destinado as crianças.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_218-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_218-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a secretaria de infraestrutura a necessidade realizar tapa buraco na Avenida Robson Silva antes da faixa elevada próximo ao Colégio JVC e um outro ponto de referencia é a rotária da Cidade Alta perto do Banco Sicred.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao_n_219-_2023_-fas__-_ind._a_direcao_de_transito_semafor_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao_n_219-_2023_-fas__-_ind._a_direcao_de_transito_semafor_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento com cópia a Direção de Trânsito, Transporte e Segurança, a necessidade de instalação de Sistema Semafórico na travessa da Avenida Airton Senna com Avenida Teles Pires, no bairro São José Operário.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento com cópia a Secretaria de Saúde, a necessidade de reforma e ampliação da Unidade Básica de Saúde do bairro São José Operário.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_221-_2023_-_csj_e_dls_-_ind._ao_prefeito_que_faca_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_221-_2023_-_csj_e_dls_-_ind._ao_prefeito_que_faca_a_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba, que regulamente a área, em anexo a Feira Livre, para estacionamento visando atender a necessidade da população.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_222-_2023_-bps_-_ind._a_infraestrutura_patrolamento_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_222-_2023_-bps_-_ind._a_infraestrutura_patrolamento_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e serviços Urbanos a necessidade de enviar uma equipe para realizar o patrolamento na estrada da Comunidade Nossa Senhora de Guadalupe.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_n_223-_2023_-lks_e_rls_-_ind._ao_prefeito_e_infraestru_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_n_223-_2023_-lks_e_rls_-_ind._ao_prefeito_e_infraestru_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba com cópia para o Secretário de Infraestrutura Roberto Patel para a recuperação de uma ponte na Vila Rural II (estrada do Guerino).</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Francisco Ailton, Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_n_224-_2023_-fas__e_fit_-_ind._a_direcao_de_transito_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_n_224-_2023_-fas__e_fit_-_ind._a_direcao_de_transito_e_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a estas subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria Municipal de Infraestrutura com copia a Direção de Trânsito, Transporte e Segurança a necessidade de implantação de quebra-molas, lombadas ou qualquer outro meio de instrumento redutor de velocidade entre as ruas B-6 e H-15.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_n_225-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_n_225-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos nas Ruas Joaquim Silveiro de Castro (G 04) e Padre Sebastião Santana Silva (EG 02) Bairro Centro.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_n_226-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_n_226-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Bahia parte final no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_n_227-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_n_227-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua João Pessoa no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_n_228-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_n_228-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Recife no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_n_229-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_n_229-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Natal no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Avenida Brasil no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_n_231-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_n_231-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Estados Unidos no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_n_232-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_n_232-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Santa Catarina no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_n_233-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_n_233-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua das Violetas (chapéu de couro) no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_n_234-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_n_234-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Monte das Oliveiras no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_n_235-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_n_235-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Avenida Industrial no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_n_236-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_n_236-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Pedro Vaz de Caminha no Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/370/indicacao_n_237-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/370/indicacao_n_237-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Perimetral Dom Pedro II no Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/371/indicacao_n_238-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/371/indicacao_n_238-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Frei Caneca no Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/372/indicacao_n_239-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/372/indicacao_n_239-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da nas Ruas NW6, NW5 e NW4 no Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/373/indicacao_n_240-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/373/indicacao_n_240-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua Judeia no Bairro Bom Pastor.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/374/indicacao_n_241-_2023_-dpt_-_ind._ao_prefeito_aquisicao_de_uma_a.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/374/indicacao_n_241-_2023_-dpt_-_ind._ao_prefeito_aquisicao_de_uma_a.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade de viabilizar a aquisição de uma Academia da Terceira Idade (ATI), voltada atender os moradores da  “Comunidade Santa Rita” 5ª Oeste zona rural, em nosso município.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_n_242-_2023_-fit_-_ind._a_infraestreutura_redutor_de_v_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_n_242-_2023_-fit_-_ind._a_infraestreutura_redutor_de_v_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura a necessidade de implantação de quebra molas, lombadas ou qualquer outro meio de instrumento redutor de velocidade na Rua Avenida Severino Gonzaga da Paz, Bairro Flamboyant.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_n_243-_2023_-_lks_e_rls_-_ind._ao_prefeito_e_sec._de_s_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_n_243-_2023_-_lks_e_rls_-_ind._ao_prefeito_e_sec._de_s_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar Cobertores e Lençóis para o Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_n_244-_2023_-_dls_-_ind_a_pref_e_sec_infra_tapa_buraco_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_n_244-_2023_-_dls_-_ind_a_pref_e_sec_infra_tapa_buraco_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos no setor E em especial na Rua E 01 (Sebastiana L. Martins).</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/378/indicacao_n_245-_2023_-_dls_-_ind_a_pref_e_sec_infra_pavimente_b_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/378/indicacao_n_245-_2023_-_dls_-_ind_a_pref_e_sec_infra_pavimente_b_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a continuação da pavimentação asfáltica no Bairro Boa Nova I.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/379/indicacao_n_246-_2023_-_dls_-__revitalizacao_calcadas_escola_mun_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/379/indicacao_n_246-_2023_-_dls_-__revitalizacao_calcadas_escola_mun_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura, que faça o calçamento em frente à Escola Municipal Vilma Dias da Silva de Freitas.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_n_247-_2023_-_rls_-__ind._ao_secretario_de_saude_wi-fi_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_n_247-_2023_-_rls_-__ind._ao_secretario_de_saude_wi-fi_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretário de Saúde José Aparecido de Souza a necessidade de que seja implementado o sistema de rede de internet aberta (Wi-Fi) para os pacientes que utilizam o Centro especializado em reabilitação - CER.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_n_248-_2023_-_rls_-__ind._ao_prefeito_e_a_controladori_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_n_248-_2023_-_rls_-__ind._ao_prefeito_e_a_controladori_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, com cópia para a Gabinete de Controladoria Geral, a necessidade de inclusão do aplicativo WhatsApp como meio de canal facilitador de atendimento entre a Ouvidoria Municipal e o cidadão, principalmente à população da zona rural.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_n_249-_2023_-_rls_-__ind._secretaria_de_saude_reparos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_n_249-_2023_-_rls_-__ind._secretaria_de_saude_reparos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde José Aparecido de Souza a necessidade de realizar reparos no Ar condicionado do Posto de Saúde da Comunidade Pista do Cabeça.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/383/indicacao_n_250-_2023_-_rls_-__ind._secretaria_de_edcuacao_um_es_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/383/indicacao_n_250-_2023_-_rls_-__ind._secretaria_de_edcuacao_um_es_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Educação Lucinéia Martins de Matos a necessidade de enviar um Estepe completo para os ônibus que fazem as linhas da Escola Boa Esperança na Comunidade Ourolanda.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_n_251-2023_-_rls_e_lks__-_ind._ao_prefeito_reforma_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_n_251-2023_-_rls_e_lks__-_ind._ao_prefeito_reforma_do_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar a Reforma do Ônibus da Saúde de Alta Floresta que faz o transporte dos pacientes para Cuiabá a tratamento na capital.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/385/indicacao_n_252_-_2023_-fas_-_ind._a_gestao_e_infraestrutura_a_p_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/385/indicacao_n_252_-_2023_-fas_-_ind._a_gestao_e_infraestrutura_a_p_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento com copia a Secretaria de Infraestrutura a necessidade de realizar a pavimentação asfáltica nos trechos finais das ruas A-5 e A-6 e na rua de acesso a essas ruas.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_n_253_-_2023_-fas_-_ind._a_saude_uma_tec._em_enfermage_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_n_253_-_2023_-fas_-_ind._a_saude_uma_tec._em_enfermage_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde, a necessidade de uma técnica de enfermagem no Posto de Saúde da Comunidade da Santa Lúcia.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_n_254-_2023_-_rls_-__ind._sec._de_infraestrutura_troca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_n_254-_2023_-_rls_-__ind._sec._de_infraestrutura_troca_ocred.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_n_255-_2023_-_jvn_-__ind._sec._de_infraestrutura_e_cid_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_n_255-_2023_-_jvn_-__ind._sec._de_infraestrutura_e_cid_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Infraestrutura e Serviços Urbanos com cópia a Secretaria de Cidades para que realizem a roçagem do mato no entorno da subida da Av. Teles Pires que liga ao Bairro Cidade Bela, bem como seja acrescentado um poste de iluminação na referida subida da Avenida.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_n_256-_2023_-_jvn_-__ind._sec._de_cidades_servico_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_n_256-_2023_-_jvn_-__ind._sec._de_cidades_servico_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Cidades que realizem manutenção no poste de iluminação publica do Bairro Cidade Bela, Rua Saldanha da Gama.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_n_257-_2023_-_jvn_-__ind._sec._de_cidades_manutencao_n_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_n_257-_2023_-_jvn_-__ind._sec._de_cidades_manutencao_n_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Cidades que realizem manutenção no braço de iluminação publica na Avenida Perimetral Rogério Silva, esquina com a Rua Maragatiara.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_n_258-_2023_-_dpt-__ind._sec._de_infraestrutura_constr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_n_258-_2023_-_dpt-__ind._sec._de_infraestrutura_constr_ocred.pdf</t>
   </si>
   <si>
     <t>: 	O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de construir bueiros e pontes com a implantação de aduelas de concreto, gerando economia ao nosso município.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Luciano Silva, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/392/indicacao_n_259-_2023_-_dls_e_jvn_-__ind._ao_prefeito_refeicoes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/392/indicacao_n_259-_2023_-_dls_e_jvn_-__ind._ao_prefeito_refeicoes_ocred.pdf</t>
   </si>
   <si>
     <t>Os vereadores que a esta subscrevem, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM ao Prefeito Municipal Sr. Valdemar Gamba com cópia ao Secretário Municipal de Saúde José Aparecido de Souza, após apreciação e concordância do Soberano Plenário, a necessidade de implementar serviço de alimentação de pelo menos três refeições para os servidores do PAM, em virtude dos plantões de 12 horas, servindo também refeições aos pacientes em observação, trocar as tendas localizadas na entrada e fazer uma identificação da entrada principal e da emergência para facilitar o acesso da população.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/393/indicacao_n_260-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/393/indicacao_n_260-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e ao Secretário Municipal de Governo, Gestão e Planejamento Robson Quintino a melhoria nas informações no Portal da Transparência municipal.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/394/indicacao_n_261-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/394/indicacao_n_261-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário Municipal de Governo, Gestão e Planejamento Robson Quintino, que seja feito melhorias nas informações referentes ao município no site da prefeitura.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_n_262-_2023_-_fas-__ind._a_sec._de_assistencia_social_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_n_262-_2023_-_fas-__ind._a_sec._de_assistencia_social_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Assistência Social e Cidadania a necessidade de construir um barracão aberto para o CCI (Centro de Convivência do Idoso) para que sirva de lazer e para a realização de atividades dos idosos.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_n_263-_2023_-_mrm_-__ind._ao_prefeito_e_a_sec._instrut_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_n_263-_2023_-_mrm_-__ind._ao_prefeito_e_a_sec._instrut_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Senhor Prefeito Municipal Valdemar Gamba, e a Secretaria de Infraestrutura que proceda a operação TAPA BURACO nas Avenidas Alta Floresta e Diamantino no bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_n_264-_2023_-_jvn_-_ind._ao_infraestrutura_e_transito_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_n_264-_2023_-_jvn_-_ind._ao_infraestrutura_e_transito_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária de Infraestrutura e Serviços Urbanos com cópia à Secretaria de Trânsito a necessidade de construção de uma rotatória no Cruzamento do Bairro Cidade Bela, entre a Rua José Bonifácio de Andrade, Rua 12 de Outubro e Rua Primeiro de Maio.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_n_265_-_2023_-_bps_-_ind._a_infraestrutura_reparos_na_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_n_265_-_2023_-_bps_-_ind._a_infraestrutura_reparos_na_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e serviços Urbanos a necessidade de enviar uma equipe para realizar a recuperação, patrolamento e cascalhamento da Vicinal Segunda Sul.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/399/indicacao_n_266_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/399/indicacao_n_266_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de Infraestrutura Roberto Patel a necessidade de realizar a recuperação, patrolamento e cascalhamento na Estrada Alvino Cruger.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/400/indicacao_n_267_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/400/indicacao_n_267_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, REINDICA á Secretaria de Infraestrutura a necessidade realizar tapa buraco nas Ruas Duque de Caxias, Dom Pedro II, as Avenidas Laudicéia e a Joares Silva de Oliveira, situadas no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/401/indicacao_n_268_-_2023_-_dls__-_ind._ao_prefeito_que_pague_rga_aos_acs_e_ace_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/401/indicacao_n_268_-_2023_-_dls__-_ind._ao_prefeito_que_pague_rga_aos_acs_e_ace_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba faça o pagamento do RGA dos servidores dos ACS e ACE, referente ao ano de 2022.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/402/indicacao_n_269_-_2023_-_dpt__-_ind._ao_sec._de_obras_aduelas_na_4a_leste_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/402/indicacao_n_269_-_2023_-_dpt__-_ind._ao_sec._de_obras_aduelas_na_4a_leste_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de construir bueiros e pontes com a implantação de aduelas de concreto, gerando economia ao nosso município.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/403/indicacao_n_270-_2023_-_csj__-_ind._ao_governador_a_instalacao_do_nir_no_municipio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/403/indicacao_n_270-_2023_-_csj__-_ind._ao_governador_a_instalacao_do_nir_no_municipio_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Governador do Estado Excelentíssimo Srº Mauro Mendes, e Secretário de Saúde do Estado de Mato Grosso  Srº Juliano Melo, a necessidade de criar o Núcleo Interno de Regulação (NIR) em Alta Floresta, para que o município possa ter mais flexibilidade nos atendimentos e regulação de pacientes que necessita de atendimento  do Hospital Regional, para que não seja necessário pessoas no nosso município serem regulados para outros municípios.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria de Infraestrutura com copia ao Prefeito Valdemar Gambá, a necessidade de construir   uma Faixa Elevada na Rua Orlândia em frente à Escola Ludovico da Riva Neto no Bairro Vila Nova.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/405/indicacao_n_272-_2023_-_csj__-_ind._ao_prefeito_e_a_educacao_guarita_para_o_apoio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/405/indicacao_n_272-_2023_-_csj__-_ind._ao_prefeito_e_a_educacao_guarita_para_o_apoio_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária de Educação Municipal Lucineia Mattos a necessidade de que se providencie Abrigo (Guarita) para os servidores do cargo de Apoio Administrativo de Educação, Vigias municipais de Alta Floresta para que os profissionais possam ter proteção e segurança no trabalho.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/406/indicacao_n_273-_2023_-_dpt__-_ind._ao_infraestrutura_ponte_1a_oeste_zona_rural_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/406/indicacao_n_273-_2023_-_dpt__-_ind._ao_infraestrutura_ponte_1a_oeste_zona_rural_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de construir bueiro e ponte com a implantação de aduelas de concreto, na 1ª Oeste Zona Rural, no Rio Brilhante gerando economia ao nosso município.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/407/indicacao_n_274-_2023_-_fas__-_ind._a_sec._de_educacao__dedetizar_as_escolas_publicas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/407/indicacao_n_274-_2023_-_fas__-_ind._a_sec._de_educacao__dedetizar_as_escolas_publicas_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Educação a necessidade de dedetizar as escolas públicas do município, tanto as estaduais como as municipais.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_n_275-_2023_-_lks__-_ind._a_sec._de_saude_banheiro_dentro_da_casa_de_apoio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_n_275-_2023_-_lks__-_ind._a_sec._de_saude_banheiro_dentro_da_casa_de_apoio_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde a necessidade de providenciar um Banheiro dentro da casa de apoio na capital de Cuiabá.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_n_276_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_n_276_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao prefeito Valdemar Gamba com copia ao Secretária de Cidade a necessidade da limpeza do pátio no Colégio Municipal Profª Sônia Maria Faleiros.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/410/indicacao_n_277-2023_-_prefeito_e_dpto_tributos_assegur_doc_q_es_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/410/indicacao_n_277-2023_-_prefeito_e_dpto_tributos_assegur_doc_q_es_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, consoante o benefício de isenção tributária ao aposentado, pensionista, ou idoso com mais de 65 anos estabelecido pelo Código Tributário Municipal (CTM), INDICA ao Prefeito Municipal Valdemar Gamba, com cópia à Secretaria Municipal de Fazenda e a Direção de Arrecadação, após apreciação e aquiescência do soberano Plenário, a necessidade de estabelecer e regulamentar como documento comprobatório ao deferimento da concessão de isenção, o DEMONSTRATIVO DE CRÉDITO DE BENEFÍCIO (DCB), expedido pelas instituições financeiras pagadoras de benefícios do Instituto Nacional do Seguro Social (INSS) – conforme modelo anexo, segundo prescreve o § 2º do artigo 52 do CTM.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_n_278-2023_-_ind._ao_prefeito_afastamento_do_servidor_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_n_278-2023_-_ind._ao_prefeito_afastamento_do_servidor_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Valdemar Gamba, após apreciação e aquiescência do soberano Plenário, a necessidade de averiguação e aplicação dos explícitos termos da Lei Municipal nº 2.786/2023, que “dispõe sobre a prevenção e a punição do assédio moral no âmbito dos poderes do município de Alta Floresta”, em relação ao caso de que trata da publicação da matéria anexa, intitulada “Servidoras da limpeza são difamadas e humilhadas por líder de equipe”, consoante o que preceitua o artigo 7º da sobredita e inclusa Lei.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_n_279-_2023_-_mrm_-__ind._ao_prefeito_que_regulamente_o_pagamento_de_licenca-premio_aos_servidores_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_n_279-_2023_-_mrm_-__ind._ao_prefeito_que_regulamente_o_pagamento_de_licenca-premio_aos_servidores_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Senhor Prefeito Municipal Valdemar Gamba, que regulamente a conversão de Licença-Prêmio em pecúnia aos servidores que estão em fase de aposentadoria.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_n_280-_2023_-_fas-__ind._ao_governo_e_gestao_auxiliar_de_limpeza_no_centro_de_cursos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_n_280-_2023_-_fas-__ind._ao_governo_e_gestao_auxiliar_de_limpeza_no_centro_de_cursos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Governo, Gestão e Planejamento a necessidade de contratar uma faxineira fixa para o Centro de Cursos localizado na B-5.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito e ao Secretário de Obras e Infraestruturas Roberto Patel a necessidade de que seja implantada uma faixa de pedestre em frente a Churrascaria Cambalacho.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_n_282-_2023_-_fas_-ind._ao_prefeito_e_sec._de_educacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_n_282-_2023_-_fas_-ind._ao_prefeito_e_sec._de_educacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e a Secretaria Municipal de Educação a necessidade de fazer um estacionamento nos fundos e a calçada na frente da Escola Municipal Vilma Dias da Silva de Freitas.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_n_283-_2023_-_fas_-ind._a_infraestrutura_construcao_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_n_283-_2023_-_fas_-ind._a_infraestrutura_construcao_do_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos a necessidade de construir um bueiro na estrada ramal dois da Comunidade Paraíso.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_n_284-_2023_-_dls_-ind._ao_prefeito_conselho_de_transp_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_n_284-_2023_-_dls_-ind._ao_prefeito_conselho_de_transp_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba com cópia ao Secretário Municipal de Saúde José Aparecido de Souza, após apreciação e concordância do Soberano Plenário, que faça estudo para viabilizar a criação do Conselho de Transparência, Integridade e Combate à Corrupção (CTICC), órgão consultivo vinculado à Controladoria-Geral do Município de Alta Floresta – MT.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_n_285-_2023_-_lks_-ind._ao_prefeito_que_instale_labora_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_n_285-_2023_-_lks_-ind._ao_prefeito_que_instale_labora_ocred.pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba com cópia ao Secretário Municipal de Saúde José Aparecido de Souza, após apreciação e concordância do Soberano Plenário, que promovam estudos voltados à instalação de 01 (um) Laboratório para realização de exames, junto ao Pronto Atendimento Médico – PAM.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_n_286-_2023_-_jvn_-_ind._ao_prefeito_e_transito_que_in_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_n_286-_2023_-_jvn_-_ind._ao_prefeito_e_transito_que_in_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Trânsito com cópia à Prefeitura Municipal a necessidade de instalação de câmaras de vigilância em todos os semáforos do Município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_n_287_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_n_287_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._d_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria de Meio Ambiente a necessidade da Retirada de entulhos do pátio no Colégio Municipal Prof.ª Sônia Maria Faleiro.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_n_288-_2023_-_dpt_-_ind._ao_infraestrutura_reforma_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_n_288-_2023_-_dpt_-_ind._ao_infraestrutura_reforma_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de reforma e conservação de ponte na 2ª Norte.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_n_289_-2023_-_fas_ind._a_assistencia_social_o_auxilio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_n_289_-2023_-_fas_ind._a_assistencia_social_o_auxilio_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia a Secretaria de Assistência Social e Cidadania, após apreciação e concordância do Soberano Plenário a necessidade de estabelecer na Lei Municipal nº 2.524/2019, que dispõe sobre os benefícios eventuais no âmbito do SUAS /ALTA FLORESTA, a criação da tarifa social de religação de água, destinada as famílias de baixa renda.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_n_290-_2023_-_fas_-_indica_prefeito_isencao_do_mei_no_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_n_290-_2023_-_fas_-_indica_prefeito_isencao_do_mei_no_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de conferir nova redação ao respectivo disposto da Lei 1.527/2006 e alterações pertinentes que dispõe sobre o Código Tributário, quanto a isenção do pagamento de Alvará de funcionamento pelos Micro Empreendedores Individuais – MEI, consoante o que dispõe a Lei Complementar 147/2014 e a Resolução CGSIM n. 59/2020.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_n_291-_2023_-_fas_ind._ao_prefeito_propositora_a_conce_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_n_291-_2023_-_fas_ind._ao_prefeito_propositora_a_conce_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia a Secretaria Municipal de Assistência Social e Cidadania, após apreciação e concordância do Soberano Plenário a necessidade de análise e encaminhamento a apreciação desta Casa de Leis, de propositura de projeto voltado a garantir auxílio-aluguel para mulheres em situação de violência doméstica ou familiar, conforme minuta anexa.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia à Secretaria de Governo, Gestão e Planejamento, Secretaria de Meio Ambiente e Desenvolvimento Sustentável e Secretaria de Educação, após apreciação e concordância do Soberano Plenário, a necessidade de desenvolver projeto em parceria com o Lions Clube de Alta Floresta, voltado ao descarte e encaminhamento ambientalmente adequado do lixo eletrônico produzido pela Administração Municipal no âmbito da Administração Direta, Indireta, Autarquias, Empresas Públicas e Consórcios Públicos, em prol do Hospital do Câncer de MT e outras instituições públicas municipais.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Os vereadores que a esta subscrevem, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM ao Prefeito Municipal Sr. Valdemar Gamba com cópia ao Secretário Municipal de Saúde José Aparecido de Souza, após apreciação e concordância do Soberano Plenário, que promovam ações voltadas à implantação de uma Casa de Apoio ao Cidadão Altaflorestense no município de Sorriso, Mato Grosso, voltada ao acolhimento de pessoas de todo o município que estejam passando por tratamento de saúde, em face das mudanças no protocolo de atendimento a pacientes e sistema de regulação estabelecido pela Secretaria de Estado de Saúde (SES/MT).</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_n_294_-_2023_-_rls_-_ind_sec_de_intraest_recuperacao_r_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_n_294_-_2023_-_rls_-_ind_sec_de_intraest_recuperacao_r_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar a manutenção da Rua Marechal Cândido Rondon no Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/428/indicacao_n_295-_2023_-_csj_-ind._ao_prefeito_e_cidade_revitaliz_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/428/indicacao_n_295-_2023_-_csj_-ind._ao_prefeito_e_cidade_revitaliz_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Cidade Srº Valdines Antônio Martins Rojas, a necessidade de providenciar a Revitalização da Quadra de Areia a Pista de Caminhada e também a iluminação da quadra de Vôlei, localizado na Avenida Amazonas Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_n_296_-_2023_-_jvn_-_ind_a_gestao_e_a_sec_de_intraest_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_n_296_-_2023_-_jvn_-_ind_a_gestao_e_a_sec_de_intraest_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária Municipal de Governo, Gestão e Planejamento com cópia à Secretaria de Infraestrutura e Serviços Urbanos, a necessidade de construção de uma rotatória na Bifurcação da entrada do Bairro Cidade Bela, entre a Rua José Bonifácio de Andrade, Rua 12 de Outubro e Rua Primeiro de Maio.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Bernardo Patrício</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria de Cidade e Secretaria de Meio Ambiente, a necessidade de notificar os proprietários dos lotes no Residencial Moacir Bezerra, para que se faça a Limpeza dos mesmos, e que as áreas públicas sejam realizadas a Limpeza pelo Município.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Bernardo Patrício, Claudinei de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/431/indicacao_n_298-_2023_-_csj_-ind._a_infraestrutura_o_patrolament_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/431/indicacao_n_298-_2023_-_csj_-ind._a_infraestrutura_o_patrolament_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba e Secretário de Obras e Infraestrutura Srº Roberto Patel, a necessidade de realizar o Patrolamento e Cascalhamento nas ruas do Bairro Moacir Bezerra.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_n_299-_2023_-_csj_-ind._ao_prefeito_e_a__infraestrutur_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_n_299-_2023_-_csj_-ind._ao_prefeito_e_a__infraestrutur_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretaria de Cidade, a necessidade de providenciar Placas de Identificação com nomes de Ruas nos Bairros Jardim Europa e Jardim Ipiranga do município de Alta Floresta.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de aterrar os lotes do Bairro Moacir Bezerra.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_n_301-_2023_-_dls_-_ind._ao_prefeito_implantacao_de_um.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_n_301-_2023_-_dls_-_ind._ao_prefeito_implantacao_de_um.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, que providencie a implantação de um local para reuniões dos conselhos municipais.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_n_302-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_n_302-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, que faça a Reforma do prédio do Conselho Tutelar.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_n_303-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_n_303-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, que faça a Reforma do prédio onde ficava o SINE, localizado aos fundos do prédio do PROCON.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n_304_-_2023_-_mrm_-_ind_a_sec_de_infraest_quebra_mola.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n_304_-_2023_-_mrm_-_ind_a_sec_de_infraest_quebra_mola.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura, a necessidade de instalação de dois redutores de velocidade na MT-325 (Primeira Leste), sentido ao Porto de Areia e entre os bares do Tião da Viola e Jandira.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n_305-_2023_-_lks_-ind._a_dep._flavinha_unidade_odonto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n_305-_2023_-_lks_-ind._a_dep._flavinha_unidade_odonto.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Deputada Federal, Ana Flavia Rodrigues Ramiro (Dep. Flavinha) a necessidade de uma Unidade Odontológica Móvel para atender na Zona Rural no município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n_306-_2023_-_lks_-ind._a_dep._flavinha_solicita_uma_p_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n_306-_2023_-_lks_-ind._a_dep._flavinha_solicita_uma_p_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Deputada Federal, Ana Flavia Rodrigues Ramiro (Dep. Flavinha) a necessidade de uma Patrulha Mecanizada para atender nosso município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n_307-_2023_-_rls_-ind._a_dep._flavinha_pa_carregadeir_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n_307-_2023_-_rls_-ind._a_dep._flavinha_pa_carregadeir_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Deputada Federal Flavia Rodrigues (MDB), a fim de solicitar sua valiosa intervenção para cobrar a proposta N°038372/2023 que possui o intuito de adquirir uma Pá Carregadeira sobre rodas nova com um valor aproximado de R$ 422.185,00, para a Associação do Assentamento Da Jacamim II (AAJAC) com inscrição no (CNPJ(MF) sob 02328582000165, situada no Assentamento Jacamim, zona rural do município de Alta Floresta.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Professora Ilmarli, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n_308-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_educacao_limpeza_das_escolas_municipais_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n_308-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_educacao_limpeza_das_escolas_municipais_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba e a Secretária Municipal de Educação Lucinéia Martins de Matos criar uma equipe de limpeza e manutenção para atender as unidades escolares municipais.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n_309-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n_309-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e a Secretária Municipal de Educação Lucinéia Martins de Matos a necessidade de levantamento dos materiais permanentes das escolas municipais e os trâmites legais para despatrimonialização e/ou doação dos mesmos as entidades/instituições do município ou outras secretarias.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n_310-_2023_-_lks_e_rls_-_ind._ao_prefeito_aquisicao_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n_310-_2023_-_lks_e_rls_-_ind._ao_prefeito_aquisicao_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Municipal Valdemar Gamba, a necessidade de uma aquisição de um Caminhão Pipa para o Município de Alta Floresta.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Os Vereadores que NOVAMENTE subscrevem, de acordo com o Regimento Interno desta Casa, REINDICAM a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providênciar um Aparelho de Ressonância Magnética e um aparelho de Tomografia para o Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1° do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Valdemar Gamba, após apreciação e aquiescência do soberano Plenário, a necessidade de promover ações voltadas à destinação de uma área adequada no perímetro urbano, com área mínima de aproximados 3.000m2 (três mil metros quadrados), a título de cessão de uso ou doação, visando à construção do prédio destinado à sede filial do Instituto Centro de Vida (ICV) em Alta Floresta, com toda a infraestrutura necessária para o pleno funcionamento de suas atividades, que datam desde 1999 em nosso município.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria de Saúde a necessidade do conserto da cadeira de acessibilidade da van do Centro Especializado em Reabilitação - CER</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n_314-_2023_-_dptc_-_ind._ao_prefeito_a_doacao_de_um_t_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n_314-_2023_-_dptc_-_ind._ao_prefeito_a_doacao_de_um_t_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, a necessidade de viabilizar a doação de um terreno para a Associação Protetora Amamos Animais.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_315-2023_-_lks_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_315-2023_-_lks_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde José Aparecido de Souza a necessidade de enviar técnicos para realizar os devidos reparos nos Ares condicionado Do Posto de Saúde Ana Neri no setor B.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>Bernardo Patrício, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_316-2023_-_bps_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_316-2023_-_bps_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde José Aparecido de Souza a necessidade de enviar técnicos para realizar os devidos reparos no Ar condicionado Do Posto de Saúde do Jardim Panorama.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/450/indicacao_n_317-2023_-_rls_-_indica_sec_infraestrutura_patrolame_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/450/indicacao_n_317-2023_-_rls_-_indica_sec_infraestrutura_patrolame_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o patrolamento e cascalhamento da Serra do seu Aristides.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/451/indicacao_n_318-2023_-_rls_-_indica_sec_infraestrutura_reparos_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/451/indicacao_n_318-2023_-_rls_-_indica_sec_infraestrutura_reparos_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel para que faça a troca do bueiro de madeira por uma estrutura nova de aduelas na estrada Nasser Noujain que liga a comunidade Ourolanda a Jacamim e também fazer a modificação da estrada tirando uma curva que atrapalha o trafego de caminhões cumpridos.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/452/indicacao_n_319-_2023_-_bps_-_ind._novamente_a_implantar_um_redu_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/452/indicacao_n_319-_2023_-_bps_-_ind._novamente_a_implantar_um_redu_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que NOVAMENTE subscreve, de acordo com o Regimento Interno desta Casa, REINDICA a Secretaria de Infraestrutura e a Secretaria Municipal de Cidade a necessidade de implantar um quebra-molas na Av. Ariosto da Riva próximo a Empresa Agromotor.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_n_320-_2023_-_fas_-_ind._a_infraestrutura_e_direcao_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_n_320-_2023_-_fas_-_ind._a_infraestrutura_e_direcao_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com copia a Direção de Transito, Transporte e Segurança a necessidade de implantação de um redutor de velocidade na rua Estrela do Oriente no bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/454/indicacao_n_321-_2023_-_fas_-_ind._a_infraestrutura_e_governo_pa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/454/indicacao_n_321-_2023_-_fas_-_ind._a_infraestrutura_e_governo_pa_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento com copia a Secretaria de Infraestrutura a necessidade de realizar a pavimentação asfáltica nas ruas Marechal Deodoro da Fonseca e Tiradentes, do bairro Cidade Bela.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_n_322-_2023_-_fas_-_ind._a_direcao_de_transito_faixa_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_n_322-_2023_-_fas_-_ind._a_direcao_de_transito_faixa_d_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Transito, Transporte e Segurança, a necessidade de uma Faixa de Área de Conflito na Avenida Ayrton Senna, que da acesso a rua Cícero Tavares (T-4).</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/456/indicacao_n_323-2023_-_rls_-_indica_ao_pref_e_ao_sec_infraest_fl_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/456/indicacao_n_323-2023_-_rls_-_indica_ao_pref_e_ao_sec_infraest_fl_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao prefeito municipal Valdemar Gamba com copia ao Secretário de infraestrutura Sr. Roberto Patel a necessidade de flexibilização para manutenção de corredores de pequenos produtores do Assentamento Jacamim.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/457/indicacao_n_324-2023_-_rls_-_indica_sec_infraest_flex_man_ponte_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/457/indicacao_n_324-2023_-_rls_-_indica_sec_infraest_flex_man_ponte_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo da ponte da MT 419, próximo a agropecuária Jayme Campos</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_n_325-2023_-_rls_-_indica_sec__manut_estrada_cruzeiro_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_n_325-2023_-_rls_-_indica_sec__manut_estrada_cruzeiro_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de realizar o cascalhamento da estrada Cruzeiro Doa Sul em um ponto crítico quando se inicia os períodos chuvosos, que vai da fazenda Carolina até o fim da linha que se trata também de um percurso do ônibus escolar.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_n_326-2023_-_rls_-_indica_sec__sobs_de_bueiro_na_estra_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_n_326-2023_-_rls_-_indica_sec__sobs_de_bueiro_na_estra_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade a substituição de um bueiro de madeira por tubos corrugados na estrada Cruzeiro Do Sul.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_n_327-2023_-_rls_e_lks__-_indica_sec__saude_a_aqui_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_n_327-2023_-_rls_e_lks__-_indica_sec__saude_a_aqui_de_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde José Aparecido de Souza a necessidade de efetuar a compra de carrinhos de para condicionar os itens necessários para limpeza do Postos de Saúde.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>Adelson Servidor, Marcos Menin, Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/461/indicacao_n_328-2023_-_asr_e_dpt_-ind._a_infraestrutura_o_patrol_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/461/indicacao_n_328-2023_-_asr_e_dpt_-ind._a_infraestrutura_o_patrol_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de Infraestrutura Sr. Roberto Patel, a necessidade de cascalhamento na estrada que liga a Pista do Cabeça a MT-325.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/462/indicacao_n_329-2023_-_asr_e_dpt_-ind._a_infraestrutura_construc_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/462/indicacao_n_329-2023_-_asr_e_dpt_-ind._a_infraestrutura_construc_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de Infraestrutura Sr. Roberto Patel, a necessidade de construção de uma ponte de concreto sobre o Rio popularmente conhecido como "Molha Bêbado", na Comunidade Pista do Cabeça</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Agricultura e Pecuária a necessidade de um veículo Castramóvel para controle de animais em Alta Floresta.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/464/indicacao_n_331-_2023_-_lks_-_ind._a_sec._de_saude_uma_impresora_para_a_policlinica_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/464/indicacao_n_331-_2023_-_lks_-_ind._a_sec._de_saude_uma_impresora_para_a_policlinica_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar Impressoras a Policlínica que atende a População de Alta Floresta.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/465/indicacao_n_332-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cadeiras_de_descanso_para_a_pam_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/465/indicacao_n_332-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cadeiras_de_descanso_para_a_pam_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria Municipal de Saúde a necessidade de providenciar algumas Cadeiras de descanso para o Pronto Atendimento Municipal (PAM).</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/466/indicacao_n_333-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cozinha_permanente_para_a_pam_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/466/indicacao_n_333-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cozinha_permanente_para_a_pam_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde a necessidade de providenciar uma Cozinha permanente no Pronto Atendimento Médico – PAM.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a instalação de uma faixa de pedestre em frente à escola Professora Vilma Dias da Silva de Freitas localizada no Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos na Rua Valdemar Hartwing (D 07).</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/469/indicacao_n_336-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairro_bom_jesus_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/469/indicacao_n_336-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairro_bom_jesus_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba sejam instaladas placas de sinalização nas ruas do Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de recapeamento asfáltico na Rua Dracena (H/J).</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_n_338-2023_-_dls_-_ind._ao_prefeito_e_infraestrutura_recuperacaof_01_e_f_02._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_n_338-2023_-_dls_-_ind._ao_prefeito_e_infraestrutura_recuperacaof_01_e_f_02._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos e recuperação de bueiros nas esquinas das ruas F-1 e F-2.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n_339-2023_-_lks_-_ind._ao_dep._juarez_costa_recursos_de_um_clube_de_maes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n_339-2023_-_lks_-_ind._ao_dep._juarez_costa_recursos_de_um_clube_de_maes_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Federal Juarez Costa a necessidade de disponibilidade recursos financeiros voltados á construção de um Clube de Mães, para o Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/473/indicacao_n_340-2023_-_lks_-_ind._aosec._de_infraestrutura_pavimentacao_asfaltica_na_av._perimetral_nw_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/473/indicacao_n_340-2023_-_lks_-_ind._aosec._de_infraestrutura_pavimentacao_asfaltica_na_av._perimetral_nw_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA á secretaria de Infraestrutura a necessidade de realizar a Pavimentação Asfáltica na Av. Perimetral NW localizado no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/474/indicacao_n_341-2023_-_lks_-_ind._ao_prefeito_e_infraestrutura_construcao_de_um_redutor_na_laudiceia_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/474/indicacao_n_341-2023_-_lks_-_ind._ao_prefeito_e_infraestrutura_construcao_de_um_redutor_na_laudiceia_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura com cópia ao Prefeito Valdemar Gamba, a necessidade da construção de um redutor de velocidade (Quebra Molas) na Rua Laudicéia antes da Igreja Presbiterina  no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/475/indicacao_n_342-2023_-_fas_-_ind._a_direcao_de_transito_e_infraestrutura_redutor_de_velocidade_na_rua_ivandelina_r._nazario_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/475/indicacao_n_342-2023_-_fas_-_ind._a_direcao_de_transito_e_infraestrutura_redutor_de_velocidade_na_rua_ivandelina_r._nazario_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura com copia a Direção de Transito, Transporte e Segurança a necessidade de implantação de um redutor de velocidade na rua Ivandelina R. Nazario (rua ao lado do estacionamento da feira livre).</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n_343-2023_-_fit_-_ind._a_direcao_de_transito_conserto_do_semaforo_em_frente_a_escola_benjamin_de_padua._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n_343-2023_-_fit_-_ind._a_direcao_de_transito_conserto_do_semaforo_em_frente_a_escola_benjamin_de_padua._ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Diretoria Municipal de Trânsito, Transportes e Segurança a necessidade de conserto do semáforo em frente a Escola Municipal Benjamin de Pádua.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_n_344-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._ourolanda_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_n_344-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._ourolanda_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza com cópia ao Prefeito Valdemar Gamba, a necessidade de realizar a reforma do Posto De Saúde da Comunidade Ourolanda.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/478/indicacao_n_345-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._pista_do_cabeca._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/478/indicacao_n_345-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._pista_do_cabeca._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza com cópia ao Prefeito Valdemar Gamba, a necessidade de realizar a reforma do Posto De Saúde da Comunidade Pista do Cabeça.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/479/indicacao_n_346-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._sao_mateus_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/479/indicacao_n_346-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._sao_mateus_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza com cópia ao Prefeito Valdemar Gamba, a necessidade de realizar a reforma do Posto De Saúde da Comunidade São Mateus.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza com cópia ao Prefeito Valdemar Gamba, a necessidade de realizar a entrega dos moveis dos Postos de Saúde rurais das comunidades São Mateus, Ourolanda, e Pista da Cabeça.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/481/indicacao_n_348-_2023_-_rls_-_ind._a_sec._infraestrutura_patrolamento_das_estradas_da_comunidade_agua_limpa_e_terceira_sul_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/481/indicacao_n_348-_2023_-_rls_-_ind._a_sec._infraestrutura_patrolamento_das_estradas_da_comunidade_agua_limpa_e_terceira_sul_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento das estradas da comunidade Água Limpa e Terceira Sul.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/482/indicacao_n_349-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_ouro_verde_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/482/indicacao_n_349-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_ouro_verde_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza a necessidade de enviar uma equipe técnica para concertar o ar condicionado e ventilador do Posto de Saúde da Comunidade Ouro verde.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_n_350-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_da_pista_do_cabeca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_n_350-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_da_pista_do_cabeca_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza a necessidade de enviar uma equipe técnica para concertar o ar condicionado do Posto de Saúde da Pista Do Cabeça.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_n_351-_2023_-_rls_-_ind._a_sec._de_infraestrutura_conserto_da_ponte_na_estrada_28_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_n_351-_2023_-_rls_-_ind._a_sec._de_infraestrutura_conserto_da_ponte_na_estrada_28_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para trocar os trilhos da ponte sobre o rio Paranaíta na estrada 28, sentido Comunidade Jacamim.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/485/indicacao_n_352-2023_-_fit_-_ind._a_direcao_de_transito_substituicao_do_semaforo_proximo_a_escola_marines_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/485/indicacao_n_352-2023_-_fit_-_ind._a_direcao_de_transito_substituicao_do_semaforo_proximo_a_escola_marines_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção Municipal de Trânsito, Transportes e Segurança a necessidade da substituição do semáforo convencional da Avenida Ludovico da Riva Neto localizado próximo a Escola Estadual Profº Marinês Fátima de Sá Teixeira e a Escola Presbiteriana de Alta Floresta por um com temporizador.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_n_353-2023_-_ods_-_ao_secret_de_estado_de_saude_cc_dep_nininho_viabilizar_sistema_cirurgia_endoscopia_que_espec_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_n_353-2023_-_ods_-_ao_secret_de_estado_de_saude_cc_dep_nininho_viabilizar_sistema_cirurgia_endoscopia_que_espec_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual Ondanir Bortolini (Nininho), que faça gestão junto à Secretaria de Estado de Saúde de Mato Grosso (SES-MT), para que viabilize a destinação de sistema para cirurgia endoscópica (Karl Storz), também conhecida como cirurgia por vídeo, ao Hospital Regional “Albert Sabin” de Alta Floresta, possibilitando a realização de cirurgias minimamente invasivas relacionadas a inúmeras especialidades da medicina, como urologia, ginecologia, ortopedia, otorrinolaringologia e outras, além de ampliar e melhorar o atendimento a demanda de nosso município e região.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_n_354-2023_-_mrm_-_ind._a_secretaria_de_gestao_intalacao_de_parque_infantil_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_n_354-2023_-_mrm_-_ind._a_secretaria_de_gestao_intalacao_de_parque_infantil_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Gestão, que faça a instalação de um Playground (Parque Infantil) no bairro Jardim Renascer.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_n_355-2023_-_fit_-_ind._ao_dep._valdir_barranco_aquisicao_de_recursos_do_programa_luz_para_todos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_n_355-2023_-_fit_-_ind._ao_dep._valdir_barranco_aquisicao_de_recursos_do_programa_luz_para_todos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Cidades Valdines Rojas a necessidade de manutenção dos banheiros da rodoviária sendo que os vasos sanitários e os mictórios em sua maioria estão danificados e interditados</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_356-_2023_-_lks_e_rls_-_ind._a_sec._de_cidades_manutencao_dos_banheiros_da_rodoviaria_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_356-_2023_-_lks_e_rls_-_ind._a_sec._de_cidades_manutencao_dos_banheiros_da_rodoviaria_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Gestão, que faça a instalação de uma academia da terceira idade na Comunidade Santa Rita, setor Oeste.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n_357-2023_-_mrm_-_ind._a_secretaria_de_gestao_que_instale_ati_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n_357-2023_-_mrm_-_ind._a_secretaria_de_gestao_que_instale_ati_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba sejam instaladas placas de logradouros (placa de ruas) nas ruas do Setor B.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n_358-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_setor_b_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n_358-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_setor_b_ocred.pdf</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n_359-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairrojardim_europas_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n_359-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairrojardim_europas_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba sejam instaladas placas de logradouros (placa de ruas) nas ruas do Bairro Jardim Europa.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_n_360-2023_-_dls_-_ind._a_infraestrutura_retirada_do_ponto_de_onibus_na_avenida_ludovico_da_riva_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_n_360-2023_-_dls_-_ind._a_infraestrutura_retirada_do_ponto_de_onibus_na_avenida_ludovico_da_riva_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a Retirada do Ponto de Ônibus localizado na Avenida Ludovico da Riva, em frente a empresa Floresta Tintas.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_n_361-2023_-_jvn_-_ind._a_infraestrutura_reparos_na_rua_t2_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_n_361-2023_-_jvn_-_ind._a_infraestrutura_reparos_na_rua_t2_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a necessidade de patrolamento e cascalhamento da rua T2 (setor das chácaras) no Centro da Cidade de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/495/indicacao_n_362-2023_-_jvn_-_ind._a_infraestrutura_janela_na_sala_de_aula_de_artes_marciais_do_complexo_esportivo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/495/indicacao_n_362-2023_-_jvn_-_ind._a_infraestrutura_janela_na_sala_de_aula_de_artes_marciais_do_complexo_esportivo_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal com cópia à Secretaria de Infraestrutura e Serviços Urbanos a necessidade construção de uma janela na sala de aula de artes marciais do Complexo Esportivo Kayoko Tanaka (Ginásio de Esportes), para que o ar seja arejado.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a necessidade de pavimentação asfáltica para tampar buracos no asfalto da rua Av. Castelo Branco no Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária Municipal de Governo, Gestão e Planejamento com cópia à Secretaria de Infraestrutura e Serviços Urbanos, a necessidade de construção de uma rotatória no cruzamento em frente ao destacamento do 8º Batalhão da Polícia Militar na MT-208.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, que sejam trocadas as placas de logradouros (placa de ruas) nas ruas do Bairro Jardim Vila Verde.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n_366-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_na_praca_civica._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n_366-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_na_praca_civica._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Gestão, e ao Prefeito Valdemar Gamba, a necessidade de implantação de um Parque Público Infantil na Praça Cívica.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n_367-2023_-_fas_-_ind._ao_prefeito_placas_sinalizadoras_no_bairro_novo_horizonte_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n_367-2023_-_fas_-_ind._ao_prefeito_placas_sinalizadoras_no_bairro_novo_horizonte_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, que sejam instaladas placas de logradouros (placa de ruas) nas ruas do Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n_368-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_quadra_de_areia_e_outros_no_bairro_bom_jesus_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n_368-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_quadra_de_areia_e_outros_no_bairro_bom_jesus_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Esporte e Lazer, com cópia a Secretaria de Gestão, e ao Prefeito Valdemar Gamba, a necessidade de implantação de um Parque Público Infantil, Quadra de Areia e a reforma da Academia Pública ao Ar Livre, ao lado do Posto de Saúde do Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_n_369-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_bom_jesus_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_n_369-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_bom_jesus_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito, Transporte e Segurança com cópia a Secretaria de Governo, Gestão e Planejamento, a necessidade de implantação de sinalizações de trânsito com placas e faixas em todas as ruas do bairro Bom Jesus.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_n_370-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_novo_horizonte_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_n_370-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_novo_horizonte_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito, Transporte e Segurança com copia a Secretaria de Governo, Gestão e Planejamento, a necessidade de implantação de sinalizações de trânsito com placas e faixas em todas as ruas do bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_n_371-2023_-_lks_e_rls_-_ind._ao_presidente_da_camara_inst_de_correm._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_n_371-2023_-_lks_e_rls_-_ind._ao_presidente_da_camara_inst_de_correm._ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Presidente da Câmara Municipal de Alta Floresta, o senhor Oslen Dias dos Santos a necessidade instalar um corrimão na rampa que dá acesso ao plenário.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_n_372-2023_-_dls_-_ind._ao_pref._afixacao_de_placa_de_logradouro_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_n_372-2023_-_dls_-_ind._ao_pref._afixacao_de_placa_de_logradouro_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba seja trocado a placa de logradouro (placa de rua) na rua Arlindo Caione (D/F)</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_n_373-2023_-_rls_-_ind._ao_sec._de_saude_a_substituicao_das_portas_das_ubs_do_setor_rural_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_n_373-2023_-_rls_-_ind._ao_sec._de_saude_a_substituicao_das_portas_das_ubs_do_setor_rural_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza a necessidade de realizar reparos urgentes nas portas dos Postos de Saúde das comunidades Pista do Cabeça, São Mateus e Ourolanda.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_n_374-2023_-_rls_-_ind._ao_sec._de_saude_a_instalacao_de_ar-condicionado_nas_ubs_setor_rural_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_n_374-2023_-_rls_-_ind._ao_sec._de_saude_a_instalacao_de_ar-condicionado_nas_ubs_setor_rural_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza a necessidade da instalação de ar-condicionado nas UBS das Comunidades Ourolanda e São Mateus.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Cidades Valdines Rojas Com Cópia ao Diretor da rodoviária Anderson Rohling a necessidade de instalar novas portas no almoxarifado da Rodoviária Municipal.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_n_376-2023_-_csj_-_ind._ao_sec._de_cidades_redutor_de_velocidades_na_rua_d-05_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_n_376-2023_-_csj_-_ind._ao_sec._de_cidades_redutor_de_velocidades_na_rua_d-05_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Cidade Srº Valdines Antônio Martins Rojas, a necessidade de providenciar um (01) Quebra Molas Redutor de Velocidades na Rua D-05.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_n_377-2023_-_dpt_-_ind._ao_prefeito_c.c_a_sec._de_cidades_faixa_elevada_nas_avs._ariosto_e_ludovico_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_n_377-2023_-_dpt_-_ind._ao_prefeito_c.c_a_sec._de_cidades_faixa_elevada_nas_avs._ariosto_e_ludovico_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao excelentíssimo senhor prefeito Valdemar Gamba e à Secretaria de Cidade que faça estudo de viabilidade para implantação de uma faixa elevada na Av. Ariosto da Riva e Av. Ludovico da Riva Neto.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_n_378-2023_-_dptc_-_ind._a_sec._de_educacao_mobiliario_no_cer_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_n_378-2023_-_dptc_-_ind._a_sec._de_educacao_mobiliario_no_cer_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de saúde a necessidade de atender a demanda de mobiliário no CER, Centro Especializado em Reabilitação.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_379-2023_-_dptc_-_ind._a_sec._de_transito_sinalizacao_em_um_redutor_no_bairro_vila_nova_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_379-2023_-_dptc_-_ind._a_sec._de_transito_sinalizacao_em_um_redutor_no_bairro_vila_nova_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria de Trânsito, a necessidade  de pintura e placa de sinalização em um redutor de velocidade no Bairro Vila Nova.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_380-2023_-_dptc_-_ind._a_sec._de_saude_mobiliario_da_ubs_do_jardim_primavera._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_380-2023_-_dptc_-_ind._a_sec._de_saude_mobiliario_da_ubs_do_jardim_primavera._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, a Secretaria Municicipal de saúde a necessidade de atender a demanda de mobiliário da Unidade de Saúde do Bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_381-_2023_-_fas_-_reportando_a_ind._018__ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_381-_2023_-_fas_-_reportando_a_ind._018__ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata_ocred.pdf</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_382-_2023_-_rls_-_a_sec._de_infraestrutura_molhe__todo_o_perimetro_das_av._teles_pires_sem_pavimentacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_382-_2023_-_rls_-_a_sec._de_infraestrutura_molhe__todo_o_perimetro_das_av._teles_pires_sem_pavimentacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de que o caminhão Pipa responsável por molhar a AV. Teles Pires ao final da rua G, percorra todo o perímetro do entroncamento da C até o canteiro de obras do Hospital regional.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária Municipal de Governo, Gestão e Planejamento com cópia à Secretaria de Infraestrutura e Serviços Urbanos, a necessidade de implementação de acessibilidade no Parque das Capivaras localizada na Rua C, Centro de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao excelentíssimo senhor prefeito Valdemar Gamba e à Secretaria de Cidade que faça estudo de viabilidade para implantação de um redutor de velocidade na Rua: Ademar de Barros no bairro cidade bela.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao prefeito Valdemar Gamba com copia ao Secretario de Cidade a necessidade de realizar uma limpeza abrangente e regular do Cemitério Municipal de Alta Floresta</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_386-_2023_-_rls_-_a_sec._de_saude_consertar_o_ar-condicionado_do_psf_comunidade_rio_verde._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_386-_2023_-_rls_-_a_sec._de_saude_consertar_o_ar-condicionado_do_psf_comunidade_rio_verde._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Saúde José Aparecido de Souza a necessidade de enviar uma equipe técnica para consertar o ar-condicionado do Posto de Saúde da Comunidade Rio Verde.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/520/indicacao_n_387-_2023_-_fas_-_a_sec._de_cidade_e_meio_ambiente_poda_nas_arvores_da_rua_maceio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/520/indicacao_n_387-_2023_-_fas_-_a_sec._de_cidade_e_meio_ambiente_poda_nas_arvores_da_rua_maceio_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade com cópia a Secretária de Meio Ambiente e Desenvolvimento Sustentável, a necessidade de realizar a poda nas arvores da rua Maceió do bairro Cidade Alta.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_n_388-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_reforma_na_ubs_jardim_primavera_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_n_388-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_reforma_na_ubs_jardim_primavera_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdmar Gamba e a Secretaria Municipal de Saúde a necessidade de providenciar uma reforma e ampliação, com uma estrutura, mas moderna, na Unidade Básica de Saúde Jardim Primavera.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar a manutenção dos ares-condicionados instalados na sala do Médico e na sala de enfermagem localizada na Unidade Básica de saúde Jardim Primavera.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_n_390-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_providenciar_2_ares-condicionados_na_ubs_jardim_primavera_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_n_390-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_providenciar_2_ares-condicionados_na_ubs_jardim_primavera_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar a instalações de Dois (02) Ares-Condicionados na sala de Medicamentos e Procedimentos e na sala de Triagem na unidade Básica de saúde que atende o Bairro Primavera.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_n_391-2023_-_rls_e_lks_-_ind._ao_prefeito_providenciar_a_ampliacao_do_barracao_do_cci_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_n_391-2023_-_rls_e_lks_-_ind._ao_prefeito_providenciar_a_ampliacao_do_barracao_do_cci_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Prefeito Municipal Valdemar Gamba e a Secretaria de Assistência Social a necessidade de providenciar a ampliação do Barracão do CCI- Centro de convivência a pessoa idosa que no mesmo é ofertado atividades recreativas e apoio ao nosso idosos.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_n_392-2023_-_dls_-_ind._a_cidade_e_meio_ambiente_podas_das_arvores_nas_ruas_das_avenidas_ariosto_e_ludovico_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_n_392-2023_-_dls_-_ind._a_cidade_e_meio_ambiente_podas_das_arvores_nas_ruas_das_avenidas_ariosto_e_ludovico_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade c/c ao Meio Ambiente necessidade de executar o serviço de podas das árvores nas Ruas das Avenidas Ariosto e Ludovico da Riva.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_n_393-2023_-_rls_e_lks_-_ind._ao_prefeito_posto_policial_no_bairro_cidade_alta_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_n_393-2023_-_rls_e_lks_-_ind._ao_prefeito_posto_policial_no_bairro_cidade_alta_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Valdemar Gamba a instalação de um posto policial no bairro Cidade Alta, onde ele irá auxiliar nos bairros vizinhos.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_n_394_-_2023_-_lks_e_rls__-_reindica_a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_n_394_-_2023_-_lks_e_rls__-_reindica_a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, REINDICAM ao prefeito Valdemar Gamba com cópia ao Secretario de Cidade a necessidade da retirada de entulhos do pátio no Escola Municipal Professora Sonia Maria faleiro.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_n_395-2023_-_asr_-_ind._patrolamento_e_cascalhamento_da_estrada_com._guadalupe_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_n_395-2023_-_asr_-_ind._patrolamento_e_cascalhamento_da_estrada_com._guadalupe_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA Secretaria de Infraestrutura a necessidade de realizar o serviço de patrolamento e cascalhamento na estrada da Comunidade Guadalupe.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n_396-2023_-_dls_-_ind._ao_prefeito_e_transito_placas_de_sinalizacao_na_avenida_do_aeroporto_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n_396-2023_-_dls_-_ind._ao_prefeito_e_transito_placas_de_sinalizacao_na_avenida_do_aeroporto_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e direção trânsito sejam instaladas placas de sinalização na Avenida do Aeroporto setor C.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n_397-2023_-_dls_-_ind._ao_prefeito_e_educacao_curso_t_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n_397-2023_-_dls_-_ind._ao_prefeito_e_educacao_curso_t_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e a Secretaria de Educação a disponibilização do curso de formação continuada para todos os funcionários das escolas municipais, com cursos voltados ao autismo e outros tipos de transtornos, para que assim elas possam atender os alunos da rede municipal de educação.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_398-2023_-_dls_-_ind._a_sec._cidade_e_infraestrutura_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_398-2023_-_dls_-_ind._a_sec._cidade_e_infraestrutura_ocred.pdf</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_399-2023_-_dls_-_ind._ao_prefeito_e_sec._infraestrut_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_399-2023_-_dls_-_ind._ao_prefeito_e_sec._infraestrut_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos nas Ruas Vereador Paulo Cesar Lenig (G 05) e Padre Sebastião Santana Silva (EG 02) Bairro Centro.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_400-2023_-_dls_-_ind._ao_prefeito_parceria_com_o_cen_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_400-2023_-_dls_-_ind._ao_prefeito_parceria_com_o_cen_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba que realize uma parceria com o Centro de Desenvolvimento Infantil ICOG para atender a demanda dos Autistas e pessoas com Deficiência.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_401-2023_-_lks_e_rls__-_ind._a_infraestrutura_pavime_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_401-2023_-_lks_e_rls__-_ind._a_infraestrutura_pavime_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA á secretaria de infraestrutura a necessidade de realização da pavimentação asfálticas nas Ruas Frei Caneca, Frei Henrique de Coimbra, Dom Pedro II e a Rua Estácio de Sá Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_402-2023_-_lks_e_rls__-_ind._ao_prefeito_e_sec._de_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_402-2023_-_lks_e_rls__-_ind._ao_prefeito_e_sec._de_c_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao prefeito Valdemar Gamba com copia ao Secretário de Cidade a necessidade da Retirada de Papelão, madeira e Plástico do pátio no Escola Municipal  Prof.ª Sonia Maria Faleiro, no qual o mesmo se encontra com muito acumulo de Lixo.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/536/indicacao_n_403-2023_-_rls__-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/536/indicacao_n_403-2023_-_rls__-_ind._a_infraestrutura_recuperacao_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel que envie uma equipe para realizar a recuperação de um bueiro na Estrada Estrela Vicinal I, próximo à fazenda São Gabriel.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_n_404-2023_-_asr__-_ind._ao_prefeito_e_a_transito_faix_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_n_404-2023_-_asr__-_ind._ao_prefeito_e_a_transito_faix_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópia a Diretoria Municipal de Trânsito, a necessidade de implantação de uma faixa elevada na Rua B, esquina com rua B4.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_n_405-2023_-_asr__-_ind._ao_prefeito_e_esporte_e_cidad_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_n_405-2023_-_asr__-_ind._ao_prefeito_e_esporte_e_cidad_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópias as Secretarias de Esportes e Cidades, a necessidade de implantação de calçamento, com Pista de Caminhada ao redor do Cemitério, no bairro Jardim Araras.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n_406-2023_-_jvn_-_ind._a_sec._de_governo_e__infraestrutura_redutor_de_velocidade_na_perimetral_rogerio_silva_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n_406-2023_-_jvn_-_ind._a_sec._de_governo_e__infraestrutura_redutor_de_velocidade_na_perimetral_rogerio_silva_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária Municipal de Governo, Gestão e Planejamento com cópia à Secretaria de Infraestrutura e Serviços Urbanos, a necessidade de reconstruir as lombadas da Av. Perimetral Rogério Silva.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/540/indicacao_n_407-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_retirada_dos_restos_de_materiais_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/540/indicacao_n_407-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_retirada_dos_restos_de_materiais_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal com cópia à Secretaria de Educação que notifique ao órgão competente, a necessidade de retirada dos restos de materiais residuais das escolas do município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_n_408-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_alugar_climatizadores_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_n_408-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_alugar_climatizadores_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal com cópia à Secretaria de Educação a necessidade de alugar climatizadores ou um gerador de energia para ser instalado na Escola Jardim das Flores.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópia a Secretaria de Gestão e Planejamento a necessidade de implantação de ATI (Academia da Terceira Idade) na Comunidade Sol Nascente.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/543/indicacao_n_410-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_por__aduelas_na_estrada_nasser_noujain_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/543/indicacao_n_410-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_por__aduelas_na_estrada_nasser_noujain_ocred.pdf</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_411-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_na_comunidade_pista_do_cabeca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_411-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_na_comunidade_pista_do_cabeca_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade Pista do Cabeça em frente ao comercio do Sr. Tata.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade Vale do Apiacás próximo à propriedade do Sr. Catarino que está desbarrancando as cabeceiras e se faz necessária uma manutenção preventiva o mais rápido possível.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_413-2023_-_fas_-_ind._a_sec._de_saude_um_telefone_fi.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_413-2023_-_fas_-_ind._a_sec._de_saude_um_telefone_fi.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal e a Secretaria de Saúde, a necessidade de um telefone fixo ou celular com whatsApp para os Postos de Saúde do Município tanto na zona Urbana como na Zona Rural.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_414-2023_-_csj_-_ind._a_sec._de_cidade_bancos_assen.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_414-2023_-_csj_-_ind._a_sec._de_cidade_bancos_assen.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, o Secretário de Cidade Valdines Antônio Martins Rojas, a necessidade de que se providencie bancos (Assentos) na Praça do Bairro Vila Nova e Praça Cívica do centro de Alta Floresta.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_415-2023_-_fas__-_ind._a_sec._de_saude_instalar_um_a.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_415-2023_-_fas__-_ind._a_sec._de_saude_instalar_um_a.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde, a necessidade de instalar um ar-condicionado na sala de procedimentos e ventiladores para a área de espera no Unidade Básica de Saúde da Família II do bairro Cidade Bela.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_416-2023_-_fas__-_ind._ao_prefeito_e_sec._de_transit.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_416-2023_-_fas__-_ind._ao_prefeito_e_sec._de_transit.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal com cópia a Direção de Trânsito, Transporte e Segurança a necessidade de implantar lombadas eletrônicas na Perimetral Rogério Silva, e nas Avenidas Ariosto e Ludovico da Riva Neto, e na Avenida Mato Grosso.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_n_417-2023_-_dls__-_ind._ao_sec._de_meio_ambiente_e_ci.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_n_417-2023_-_dls__-_ind._ao_sec._de_meio_ambiente_e_ci.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia as Secretarias de Meio Ambiente e Cidade, a necessidade de um estudo de viabilidade técnica para retirada de uma arvore em frente a empresa Tok Lar Variedades.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_n_418-2023_-_dls__-_ind._ao_prefeito_e_infraestrutura.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_n_418-2023_-_dls__-_ind._ao_prefeito_e_infraestrutura.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica no final da Rua A 04 (Miguel Isano Yocida).</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde e o prefeito Valdemar Gamba a necessidade de providenciar uma Máquina de Alta Pressão para a limpeza das calçadas e nas paredes da casa de apoio localizada em Cuiabá-MT.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_n_420-2023_-_lks_-_ind._ao_sec._decidade_e_o_prefeito_pinturas_dos__quebra_mola_em_bairros_do_municipio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_n_420-2023_-_lks_-_ind._ao_sec._decidade_e_o_prefeito_pinturas_dos__quebra_mola_em_bairros_do_municipio_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidades com copia ao Prefeito Valdemar Gamba, para pinturas dos  Quebra Mola nos Bairros Cidade Alta, Cidade Bela, Jardim das Flores e nas áreas circunvizinhas.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/627/indicacao_n_421-2023_-_csj_-_ind._ao_prefeito_disponibilizar_internet_em_todos_os_psf_rurais_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/627/indicacao_n_421-2023_-_csj_-_ind._ao_prefeito_disponibilizar_internet_em_todos_os_psf_rurais_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, a necessidade de que se providencie para disponibilizar INTERNET em todos os PSF das Comunidades Rurais de Alta Floresta.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_n_422-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_cidade_redutor_de_velocidades_na_rua_aldo_brandine_no_bairro_almeida_prado_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_n_422-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_cidade_redutor_de_velocidades_na_rua_aldo_brandine_no_bairro_almeida_prado_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Cidade Srº Valdines Antônio Martins Rojas, a necessidade de providenciar um (01) Quebra Molas Redutor de Velocidades na Rua Aldo Brandine no Bairro Almeida Prado, para que todos possam trafegar com segurança por estes locais.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_423-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_educacao_construcao_de_02__salas_de_aula_na_escola_paulo_pires_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_423-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_educacao_construcao_de_02__salas_de_aula_na_escola_paulo_pires_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretária de Educação Lucineia Martins Mattos, a necessidade de providenciar a construção de duas (02) Salas de aula na Escola Municipal de Ensino Infantil Paulo Pires, setor Boa Nova.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_424-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_infraestrutura_cascalhamento_entre_o_trecho_da_estrada_que_liga_comunidade_ceu_azul_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_424-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_infraestrutura_cascalhamento_entre_o_trecho_da_estrada_que_liga_comunidade_ceu_azul_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Infraestrutura Srº Roberto Patel, a necessidade de providenciar Patrolamento e Cascalhamento entre o trecho da estrada que liga comunidade Céu Azul ao Bairro Vila Nova e Rua Jacarandás.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_425-2023_-_dls_-_ind._ao_prefeito_implantacao_de_uma_fazenda_de_energia_solar_para_atender_os_orgaos_publicos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_425-2023_-_dls_-_ind._ao_prefeito_implantacao_de_uma_fazenda_de_energia_solar_para_atender_os_orgaos_publicos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba que realize a implantação de uma Fazenda de Energia Solar, para atender os órgãos públicos do município.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade com cópia a Chefia de Limpeza Urbana necessidade de executar o serviço de limpeza dos canteiros e rua na Avenida Nossa Senhora Aparecida, em frente à Escola Estadual 19 de Maio.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_n_427-2023_-_dls_-_ind._a_sec._cidade_e_chefia_de_limpeza_limpeza_dos_canteiros_da_perimetral_rogerio_silva._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_n_427-2023_-_dls_-_ind._a_sec._cidade_e_chefia_de_limpeza_limpeza_dos_canteiros_da_perimetral_rogerio_silva._ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade com cópia a Chefia de Limpeza Urbana necessidade de executar o serviço de limpeza dos canteiros e laterais da Perimetral Rogerio Silva.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_n_428-2023_-_dls_-_ind._ao_prefeito_e_sec._educacao_limpeza_reforma_do_parque_da_escola_jardim_das_flores_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_n_428-2023_-_dls_-_ind._ao_prefeito_e_sec._educacao_limpeza_reforma_do_parque_da_escola_jardim_das_flores_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e a Secretário de Educação, que seja realizado a Reforma do Parque da Escola Jardim das Flores.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_n_429-2023_-_jvn_-_ind._as_sec._de_gestao_e_sec._de_infraestrutura_conclusao_da_pavimentacao_asfaltica_da_av._leandro_adorno_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_n_429-2023_-_jvn_-_ind._as_sec._de_gestao_e_sec._de_infraestrutura_conclusao_da_pavimentacao_asfaltica_da_av._leandro_adorno_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Gestão e Planejamento com cópia à Secretaria de Infraestrutura e Serviços Urbanos que realizem a conclusão da pavimentação asfáltica da Av. Leandro Adorno, trecho que compreende entre a Av. Júlio José dos Campos e Av. Airton Senna.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_n_430-2023_-_bps_-_ind._a_sec._de_cidade_redutor_de_velocidades_na_av._unemat_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_n_430-2023_-_bps_-_ind._a_sec._de_cidade_redutor_de_velocidades_na_av._unemat_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade a necessidade de providenciar um (01) Quebra Molas Redutor de Velocidade na Av. Unemat próximo ao PSF no Bairro Jardim Universitário.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Câmara Municipal de Alta Floresta</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/150/mocao_no_001-2023_-_cmaf-_pesar_com_a_familia_do_eutalio_bicudo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/150/mocao_no_001-2023_-_cmaf-_pesar_com_a_familia_do_eutalio_bicudo_ocred.pdf</t>
   </si>
   <si>
     <t>PESAR à família, aos amigos e admiradores do grande pioneiro falecido do grande pioneiro Eutálio Bicudo Neto, falecido no último dia 18 de janeiro do corrente.</t>
   </si>
   <si>
     <t>PESAR à família, aos amigos e admiradores do Advogado Aarão Lincoln Sicuto, falecido no último dia 31 de janeiro de 2023 aos 53 anos.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/155/mocao_no_003-2023_-_csj_-_congratulacoes_com_o_wellignton_crepal_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/155/mocao_no_003-2023_-_csj_-_congratulacoes_com_o_wellignton_crepal_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Wellington Crepaldi, representante da Equipe de futebol VIRACOPOS ESPORTE CLUBE em Alta Floresta, juntamente com um grupo de amigos.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/156/mocao_no_004-2023_-_jvn_-_congratulacoes_com_a_atleta_darianeda_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/156/mocao_no_004-2023_-_jvn_-_congratulacoes_com_a_atleta_darianeda_ocred.pdf</t>
   </si>
   <si>
     <t>Congratulações com a atleta Dariane da Silva Miguel, pela representatividade do município na corrida Internacional de São Silvestre.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_no_005-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_no_005-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa LISBOA PALACE HOTEL pelos 37 anos de atuação histórica neste município e a relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/159/mocao_no_006-2023_-_rls_-_congratulacoes_com_os_servidores_do_ps_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/159/mocao_no_006-2023_-_rls_-_congratulacoes_com_os_servidores_do_ps_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES dedicadas aos servidores da Unidade Básica de Saúde da comunidade Ouro Verde, pela honrosa atuação e desempenho de suas funções para com a Saúde Pública Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_no_007-2023_-_fit_-_congratulacoes_com_a_professora_rudima_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_no_007-2023_-_fit_-_congratulacoes_com_a_professora_rudima_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora Mestra em ensino Rudimaria dos Santos pelos relevantes serviços prestados e extrema dedicação e empenho com que realiza seus trabalhos em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/163/mocao_no_008-2023_-_lks_-_congratulacoes_com_a_enfermeira_maria_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/163/mocao_no_008-2023_-_lks_-_congratulacoes_com_a_enfermeira_maria_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Servidora Municipal Maria da Luz de Sá Primo, por sua dedicação, contribuição e relevantes serviços prestados ao município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/167/mocao_no_009-2023_-_dpt_-_congratulacoes_com_o_carlito_rosa_nune_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/167/mocao_no_009-2023_-_dpt_-_congratulacoes_com_o_carlito_rosa_nune_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Carlito Rosa Nunes, pelo brilhante e atencioso trabalho, sempre com muita alegria e destreza.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/168/mocao_no_010-2023_-_fas_-_congratulacoes_com_a_academia_poly_spo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/168/mocao_no_010-2023_-_fas_-_congratulacoes_com_a_academia_poly_spo_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Academia Poly Sport Academia pelos seus 24 anos de relevantes serviços prestados à sociedade altaflorestense.</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO à empresa Viação Novo Horizonte Ltda pela prestação de serviço inadequado por insatisfação na exploração do serviço Sistema de Transporte Coletivo Rodoviário Intermunicipal de Passageiros do Estado de Mato Grosso – STCRIP/MT, na exploração do Lote II Mercado MIT 7 (Alta Floresta), em função do descumprimento das condições de pontualidade, eficiência, Segurança, Conforto, Higiene, Precariedade Dos veículos automotores atuais, com total falta de respeito e compromisso com a população.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/181/mocao_no_012-2023_-_csj-_ao_douglas_tardim_do_araras_futebol_clu_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/181/mocao_no_012-2023_-_csj-_ao_douglas_tardim_do_araras_futebol_clu_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES a Douglas Pardim, representante da equipe ARARAS FUTEBOL CLUBE em Alta Floresta, juntamente com um grupo de amigos.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/184/mocao_no_013-2023_-_dptc_-congratulacoes_com_a_servidora_dineile_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/184/mocao_no_013-2023_-_dptc_-congratulacoes_com_a_servidora_dineile_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Dineile Aparecida Modesto Sandim, por sua dedicação, contribuição e relevantes serviços no CREAS em Alta Floresta/MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/187/mocao_no_014-2023_-_dptc_-congratulacoes_com_a_medico_sergue_dav_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/187/mocao_no_014-2023_-_dptc_-congratulacoes_com_a_medico_sergue_dav_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Dr. Sergue David Lechinewski, pelos trabalhos prestados na saúde pública em Alta Floresta.</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Mania Kids pelos 9 anos de atuação histórica neste município e a relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/196/mocao_no_016-2023_-_cmaf-_repudio_energisa_sa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/196/mocao_no_016-2023_-_cmaf-_repudio_energisa_sa_ocred.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO contra a Concessionária ENERGISA S/A, em função da má qualidade dos serviços prestados, o descaso com a sociedade altaflorestense, com total falta de respeito e compromisso com a população.</t>
   </si>
   <si>
     <t>PESAR à família, aos amigos e admiradores do Senhor Odeci da Silva, falecido no último dia 20 de fevereiro do corrente.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/200/mocao_no_018-2023_-_fit_-_congratulacao_com_a_auxiliar_de_enferm_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/200/mocao_no_018-2023_-_fit_-_congratulacao_com_a_auxiliar_de_enferm_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a auxiliar de enfermagem aposentada MARIA ROCHA DE ALMEIDA pelo brilhante e honroso desempenho de suas funções ao longo de sua trajetória na Saúde Pública Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/202/mocao_no_019-2023_-_csj_-aco_norte_futebol_clube_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/202/mocao_no_019-2023_-_csj_-aco_norte_futebol_clube_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à Jose Edson da Costa Lage representando Aço Norte Futebol Clube, em Alta Floresta, juntamente com um grupo de amigos.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/203/mocao_no_020-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/203/mocao_no_020-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Mérito Empreendimentos pelos 13 anos de atuação histórica neste município e a relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/204/mocao_no_021-2023_-_dpt_-_congratulacao_sr._luiz_teles_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/204/mocao_no_021-2023_-_dpt_-_congratulacao_sr._luiz_teles_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Sr. Luiz Teles, pelo brilhante e atencioso trabalho, sempre com muita alegria e destreza.</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Sr. Jailson Carlos Farias Pereira, pelo brilhante e atencioso trabalho, sempre com muita alegria e destreza e relevantes serviços prestados à sociedade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/206/mocao_no_023-2023_-_lks_-_congratulacao_o_casal_jose_e_ligia_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/206/mocao_no_023-2023_-_lks_-_congratulacao_o_casal_jose_e_ligia_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o casal, Senhor José de Paula Toledo e Senhora Ligia Margarida Martins Toledo, pelo reconhecimento a seus 42 anos de dedicação, contribuição e relevantes serviços prestados ao município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/207/mocao_no_024-2023_-_dptc_-_congratulacao_vidroalta_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/207/mocao_no_024-2023_-_dptc_-_congratulacao_vidroalta_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Vidraçaria Vidro Alta, através dos empresários José Gildivan Freire da Silva e Kelly Mirian Volpe Freire, pela relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/210/mocao_no_025-2023_-_jvn_-_congratulacao_com_o__atleta_roberto_ma_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/210/mocao_no_025-2023_-_jvn_-_congratulacao_com_o__atleta_roberto_ma_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Atleta Roberto Martins da Silva, pelo brilhante e honroso desempenho em competições pelo Estado de Mato Grosso-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/212/mocao_no_026-2023_-_fas_-_congratulacao_com_a_empresa_marcos_aut_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/212/mocao_no_026-2023_-_fas_-_congratulacao_com_a_empresa_marcos_aut_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Marcos Auto Elétrica pela comemoração de seus 32 anos de atuação e história neste município e relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/214/mocao_no_027-2023_-_fit_-_congratulacao_com_a_mulheres_da_limpez_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/214/mocao_no_027-2023_-_fit_-_congratulacao_com_a_mulheres_da_limpez_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com as mulheres da limpeza urbana da Secretaria Municipal de Infraestrutura da Prefeitura Municipal de Alta Floresta - MT pelo brilhante trabalho e desempenho de suas funções.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/217/mocao_no_028-2023_-_ods_congratulacoes_com_loja_maconica_luz_e_l_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/217/mocao_no_028-2023_-_ods_congratulacoes_com_loja_maconica_luz_e_l_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Loja Maçônica Luz e Liberdade da Amazônia pelos relevantes serviços humanitários prestados ao município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/219/mocao_no_029-2023_-_fas_-_congratulacao_com_drogaria_coroados_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/219/mocao_no_029-2023_-_fas_-_congratulacao_com_drogaria_coroados_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Drogaria Coroados pela comemoração de seus 38 anos de atuação e história neste município e relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/220/mocao_no_030-2023_-_dls_-_congratulacao_com_o_instituto_educacio_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/220/mocao_no_030-2023_-_dls_-_congratulacao_com_o_instituto_educacio_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Instituto Educacional Atual pelo pioneirismo, excelência no atendimento e relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/223/mocao_no_031-2023_-_jvn_-miss_helen_goncalves_larocca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/223/mocao_no_031-2023_-_jvn_-miss_helen_goncalves_larocca_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Miss Hélen Gonçalves Larocca, pelo brilhante e honroso desempenho na conquista de vários títulos representando o município de Alta Floresta/MT pelo estado de Mato Grosso-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/225/mocao_no_032-2023_-_bps_-_congratulacoes_com_o_servidor_jean_car_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/225/mocao_no_032-2023_-_bps_-_congratulacoes_com_o_servidor_jean_car_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Servidor Jean Carlos Silva pelos relevantes serviços prestados ao município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/227/mocao_no_033-2023_-_csj_-_congratulacoes_com_os_servidores_e_alu_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/227/mocao_no_033-2023_-_csj_-_congratulacoes_com_os_servidores_e_alu_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e menção honrosa com o IFMT Campus de Alta Floresta, bem como o corpo acadêmico e os discentes da unidade, em especial ao Curso Bacharelado em Administração pela nota máxima na avaliação do MEC, conceito que eleva o curso a condição de excelência.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/229/mocao_no_034-2023_-_fas-_congratulacao_com_o_empresa_publiart_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/229/mocao_no_034-2023_-_fas-_congratulacao_com_o_empresa_publiart_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Publiart pelo pioneirismo, excelência no atendimento e relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/231/mocao_no_035-2023_-_mrm-_congratulacao_com_o_empresa_scar_som_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/231/mocao_no_035-2023_-_mrm-_congratulacao_com_o_empresa_scar_som_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Scar Som – Couro e Acessórios, através do empresário Alencar Finger, pelo avanço e relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/233/mocao_no_036-2023_-_fit_-congratulacao_com_o_time_uniao_futsal_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/233/mocao_no_036-2023_-_fit_-congratulacao_com_o_time_uniao_futsal_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o time União Futsal Feminino, vencedor da 1ª Copa Batom de Futsal Feminino de Alta Floresta – MT pelo esforço, dedicação e brilhante desempenho na competição.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/236/mocao_no_037-2023_-_dptc_-_congratulacoes_com_a_empresa_alta_veiculos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/236/mocao_no_037-2023_-_dptc_-_congratulacoes_com_a_empresa_alta_veiculos_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Alta Veículos pelos 22 anos de atuação histórica neste município e a relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/237/mocao_no_038-2023_-_asr_-congratulacao_com_escritora_e_ilustrado_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/237/mocao_no_038-2023_-_asr_-congratulacao_com_escritora_e_ilustrado_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a escritora e ilustradora Stella Sousa Marques, de 9 anos, pela publicação do livro Fábulas Encantadoras.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/238/mocao_no_039-2023_-_asr_-congratulacao_com_1_sgt_manoel_joacir_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/238/mocao_no_039-2023_-_asr_-congratulacao_com_1_sgt_manoel_joacir_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o 1° Sgt Manoel Joacir de Campos pelo brilhante trabalho realizado durante 34 anos como Policial Militar.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/245/mocao_no_040-2023_-_lks_-_congratulacao_as_colaborados_da_prefei_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/245/mocao_no_040-2023_-_lks_-_congratulacao_as_colaborados_da_prefei_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com as colaboradoras que especificam pelo bom trabalho e desempenho prestado nas suas funções na Prefeitura Municipal de Alta Floresta</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/247/mocao_no_041-2023_-_fas_-_congratulacao_com_drogaria_bom_jesus_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/247/mocao_no_041-2023_-_fas_-_congratulacao_com_drogaria_bom_jesus_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Drogaria Bom Jesus pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a equipe da Academia Alcateia Top Team pela brilhante atuação dos seus atletas em competições esportivas representando o município de Alta Floresta-MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/251/mocao_no_043-2023_-_fas-_congratulacao_com_o_empresa_dk_organiza_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/251/mocao_no_043-2023_-_fas-_congratulacao_com_o_empresa_dk_organiza_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa DK ORGANIZAÇÂO CONTÁBIL LTDA pelo pioneirismo, excelência no atendimento e relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/253/mocao_no_044-2023_-_csj-_congratulacoes_com_leana_reis_buffet_e_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/253/mocao_no_044-2023_-_csj-_congratulacoes_com_leana_reis_buffet_e_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa LEANA REIS BUFFET e MARMITARIA, pelo excelente trabalho no setor alimentícios do nosso Município, ao longo dos seus 12 anos de história de fundação.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_no_045-2023_-_dpt-_congratulacoes_o_pastor_romualdo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_no_045-2023_-_dpt-_congratulacoes_o_pastor_romualdo_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Romualdo Hosan Fidelis, Pastor Presidente da Igreja a Família de Jesus, atuando no meio evangélico com a finalidade de pregar a palavra do Senhor a toda população do Município de Alta Floresta e o Estado de Mato Grosso.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/255/mocao_no_046-2023_-_fit_-_congratulacoes_jovem_publicitaria_jack_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/255/mocao_no_046-2023_-_fit_-_congratulacoes_jovem_publicitaria_jack_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Jovem Publicitária Jackeline Sales Fontes, pelo zelo, presteza e carisma no atendimento ao público na área de publicidade e propaganda em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_no_047-2023_-_fas-_congratulacao_com_o_empresa_decomar_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_no_047-2023_-_fas-_congratulacao_com_o_empresa_decomar_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Decomar Móveis Planejados e Decoração, pelos 11 anos de atuação histórica neste município e a relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_no_048-2023_-_dls_-_pesar_com_a_familia_e_amigos_do_pionei_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_no_048-2023_-_dls_-_pesar_com_a_familia_e_amigos_do_pionei_ocred.pdf</t>
   </si>
   <si>
     <t>PESAR à família, aos amigos e admiradores do Pioneiro Ademar Lourenço, falecido no último dia 05 de maio de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_no_049-2023_-_mrm-_congratulacao_com_o_jornalista_e_influe_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_no_049-2023_-_mrm-_congratulacao_com_o_jornalista_e_influe_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Jornalista e Digital Influencer Hugo Rodrigues da Silva, pelos excelentes serviços prestados como comunicador e promotor de eventos, colocando o município de Alta Floresta em destaque regional.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_no_050-2023_-_csj_-_congratulacao_com_o_servidor_andre_lui_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_no_050-2023_-_csj_-_congratulacao_com_o_servidor_andre_lui_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e AGRADECIMENTO a Andre Luiz de Brito Servidor Público da Saúde Municipal, pela brilhante atuação e trabalho em favor do Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_no_051-2023_-_lks_-_congratulacoes_com_a_servidora_aposent_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_no_051-2023_-_lks_-_congratulacoes_com_a_servidora_aposent_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senhora Maria Jose de Oliveira, pelo bom trabalho e desempenho prestado nas suas funções na Prefeitura Municipal de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_no_052-2023_-_mrm-_congratulacao_com_o_empresa_rodcar_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_no_052-2023_-_mrm-_congratulacao_com_o_empresa_rodcar_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa RODCAR/CAMIONETECAR, por acreditar no potencial socioeconômico do nosso município, contribuindo para o desenvolvimento e crescimento de nossa região.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_no_053-2023_-_dpt_-_congratulacoes_sr_severio_orlandi_1_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_no_053-2023_-_dpt_-_congratulacoes_sr_severio_orlandi_1_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Senhor Sevério Orlandi em reconhecimento aos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_no_054-2023_-_dls_-_congratulacoes_sra_beatriz_finimundy_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_no_054-2023_-_dls_-_congratulacoes_sra_beatriz_finimundy_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senhora Beatriz Tereza Finimundy, pela relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_no_055-2023_-_dptc_-_congratulacao_com_o_servidor_sebastia_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_no_055-2023_-_dptc_-_congratulacao_com_o_servidor_sebastia_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e AGRADECIMENTO ao Senhor Sebastião Batista, Servidor Público da Assistência Social, pela brilhante atuação e trabalho em favor do Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_no_056-2023_-_dptc_-_congratulacao_com_a_servidora_maria_r_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_no_056-2023_-_dptc_-_congratulacao_com_a_servidora_maria_r_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e AGRADECIMENTO a Senhora Maria Renilda Batista, Servidora do Consorcio Intermunicipal de Saúde Alto Tapajós, pela brilhante atuação e trabalho em favor do Município e região.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_no_057-2023_-_csj-_congratulacoes_com_a_empresa_claudino_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_no_057-2023_-_csj-_congratulacoes_com_a_empresa_claudino_m_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa CLAUDINO MOTOS, pelo excelente trabalho no setor comercial do nosso Município, ao longo dos seus 14 anos de história de fundação.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_no_058-2023_-_jvn_-_congratulacoes_com_os_colaboradores_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_no_058-2023_-_jvn_-_congratulacoes_com_os_colaboradores_do_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Estúdio Ritmus, pela realização do evento “X-Tremo Nortão” de artes marciais realizado no município de Alta Floresta/MT.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_no_059-2023_-_mrm-_congratulacao_com_a_prof._helena_aparec_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_no_059-2023_-_mrm-_congratulacao_com_a_prof._helena_aparec_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora Helena Aparecida do Nascimento, pela relevante contribuição do serviço prestado na educação do município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/283/mocao_no_060-2023_-_dptc_-_congratulacoes_com_a_usadafer_pelo_45_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/283/mocao_no_060-2023_-_dptc_-_congratulacoes_com_a_usadafer_pelo_45_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a União de Senhoras da Assembleia de Deus de Alta Floresta e Região (USADAFER), na pessoa da sua Coordenadora Geral Sônia Maria Cardoso e diretoria, pela realização do 45º Congresso sediado no Templo Sede da Igreja Assembléia de Deus de Alta Floresta dos dias 26 a 28 de maio de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/284/mocao_no_061-2023_-_mrm-_congratulacao_com_a_servidora_maria_sir_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/284/mocao_no_061-2023_-_mrm-_congratulacao_com_a_servidora_maria_sir_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senhora Maria Sirleide Gonçalves da Silva, Servidora Pública da Secretaria Municipal de Saúde, pela brilhante atuação e trabalho em favor do Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/285/mocao_no_062-2023_-_fas-_congratulacao_com_a_empresa_tonhao_ferr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/285/mocao_no_062-2023_-_fas-_congratulacao_com_a_empresa_tonhao_ferr_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa TONHÃO FERRO AÇO E TORNEARIA LTDA pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/286/mocao_no_063-2023_-_asr_-congratulacao_com_a_professora_maria_dirce_dos_santos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/286/mocao_no_063-2023_-_asr_-congratulacao_com_a_professora_maria_dirce_dos_santos_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora Maria Dirce dos Santos, pelo brilhante trabalho realizado na orientação da publicação do Livro Fábulas Encantadoras da escritora mirim Stella Sousa Marques e pelo desenvolvimento do Projeto Leitura e Escrita.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/287/mocao_no_064-2023_-_jvn_-congratulacao_com_a_allan_kardec_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/287/mocao_no_064-2023_-_jvn_-congratulacao_com_a_allan_kardec_ocred.pdf</t>
   </si>
   <si>
     <t>AGRADECIMENTO com o Secretário de Estado de Ciência, Tecnologia e Inovação (SECITECI), professor Allan Kardec, pela concessão de apoio financeiro essencial na realização da abertura do 1º X-TREMO Nortão de Artes Marciais/2023, Edição Mestre Shaolin, ocorrido no período de 19 a 21 de Maio 2023 em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/288/mocao_no_065-2023_-_fit_-congratulacao_com_a_jovem_aline_araujo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/288/mocao_no_065-2023_-_fit_-congratulacao_com_a_jovem_aline_araujo_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Jovem Aline Araujo da Silva pelo seu trabalho nas redes sociais de fruição e incentivo à leitura.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_no_066-2023_-_dls_-congratulacao_com_o_empresario_carlos_cezar_dos_santos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_no_066-2023_-_dls_-congratulacao_com_o_empresario_carlos_cezar_dos_santos_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Senhor Carlos Cezar dos Santos, pela relevante contribuição econômica e social em prol da comunidade alta-florestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_no_067-2023_-_dptc_-_congratulacoes_com_o_setor_de_fiscali_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_no_067-2023_-_dptc_-_congratulacoes_com_o_setor_de_fiscali_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES dedicadas aos servidores do Setor de Fiscalização Tributária da Prefeitura Municipal de Alta Floresta, pela honrosa atuação e desempenho de suas funções.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/291/mocao_no_068-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/291/mocao_no_068-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa Oficina do Godoy por mais de 25 anos de relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_no_069-2023_-_lks_-_congratulacao_com_a_maria_regina_nogar_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_no_069-2023_-_lks_-_congratulacao_com_a_maria_regina_nogar_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresária Maria Regina Nogaroto Daniel, pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/298/mocao_no_070-2023_-_fit__-congratulacao_com_orlando_e_josue_casa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/298/mocao_no_070-2023_-_fit__-congratulacao_com_orlando_e_josue_casa_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o casal homoafetivo Orlando Junior Gonçalves de Moraes e Josué Umbelino da Silva pelo excelente serviço prestado na área de advocacia.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/299/mocao_no_071-2023_-_dls_-congratulacao_com_militares_do_8o_batal_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/299/mocao_no_071-2023_-_dls_-congratulacao_com_militares_do_8o_batal_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os Policiais Militares, que participaram da Operação de busca aos envolvidos do sequestro do Sargento PM Reformado Pedro Ramalho Lacerda, iniciada na noite do dia 21 de junho de 2023, pelos atos de bravura e compromisso, demonstrando muita competência e agilidade em suas ações quando acionados pela população no combate ao crime, sempre com a missão especial de proteger e cuidar do povo.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/300/mocao_no_072-2023_-_mrm_-_congratulacao_pneus_parana_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/300/mocao_no_072-2023_-_mrm_-_congratulacao_pneus_parana_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Pneus Paraná, através do empresário Antônio Claudio Giroti, pela relevante contribuição econômica e social em prol do município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/301/mocao_no_073-2023_-_mrm_-_congratulacao_com_a_servidora_valdeti_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/301/mocao_no_073-2023_-_mrm_-_congratulacao_com_a_servidora_valdeti_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senhora Valdeti Aparecida Heinzen, servidora da Secretaria de Governo, Gestão e Planejamento, pela brilhante atuação e trabalho em favor do Município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/302/mocao_no_074-2023_-_jvn_-_congratulacoes_com_a_equipe_de_quadril_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/302/mocao_no_074-2023_-_jvn_-_congratulacoes_com_a_equipe_de_quadril_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a equipe da Quadrilha “Arraiá das Estrelas” formada pelos alunos da Escola Estadual Jayme Veríssimo de Campos Jr., pela belíssima apresentação e merecida vitória na Festa Junina “Arraiá da Floresta”, promovida pela Prefeitura Municipal de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_no_075-2023_-_lks-_congratulacao_com_a_digital_influencer_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_no_075-2023_-_lks-_congratulacao_com_a_digital_influencer_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Digital Influencer Gisele Heloísa da Silva, pelos excelentes serviços prestados na produção de seus conteúdos na internet.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/304/mocao_no_076-2023_-_fit_-_congratulacao_a_cleia_rodrigues_gotter_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/304/mocao_no_076-2023_-_fit_-_congratulacao_a_cleia_rodrigues_gotter_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a servidora Cleia Rodrigues pelos relevantes serviços prestados, extrema conduta administrativa, dedicação e empenho com que realiza seus trabalhos em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/305/mocao_no_077-2023_-_lks_-_congratulacoes_com_os_servidores_do_us_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/305/mocao_no_077-2023_-_lks_-_congratulacoes_com_os_servidores_do_us_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES dedicadas aos servidores da Unidade Básica de Saúde do bairro Boa Esperança, pela honrosa atuação e desempenho de suas funções para com a Saúde Pública Municipal.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/306/mocao_no_078-2023_-_dls_-_congratulacao_os_policiais_civis_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/306/mocao_no_078-2023_-_dls_-_congratulacao_os_policiais_civis_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os Policiais Civis de Alta Floresta, pelos atos de bravura e compromisso, demostrando muita competência e agilidade em suas ações quando acionados pela população no combate ao crime, sempre com a missão especial de proteger e cuidar do povo.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/307/mocao_no_079-2023_-_dptc_-_congratulacao_com_o_sispumaf_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/307/mocao_no_079-2023_-_dptc_-_congratulacao_com_o_sispumaf_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o SISPUMAF - Sindicato dos Servidores Públicos Municipais de Alta Floresta, pela honrosa atuação e desempenho de suas funções.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/308/mocao_no_080-2023_-_dptc_-_congratulacoes_com_o_cae_da_prefeitur_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/308/mocao_no_080-2023_-_dptc_-_congratulacoes_com_o_cae_da_prefeitur_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES dedicadas aos servidores do CAE - CENTRO DE ATENDIMENTO EMPRESARIAL da Prefeitura Municipal de Alta Floresta, pela honrosa atuação e desempenho de suas funções.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/309/mocao_no_081-2023_-_fas_-_congratulacoes_com_o_sindicato_dos_tax_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/309/mocao_no_081-2023_-_fas_-_congratulacoes_com_o_sindicato_dos_tax_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o SINDICATO DOS TAXISTAS DE ALTA FLORESTA E REGIÃO MT, na pessoa de seu presidente Ademir Cordeiro, extensiva a todos os filiados da categoria profissional, em reconhecimento aos 37 anos de atividade, dedicação, contribuição e relevantes serviços prestados ao município de Alta Floresta.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/310/mocao_no_082-2023_-_jvn_-_congratulacoes_com_a_confeitaria_empor_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/310/mocao_no_082-2023_-_jvn_-_congratulacoes_com_a_confeitaria_empor_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a EMPÓRIO MODELO pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/311/mocao_no_083-2023_-_csj_-_congratulacao_ao_centro_de_cursos_rosi_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/311/mocao_no_083-2023_-_csj_-_congratulacao_ao_centro_de_cursos_rosi_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e AGRADECIMENTO as Servidoras Públicas Municipais Rosineide de Araújo da Silva e Leida Dias do Nascimento, Coordenadoras do Centro de Cursos da Secretaria de Renovação e Desenvolvimento de Alta Floresta, pelo brilhante trabalho que desenvolvem em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/312/mocao_no_084-2023_-_fit__-congratulacao_com_gessica_e_lorraine_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/312/mocao_no_084-2023_-_fit__-congratulacao_com_gessica_e_lorraine_c_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o casal homoafetivo Gessica de Lima Vilela e Lorraine de Oliveira Tavares Leite pelo trabalho desenvolvido em agroecologia, voltado a quintais urbanos.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/313/mocao_no_085-2023_-_fas-_congratulacao_com_a_empresa_anjos_colchoes_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/313/mocao_no_085-2023_-_fas-_congratulacao_com_a_empresa_anjos_colchoes_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa Anjos Colchões e Sofás pela sua relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/550/mocao_no_086-2023_-_csj_-_congratulacoes_com_o_setor_de_rh_da_pr_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/550/mocao_no_086-2023_-_csj_-_congratulacoes_com_o_setor_de_rh_da_pr_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES dedicadas aos servidores do Setor de Recursos Humanos da Prefeitura Municipal de Alta Floresta, pela honrosa atuação e desempenho de suas funções</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/551/mocao_no_087-2023_-_lks_e_rls_-congratulacao_com_a_empresaria_em_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/551/mocao_no_087-2023_-_lks_e_rls_-congratulacao_com_a_empresaria_em_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senhora Emília de Fátima Alves Pereira, pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/552/mocao_no_088-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/552/mocao_no_088-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa “Oficina do Deja” pela sua relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/554/mocao_no_089-2023_-_dls_-_congratulacao_os_policiais_da_patrulha_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/554/mocao_no_089-2023_-_dls_-_congratulacao_os_policiais_da_patrulha_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os Policiais Militares que fazem parte da PATRULHA MARIA DA PENHA, pelos atos de bravura e compromisso, demostrando muita competência e agilidade em suas ações quando acionados pela população no combate a violência doméstica e familiar contra a mulher.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/555/mocao_no_090-2023_-_dptc-_congratulacao_com_a_empresa_multiseg_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/555/mocao_no_090-2023_-_dptc-_congratulacao_com_a_empresa_multiseg_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa Multiseg Distribuidora	pela sua relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/556/mocao_no_091-2023_-_dptc-_congratulacao_com_o_professor_carlos_a_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/556/mocao_no_091-2023_-_dptc-_congratulacao_com_o_professor_carlos_a_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Professor Carlos Alberto Cardoso, pela relevante contribuição prestada à educação no município de Alta Floresta.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/557/mocao_no_092-2023_-_dls_-_congratulacao_com_escola_militar_dom_p_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/557/mocao_no_092-2023_-_dls_-_congratulacao_com_escola_militar_dom_p_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com E.E.M. Dom Pedro II Vitória Furlani da Riva - Alta Floresta, pela notável participação, trabalho árduo, dedicação e comprometimento no 2º Jogos das Escolas Militares de Mato Grosso 2023.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/558/mocao_no_093-2023_-_jvn_-_congratulacao_com_os_atletas_participa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/558/mocao_no_093-2023_-_jvn_-_congratulacao_com_os_atletas_participa_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os atletas Renato Takeo Nishimuta, Daniel Correia de Melo, Lucas Eduardo da Silva Aguiar e Luiz Leonardo Franco de Oliveira Pinto, pela brilhante atuação na segunda etapa do Campeonato Estadual mato-grossense de Jiu-jítsu (FJJE-MT) em competições esportivas representando o município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/559/mocao_no_094-2023_-_csj_-_congratulacao_a_atletica_praga_da_unem_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/559/mocao_no_094-2023_-_csj_-_congratulacao_a_atletica_praga_da_unem_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e AGRADECIMENTO a ATLETICA PRAGA em Alta Floresta, pelo fundamental papel desempenhado na integração entre os acadêmicos da UNEMAT.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/560/mocao_no_095-2023_-_asr_-_congratulacao_com_a_associacao_comunit_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/560/mocao_no_095-2023_-_asr_-_congratulacao_com_a_associacao_comunit_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Diretoria da Associação Comunitária do Bairro Jardim das Araras, pela brilhante organização e realização da Festa do Dia dos Pais e trabalhos em prol do Bairro.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/561/mocao_no_096-2023_-_dls_-_congratulacao_com_a_empresa_agrosul_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/561/mocao_no_096-2023_-_dls_-_congratulacao_com_a_empresa_agrosul_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa AGROSUL, pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/562/mocao_no_097-2023_-_fas-_congratulacao_com_a_empresa_comercio_de_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/562/mocao_no_097-2023_-_fas-_congratulacao_com_a_empresa_comercio_de_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa COMERCIO DE SUCATAS SANTA MARIA pela sua relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/563/mocao_no_098-2023_-jvn_-_congratulacao_com_o_campeonato_brasilei_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/563/mocao_no_098-2023_-jvn_-_congratulacao_com_o_campeonato_brasilei_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os atletas da Federação Matogrossense de Kickboxing (FMK), pela brilhante atuação no XXXI Campeonato Brasileiro de Artes Marciais, ocorrido nos dias 25, 26 e 27 de agosto na Vila Olímpica de Olinda, Pernambuco, representando o município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/564/mocao_no_099-2023_-_mrm_-_congratulacao_e_agradecimentos_com_os_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/564/mocao_no_099-2023_-_mrm_-_congratulacao_e_agradecimentos_com_os_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os educadores físicos em alusão ao “Dia do Profissional de Educação Física” comemorado em 1º de setembro.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/565/mocao_no_100-2023_-_ods_-_congratulacao_com_a_loja_kiechen_prime_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/565/mocao_no_100-2023_-_ods_-_congratulacao_com_a_loja_kiechen_prime_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Loja Kitchen Prime Eletros, inaugurada na última sexta-feira (25/08), por acreditar e contribuir com desenvolvimento socioeconômico deste município.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/567/mocao_no_101-2023_-_fas-_congratulacao_com_a_empresa_ac_agiliza_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/567/mocao_no_101-2023_-_fas-_congratulacao_com_a_empresa_ac_agiliza_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa “Ac Agiliza – Serviço de limpeza” pela sua relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/642/mocao_no_102-2023_-_cmaf_-_congratulacao_e_agradecimento_c_gover_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/642/mocao_no_102-2023_-_cmaf_-_congratulacao_e_agradecimento_c_gover_ocred.pdf</t>
   </si>
   <si>
     <t>AGRADECIMENTO e CONGRATULAÇÃO ao Governador do Rotary Internacional, Distrito 4.440, Região 6, Senhor Jânio Sidney Bonfochi e sua esposa Maria Ângela Bonfochi, pela visita oficial ao município de Alta Floresta e região, neste dia 13 de setembro do corrente.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/643/mocao_no_103-2023_-jvn_-_congratulacao_com_a_equipe_de_resgate_d_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/643/mocao_no_103-2023_-jvn_-_congratulacao_com_a_equipe_de_resgate_d_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Equipe de Resgate da Via Brasil - MT 320, formada por Wesley Lopes da Silva, João Carlos de Souza Júnior e Ademilson da Silva, pela brilhante atuação na realização de um parto de emergência em vilarejo as margens da rodovia (Vila Del Rey), em Carlinda.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/644/mocao_no_104-2023_-_cmaf-_apoio_ao_congresso_nacional_face_legalizacao_aborto_adpf_442_apresentada_ao_stf_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/644/mocao_no_104-2023_-_cmaf-_apoio_ao_congresso_nacional_face_legalizacao_aborto_adpf_442_apresentada_ao_stf_ocred.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/645/mocao_no_105-2023_-_fit_-_congratulacoes_com_os_advogados_dr._fe_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/645/mocao_no_105-2023_-_fit_-_congratulacoes_com_os_advogados_dr._fe_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os advogados Fernando Leite da Silva e Leonardo Marim pelo excelente serviço prestado na área de advocacia através da empresa Leite e Marin advocacia especializada.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/646/mocao_no_106-2023_-_fit_-_congratulacoes_com_o_professor_mahal_m_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/646/mocao_no_106-2023_-_fit_-_congratulacoes_com_o_professor_mahal_m_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o professor e biólogo Mahal Massavi Evangelista pela valorização e divulgação da ciência através do desenvolvimento e coordenação de projetos de extensão e educação ambiental desenvolvidos na Universidade do Estado de Mato Grosso</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/647/mocao_no_107-2023_-_dptc-_congratulacao_com_a_servidora_ana_beat_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/647/mocao_no_107-2023_-_dptc-_congratulacao_com_a_servidora_ana_beat_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senhora Ana Beatriz Barros Pinto Pinheiro, Servidora Pública, pela brilhante atuação e trabalho em favor do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/648/mocao_no_108-2023_-_csj-_congratulacao_com_a_bicicletaria_3_irma_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/648/mocao_no_108-2023_-_csj-_congratulacao_com_a_bicicletaria_3_irma_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa BICICLETARIA TRÊS IRMÃOS, pelo excelente trabalho no setor comercial do nosso Município, ao longo dos seus 23 anos de história de fundação.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Oficio Solicitação Plenário</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/650/oficio_no_048-2023_ver_dls__solicitacao_da_ama.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/650/oficio_no_048-2023_ver_dls__solicitacao_da_ama.pdf</t>
   </si>
   <si>
     <t>que disponibilize a este vereador que subscreve o plenário desta casa de leis, para que seja realizado no mesmo uma assembleia com os pais e responsáveis de pessoas com Transtorno do Espectro Autista, para debater assuntos relacionados a esta causa e realizar a votação da diretoria da AMA (associação dos amigos dos autistas), esta assembleia será realizada no dia 02 de Outubro de 2023 (segunda-feira) às 19.00 horas da noite.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6351,68 +6351,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/547/pl_002-2023-_ver._diferenca_rga_das_perdas_inflac_dos_subsidios_ocred.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/548/pl_003-2023-_revisao_geral_anual_rga_exerc._2022-servidores_ocred.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/549/pl_004-2023-_ver_-_fixa_subsidios_vereadores_legislatura_2025-20_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/553/pl_005-2023-_dls_-_revoga_lei_2.078-2013_e_alteracoes_leis_2.095_ocred.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/566/pl_006-2023-_dls_-_revoga_lei_2.229-2014_-_doacao_imovel_pjc_ocred.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/568/pl_007-2023-_dls_-_revoga_lei_2.664-2021-_doacao_imovel_senar_ocred.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/569/pl_008-2023-_dls_-_revoga_lei_2.665-2021-_doacao_imovel_sindicato_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/570/pl_009-2023-_fas_-_inclui_malha_viaria_estrada_romera_ocred.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/571/pl_010-2023-_dls_-_revoga_lei_1.945-2011_-_doacao_imovel_fmtk.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/572/pl_011-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_de_imovel_a_ma_ocred.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/573/pl_012-2023-_jvn_-_banco_municipal_de_cadeira_de_rodas_ocred.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/574/pl_013-2023-_dls_-_pagamento_de_salario_dos_servidores_municpais_ocred.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/575/pl_014-2023-_dls_-_pagamento_de_tributos_via_pix_ocred.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/576/pl_015-2023-_mrm_-_denominacao_vias__do_jardim_por_do_sol_ocred.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/577/pl_016-2023_-_dptc_-_altera_dispositivo_da_lei_no_2.659-2021_-_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/578/pl_017-2023_-_fas_-_proibe_a_cobranca_da_taxa_de_religacao_de_ag_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/580/pl_019-2023-_dls_-_revoga_lei_1.443-2006_doacao_imovel_estado_mt_ocred.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/581/pl_020-2023-_dls_-_revoga_lei_2.018-2012_doacao_imovel_est_mato_ocred.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/582/pl_021-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_imovel_marinha_ocred.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/583/pl_022-2023-_dls_-_revoga_lei_2.203-2014_doacao_imovel_corpo_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/584/pl_023-2023-_csj_-_inclui_malha_viaria_estrada_emilio_romera_ocred.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/585/pl_024-2023_-_ods_-_declara_de_utilidade_publica_ass._do_laco_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/586/pl_025-2023_-_jvn_-_proibe_manif_de_cun_eleit_em_even.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/587/pl_026-2023_-_dls_ods_fas_e_bps_-_denominacao_vias_publicas_do_j_ocred.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/588/pl_027-2023_-_ods_e_dls_-_denominacao_vias_publicas_do_loteamento_jardim_vila_verde_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/590/pl_029-2023-_fas_-_inclui_malha_viaria_estrada_paraiso_ocred.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/591/pl_030-2023_-_dptc_e_fit_-_institui_o_dezembro_vermelho_municipi_ocred.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/592/pl_031-2023_-_asr_dpt_e_dptc_-_regula_o_uso_do_aparelho_elimina_ocred.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/593/pl_032-2023_-_dls_-_dispoes_sobre_instalacao_de_cameras_e_outros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/594/pl_033-2023_-_dls_-_semana_municipal_de_concientizacao_do_autism_ocred.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/595/pl_034-2023_-_fit_e_lks-_copa_batom_ocred.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/596/pl_035-2023_-_jvn_-_politica_de_transparencia_nas_obras_publicas_ocred.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/597/pl_036-2023-_dpt_-_reconhece_e_inclui_malha_viaria_estradas_vale_ocred.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/598/pl_037-2023-_jvn_-_denomina_kayoko_tanaka_complexo_esportivo_da_ocred.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/599/pl_038-2023-_ods_-_inclui_malha_viaria_vicinal_sao_manuel_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/600/pl_039-2023-_mrm__-_inclui_malha_viaria_estrada_osmar_boiadeiro_ocred.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/601/pl_040-2023-dptc_-_saude_bucal_-arquivado_ocred.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/603/pl_041_-2023-_bps_-_inclui_malha_viaria_estrada_pombinho_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/604/pl_042-2023_-_fit_-_declara_de_utilidade_publica_o_instituto_centro_vida_-_icv_ocred.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/607/pl_045-2023_-_jvn-_modifica_caput_e_acresc_incisos_ao_art_2o_da_lei_1.143-2002_e_da_outras_provid_ocred.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/608/pl_046-2023_-_dls_-_adote_uma_lixeira.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/609/pl_047-2023_-_dls_-_transparencia_de_emendas_ocred.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/610/pl_048-2023_-_dls_-_firmar_acordos_extrajudiciais_com_terceiros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/611/pl_049-2023_-_jvn_-_reconhece_arara_caninde_ave_simbolo_af_ocred.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/612/pl_050-2023_-_jvn_-_reconhece_matrinxa_assado_prato_tipico_culin_ocred.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/613/pl_051-2023_-_declaracao_de_utilidade_publica_do_projeto_e_possi_ocred.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/614/pl_052-2023_-_mrm_e_dptc_-_recebimento_deposito_doacao_sobras_q_especif.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/615/pl_053-2023_-_dls_fas_csj_e_jvn_-_constitui__2o_art_89_da_lei_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/616/pl_054-2023_-_dptc_e_dls__-_altera_dispositivo_da_lei_no_2.823-2_ocred.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/617/pl_055-2023_-_ods_-_reconhece_como_logradouros_publicos_sua_den_ocred.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/618/pl_056-2023_-fas_e_dls-prioridade_atendimento_de_quimioterapia_radioterapia_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/654/pl_057-2023_-_mrm_-_reconhece_como_logradouro_publico_extensao_d.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/655/pl_058-2023-_jvn_-autoriza_construcao_de_passarela_aerea_entre_e.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/656/pl_059-2023_-_csj_-_institui_a_semana_municipal_da_saude_bucal.doc.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/657/pl_060-2023_-_ods_-_denominacao_vias_publicas_do_loteamento_residencial_alvorada..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/658/pl_061-2023_-_fit_-_institui_a_semana_do_capoeirista_em_af_0001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/661/pl_063-2023_-_csj_-_declara_de_utilidade_publica_ass._comunitari.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/662/pl_064-2023_-_ods_-_reconhece_como_ponto_turistico_regiao_teles.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/741/pl_065-2023-_fas_-_direito_da_gestante_a_acompanhante_no_parto.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/742/pl_066-_2023_-_jvn_-_acesso_livre_e_gratuito_a_rede_wi-fi_dos_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_-_2253_-_redefine_a_area_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_-_2258-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/639/projeto_de_lei_-_2261_-_altera_lei_2.486-19.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/637/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_de_lei_-_2272_-_gratificacao_por_produtividade.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/602/pl_040-2023-dptc_-_saude_bucal_-_substitutivo_ocred.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/638/veto_09-2023_-_total_-_transparencia_emendas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/652/veto_10-2023_-_total_-_ferias_contratos_temporario.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n._001-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_001-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n._002-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n._003-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n._004-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_004-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n._005-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n._006-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_001-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n._007-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_002-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n._008-2023_-_dls_-_requer_dados_pessoas-nascidas-em-alta-floresta.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n._009-2023_-_dls_-_requer_informacoes_sobre_patrimonio_hospital_regional.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n._010-2023_-_dls_-_requer_informacoes_sobre_reclamacoes_sobre_medicos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_n._011-2023_-_dls_-_requer_informacoes-sobre-leitos-de-uti.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_n._012-2023_-_vereadores_-_requerem_informacoes_q_e_0001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_n._013-2023_-_vereadores_-_requerem_urgencia_especial_ao_requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_n._014-2023_-_vereadores_-_requerem_urgencia_especial_ao_pr_002-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_n._015-2023_-_dls_-_requer_prefeito_cc_informacoes_proc_compra_funcern_vlr_631_mil.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_n._016-2023_-_com._de_politicas_gerais_-_requer-_co.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/135/requerimento_n._017-2023_-_com._de_politicas_gerais_-_requer-_co.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_n._018-2023_-_fit_-_requer_informacoes_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._019-2023_-_mrm_-_requer_anuencia_de_falta_da_sessao_22-02-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_n._020-2023_-_dls_-_requer_repostas_do_executivo_acerca_da_area_da_ass._amorib.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_n._021-2023_-_fit_requer_disponibilidade_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_n._022-2023_-_csj_requer_retirada_do_projeto_de_lei_no_2.222-2023_e_respectiva_emenda.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_n._023-2023_-jvn_-_requer_informacoes_do_processo_a.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_n._024-2023_-_vereadores_-_requer_retirada_de_trami.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_n._025-2023_-_vereadores_-_requer_retirada_de_trami.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_n._026-2023_-_dls__-_requer_retirada_de_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_n._027-2023-_csj_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_n._028-2023_-_dptc__-_requer_informacoes_cer_-_assu.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_n._029-2023_-_dls-_requer_anuencia_de_falta_da_sess.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_n._030-2023_-_dls-_requer__contratos_publicidades.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_n._031-2023_-_vereadores_-_requerem_tramitacao_em_r.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_n._032-2023_-_dls-_requer_quantidade_de_exames_real.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_n._033-2023_-_lks_e_rls_-_a_secret_saude_e_ao_conso.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_n._034-2023_-_lks_-_requer_anuencia_de_falta_da_ses.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_n._035-2023_-_dls_-_requer_informacoes_acerca_da_mi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_n._036-2023_-_dls_-_requer_copias_das_atas_da_reuni.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_n._037-2023_-_dls_-_informacoes_de_imoveis_locados.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_n._038-2023_-_dls_-_informacoes_sobre_contratos_de.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_n._039-2023_-_jvn_-_aplicacao_da_lei_2.788-2023__pl.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_n._040-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n025-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_n._041-2023_-_asr__-_requer_procedimentos_referentes_as_obras_de_asfaltamento_do_bairro_jardim_araras.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_n._042-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.240-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_n._043-2023-_dls_-_requer_informacoes_de_todos_os_contratos_dos_medicos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_n._044-2023-_dls-_requer_retirada_de_tramitacao_indicacao_278-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_n._045-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.226-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_n._046-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.247-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_n._047-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.250-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/280/requerimento_n._048-2023_-_jvn_-_requer_anuencia_de_falta_da_sessao_14-07-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/281/requerimento_n._049-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n048-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/651/requerimento_n._062-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.253-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._074-2023-_dpt_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_n_001-_2023_-_jvn_-_ind_ao_prefeito_c.c_a_infraestrutu_ocred.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_n_002-_2023_-_mrm_-_indica_ao_pref._que_garanta_na_lei_o_direito_a_ferias_dos_contratados_ocred.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_n_003-_2023_-_bps_-_ind._ao_pref._que_seja_implantada_ocred.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_n_004_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n_005_-_2023_-_csj_-_ind_ao_pref._c.c._a_direcao_de_tr_ocred.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_n_006_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._infraes_ocred.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_n_007_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_i_ocred.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_n_008_-_2023_-_fas_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_n_009_-_2023_-_csj_-_ind._a_sec._de_saude_atualizacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_010_-_2023_-_asr_-_ind._ao_pref._que_revitalize_a_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_011_-_2023_-_csj_-_ind._ao_pref._e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_012-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gesta_ocred.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_013-_2023_-_rls_-_ind._ao_sec._de_obras_que_reforme_ocred.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_014-_2023_-_rls_-_ind._ao_sec._de_saude_a_troca_dos_ocred.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_015-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_016-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_017-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_da_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_018-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_019_-_2023_-_jvn_-_ind._ao_prefeito_e_a_sec._de_infr_ocred.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_020_-_2023_-_jvn_-_ind._ao_prefeito__a_implantacao_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_021_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_022_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_023_-_2023_-_jvn_-_ind._ao_prefeito_guardas_na_rodov_ocred.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_024_-_2023_-_fit_e_csj_-_ind._ao_prefeito_a_readequa_ocred.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_026_-_2023_-_fas_-_ind._a_infraestrutura_praca_publi_ocred.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_027_-_2023_-_fas_-_ind._a_infraestruturae_a_direcao_ocred.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_028_-_2023_-_fit_-_ind._a_infraestruturae_redutor_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_030_-_2023_-_csj_e_fit_-_ind._ao_prefeito_e_sec._de_ocred.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_031_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_032_-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentac_ocred.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_033_-_2023_-_lks_-_ind._a_direcao_de_transito_placas_ocred.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_034_-_2023_-_dls_-_ind._ao_prefeito_que_altere_lei_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_037_-_2023_-_fas_-_ind._a_infraestruturae_de_transit_ocred.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_n_038_-_2023_-_rls_-_ind._a_infraestruturae_o_patrolam_ocred.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_039_-_2023_-_rls_-_ind._a_infraestruturae_adequacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_041_-_2023_-_ods_-_ind._ao_dep._nin._assegurar_recur_ocred.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_043_-_2023_-_jvn_-_ind._a_infraestrutura__reparo_na_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_044_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_045_-_2023_-_mrm_-_ind._a_infraestrutura_reparos_no_ocred.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_046_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_048_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_a_pintura_da_faixa_de_pedestre_na_av._bom_pastor_ocred.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_049_-_2023_-_dptc_-_ind._ao_prefeito_contratar_um_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_050_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_051_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n_052_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_054_-_2023_-_rls_-_ind._ao_prefeito_sinalizacao_nos_ocred.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_n_055_-_2023_-_poda_de_arvores_praca_civica.._ocred.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_058_-_2023_-_rls_-_ind._a_infraestrutura_p._realizar_ocred.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_059_-_2023_-_rls_-_ind._a_infraestrutura_patrolament_ocred.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_060_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_n_061_-_2023_-_dls_-_ind._ao_prefeito_e_sec._de_obras_ocred.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_n_062_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_se_ocred.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_n_063_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_ag_ocred.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n_064_-_2023_-_asr_-_ind._ao_prefeito_sec._de_infraestrutura_e_direcao_de_cidades_revitalizar_os_anteiros_centrais_ocred.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_n_065_-_2023_-_asr_-_ind._a_sec_de_inf._e_dir._de_cida_ocred.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_n_066_-_2023_-_asr_-_ind._ao_pref._que_conclua_a_pavim_ocred.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_n_067_-_2023_-_rls_e_lks_-_ind._a_infraestrutura_patro_ocred.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_n_068_-_2023_-_fas_-_ind._a_infraestruturae_e_iluminac_ocred.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_n_069_-_2023_-_jvn_-_ind._a_infraestruturae_patrolamen_ocred.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_070_-_2023_-_jvn_-_ind._a_infraestrutura__implantaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_071_-_2023_-_fas_-_ind._ao_prefeito_e_sec._de_govern_ocred.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_n_072_-_2023_-_fas_-_ind._ao_prefeito_e_sec._limpeza_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_n_073_-_2023_-_lks_-_ind._ao_prefeito_e_sec._de_saude_ocred.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_n_074_-_2023_-_jvn_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_n_075_-_2023_-_dls_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_n_076_-_2023_-_fas_-_ind._a_sec._de_inovacao_reforma_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_n_079_-_2023_-_mrm_-_ind._ao_prefeito_sec._de_infraest_ocred.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_n_080_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacao_n_081_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_n_082_-_2023_-_dpt-_ind._ao_prefeitopavimentacao_nas_r_ocred.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/94/indicacao_n_083_-_2023_-_rls_e_lks-_ind._ao_prefeito_a_sec._de_saude_providenciem_cadeiras_de_rodas_as_unidades_de_saudes_ocred.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_n_084_-_2023_-_jvn-_ind._ao_prefeito_a_sec._de_infraes_ocred.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_n_085_-_2023_-_dpt-_ind._ao_prefeito_que_elabore_lei_s_ocred.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_n_086-_2023_-_dls_-_ind._ao_gov._c.c._a_ass._leg._que_ocred.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_n_087-_2023_-_dls_-_ind._ao_pref._que_conceda_rga_aos_ocred.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_088-_2023_-_dls_-_ind._ao_pref._c.c._ao_sec._de_saud_ocred.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_n_090-_2023_-_fas_-_ind._a_infraestrutura_e_transito_u_ocred.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_n_091-_2023_-_csj_-_ind._ao_prefeito_e_saude_contratac_ocred.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_n_092-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_n_093-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_n_094-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_n_095-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_096-_2023_-_dls_-_ind._ao_dep._julio_campos_cameras_ocred.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_n_098-_2023_-_lks_-_ind._a_sec._de_saude_um_fogao_indu_ocred.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_n_099-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_n_100-_2023_-_ods_-_ind._ao_gov._que_implante_escola_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_n_102-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_n_103-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_n_104-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_n_105_-2023_-_csj_-_indica_a_sec._de_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_n_106-_2023_-_fas_-_ind._a_infraestrutura_faixa_elevad_ocred.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_n_107-_2023_-_fas_-_ind._a_infraestrutura_na_avenida_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_n_108-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_n_110-_2023_-_fas_-_ind._a_sec._de_inf._e_dir._de_ilum_ocred.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_n_111-_2023_-_fas_-_ind._a_sec._de_inf._c.c._a_dir._de_ocred.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_n_112-_2023_-_fas_-_ind._ao_pref._c.c._a_sec._de_gesta_ocred.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_113-_2023_-_fas_-_ind._a_dir._de_tran._que_implante_ocred.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_114-_2023_-_fas_-_ind._a_dir._de_tran._que_instale_f_ocred.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_115-_2023_-_dls_-_ind._ao_pref._que_doe_area_para_co_ocred.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_116-_2023_-_dptc_-_ind._a_sec._de_saude_que_compre_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_117-_2023_-_rls_-_ind._a_sec._de_inf._que_arrume_bue_ocred.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_118-_2023_-_dpt_-_ind._a_dir._de_trans._que_fiscaliz_ocred.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_119-_2023_-_fas_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_120-_2023_-_mrm_-_ind._a_dir._de_trans._que_sinalize_ocred.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_122-_2023_-_dptc_-_ind._a_infraestrutura_limpezas_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_123-_2023_-_dls_-_ind._ao_prefeito_uma_homenagem_ao_ocred.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_124-_2023_-_dls_-_ind._ao_prefeito_a_venda_de_um_dos_ocred.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_125-_2023_-_fas_-_ind._a_direcao_de_iluminacao_e_inf_ocred.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_n_126-_2023_-_fas_-_ind._ao_governo_e_gestao_e_infraes_ocred.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_128-_2023_-_fas_-_ind._a_sec._de_saude_ar_condiciona_ocred.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_129-_2023_-_fas_-_ind._a_sec._de_saude_manutencao_no_ocred.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_130-_2023_-_fas_-_ind._a_sec._de_saude_direcionar_ag_ocred.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_131-_2023_-_asr_-_ind._a_mesa_diretora_tempo_na_trib_ocred.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_132-_2023_-_dls_-indica_ao_sec_de_infroest_-_recuper_ocred.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_133-_2023_-_lks_e_rls_-_secretaria_de_saude-_cadeira_ocred.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_134-_2023_-_rls_-_ind._a_sec._de_inf._limp_na_rua_cr_ocred.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_135-_2023_-_fit_e_lks_-_ind._ao_prefeito_e_sec._de_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_136-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_137-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_138-_2023_-_fit_-_ind._ao_prefeito_municipal_parceri_ocred.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_139-_2023_-_dls_-_ind._ao_prefeito_centro_de_control_ocred.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_140-_2023_-_dls_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_141-_2023_-_dls_-_ind._ao_pref._que_faca_a_doacao_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_142-_2023_-_dls_-_ind._ao_pref._centro_de_referencia_ocred.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_143-_2023_-_jvn_-_ind._a_infraestrutura_lampadas_h_ocred.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_146-_2023_-rls_-_ind._a_infraestrutura_cascalhamento_ocred.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_147-_2023_-fas_-_ind._a_gestao_de_governo_a_criacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_148-_2023_-fas_-_ind._a_gestao_de_governo_desconto_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_149-_2023_-_dpt_-_ind._ao_pref._que_regulamente_cons_ocred.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_150_-_2023_-_asr_-_ind._a_transito_dois_quebra_molas_ocred.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_151-_2023_-fas_-_ind._ao_prefeito_portas_com_detecto_ocred.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_152-_2023_-dls-_ind._ao_direcao_de_cidades_troca_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_153-_2023_-jvn_-_ind._ao_prefeito_contratacao_de_gua_ocred.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_155-_2023_-dpt-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_156-_2023_-mrm-_ind._a_infraestrutura_e_iluminacao_i_ocred.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_157-_2023_-fas_-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_158-_2023_-lks_-_ind._a__sec._de_educacao_reforce_a_seguranca_nas_escolas_ocred.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_159_-_2023_-rls_-_ind_-_equipamentos_psf_odonto_rio_ocred.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_160_-_2023_-rls_-_indequipamentos_psf_zona_rural_202_ocred.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_161-_2023_-rls_e_lks_-_ind._a__sec._de_sapude_a_aqui_ocred.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_162-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_163-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_164-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_165-_2023_-_dls_-_ind._ao_prefeito_a_implantacao_da_ocred.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/262/indicacao_n_166-_2023_-_dls_-_ind._ao_prefeito_e_a_infraestrutur_ocred.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_n_167-_2023_-_rls-_ind._a_infraestrutura_a_manutencao_ocred.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/267/indicacao_n_168-_2023_-_dpt-_ind._a_prefeito_reforma_do_muro_e_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_n_169-_2023_-_jvn-_ind._a_infraestrutura_o_patrolament_ocred.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_n_170-_2023_-_csj-_ind._ao_inss_cumpra_o_acordo_firmad_ocred.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_n_171-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_n_172-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_n_173-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_n_174-_2023_-_rls-_ind._a_infraestrutura_implantacao_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_n_175-2023_-_lks_-_ind_a_sec._de_inf._que_faca_operaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_n_176-2023_-_ods_-_prefeito_cc_secret_saude_atendiment_ocred.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_n_177-2023_-_ods_-_prefeito_cc_secret_saude_disponibil_ocred.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_n_178-_2023_-_fit_-_indica_ao_prefeito_e_ao_ver._tuti_ocred.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/297/indicacao_n_180-2023_-_dls_-_ind_ao_prefeito_e_a_direcao_de_cida_ocred.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_n_181-2023_-_bps_-_ind_a_sec._de_gestao_construcao_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_n_185-_2023_-dptc_-_ind._ao_prefeito_e_a__sec._de_saud_ocred.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_n_186-_2023_-dptc_-_ind._a_direcao_de_transito_faixa_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_n_187-_2023_-_jvn_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_n_188-_2023_-_bps_-_ind._a_implantar_um_redutor_de_vel_ocred.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_n_189-2023_-_dls_-_ind_ao_prefeito_instalacao_de_porta_ocred.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_n_190-2023_-_jvn_-_ind_ao_direcao_de_transito_faixa_na_ocred.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_n_193-_2023_-dls_-_ind._ao_prefeito_e_sec._de_infraest_ocred.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_n_194_-_2023_-_rls_-_ind._a_infraestruturae_patrolamen_ocred.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_n_195-_2023_-_rls_-_ind._de_patrolamento_proximo_ao_bar_do_didiao_ate_a_comunidade__rio_verde_ocred.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_n_196-_2023_-_csj_-_ind._ao_prefeito_estacionamento_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_197-_2023_-_csj_-_ind._ao_prefeito_e_meio_ambiente_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_n_198-_2023_-_fas_-_ind._a_infraestrutura_e_cidades_co_ocred.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_n_199-_2023_-_fas_-_ind._ao_prefeito_pavimentacao_asfa_ocred.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_n_200-_2023_-_dpt_-_ind._ao_prefeito_comodato_de_uso_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_n_201-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_202-_2023_-_asr_-_ind._ao_sec._de_infraestrutura_ser_ocred.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_203-_2023_-_rls_-_ind._ao_prefeito_rede_de_agua_da_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_204-_2023_-_rls_-_ind._ao_prefeito_projeto_de_uma_qu_ocred.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao_n_205-_2023_-_dptc_-_ind._a_sec._de_saude_demanda_de_mobiliario_ocred.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao_n_206-_2023_-fas__-_ind._a_direcao_de_transito_-_indic_ocred.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao_n_207-_2023_-fas__-_ind._a_gestao_e_infraestrutura-_pa_ocred.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/341/indicacao_n_208-_2023_-_jvn_-_ind._a_ao_prefeito_patrolamento_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao_n_209-_2023_-_jvn_-_ind._a_ao_prefeitoreforma_no_compl_ocred.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_n_210-_2023_-_dpt_-_ind._a_infraestrutura_cascalhament_ocred.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_211-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_212-_2023_-_dls_-_ind._a_direcao_de_trasinto__sinali_ocred.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_213-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_214-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_saude_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao_n_215-_2023_-_fit_-_ind._ao_prefeito_e_sec._de_agropec_ocred.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao_n_216-_2023_-_fit_-_ind._ao_prefeito_implementacao_das_ocred.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao_n_217-_2023_-_fit_-_ind._ao_prefeito_ampliar_a_ilumina_ocred.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_218-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao_n_219-_2023_-fas__-_ind._a_direcao_de_transito_semafor_ocred.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_221-_2023_-_csj_e_dls_-_ind._ao_prefeito_que_faca_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_222-_2023_-bps_-_ind._a_infraestrutura_patrolamento_ocred.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_n_223-_2023_-lks_e_rls_-_ind._ao_prefeito_e_infraestru_ocred.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_n_224-_2023_-fas__e_fit_-_ind._a_direcao_de_transito_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_n_225-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_n_226-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_n_227-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_n_228-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_n_229-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_n_231-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_n_232-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_n_233-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_n_234-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_n_235-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_n_236-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/370/indicacao_n_237-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/371/indicacao_n_238-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/372/indicacao_n_239-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/373/indicacao_n_240-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/374/indicacao_n_241-_2023_-dpt_-_ind._ao_prefeito_aquisicao_de_uma_a.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_n_242-_2023_-fit_-_ind._a_infraestreutura_redutor_de_v_ocred.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_n_243-_2023_-_lks_e_rls_-_ind._ao_prefeito_e_sec._de_s_ocred.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_n_244-_2023_-_dls_-_ind_a_pref_e_sec_infra_tapa_buraco_ocred.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/378/indicacao_n_245-_2023_-_dls_-_ind_a_pref_e_sec_infra_pavimente_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/379/indicacao_n_246-_2023_-_dls_-__revitalizacao_calcadas_escola_mun_ocred.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_n_247-_2023_-_rls_-__ind._ao_secretario_de_saude_wi-fi_ocred.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_n_248-_2023_-_rls_-__ind._ao_prefeito_e_a_controladori_ocred.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_n_249-_2023_-_rls_-__ind._secretaria_de_saude_reparos_ocred.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/383/indicacao_n_250-_2023_-_rls_-__ind._secretaria_de_edcuacao_um_es_ocred.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_n_251-2023_-_rls_e_lks__-_ind._ao_prefeito_reforma_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/385/indicacao_n_252_-_2023_-fas_-_ind._a_gestao_e_infraestrutura_a_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_n_253_-_2023_-fas_-_ind._a_saude_uma_tec._em_enfermage_ocred.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_n_254-_2023_-_rls_-__ind._sec._de_infraestrutura_troca_ocred.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_n_255-_2023_-_jvn_-__ind._sec._de_infraestrutura_e_cid_ocred.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_n_256-_2023_-_jvn_-__ind._sec._de_cidades_servico_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_n_257-_2023_-_jvn_-__ind._sec._de_cidades_manutencao_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_n_258-_2023_-_dpt-__ind._sec._de_infraestrutura_constr_ocred.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/392/indicacao_n_259-_2023_-_dls_e_jvn_-__ind._ao_prefeito_refeicoes_ocred.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/393/indicacao_n_260-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/394/indicacao_n_261-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_n_262-_2023_-_fas-__ind._a_sec._de_assistencia_social_ocred.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_n_263-_2023_-_mrm_-__ind._ao_prefeito_e_a_sec._instrut_ocred.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_n_264-_2023_-_jvn_-_ind._ao_infraestrutura_e_transito_ocred.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_n_265_-_2023_-_bps_-_ind._a_infraestrutura_reparos_na_ocred.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/399/indicacao_n_266_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/400/indicacao_n_267_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/401/indicacao_n_268_-_2023_-_dls__-_ind._ao_prefeito_que_pague_rga_aos_acs_e_ace_ocred.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/402/indicacao_n_269_-_2023_-_dpt__-_ind._ao_sec._de_obras_aduelas_na_4a_leste_ocred.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/403/indicacao_n_270-_2023_-_csj__-_ind._ao_governador_a_instalacao_do_nir_no_municipio_ocred.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/405/indicacao_n_272-_2023_-_csj__-_ind._ao_prefeito_e_a_educacao_guarita_para_o_apoio_ocred.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/406/indicacao_n_273-_2023_-_dpt__-_ind._ao_infraestrutura_ponte_1a_oeste_zona_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/407/indicacao_n_274-_2023_-_fas__-_ind._a_sec._de_educacao__dedetizar_as_escolas_publicas_ocred.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_n_275-_2023_-_lks__-_ind._a_sec._de_saude_banheiro_dentro_da_casa_de_apoio_ocred.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_n_276_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/410/indicacao_n_277-2023_-_prefeito_e_dpto_tributos_assegur_doc_q_es_ocred.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_n_278-2023_-_ind._ao_prefeito_afastamento_do_servidor_ocred.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_n_279-_2023_-_mrm_-__ind._ao_prefeito_que_regulamente_o_pagamento_de_licenca-premio_aos_servidores_ocred.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_n_280-_2023_-_fas-__ind._ao_governo_e_gestao_auxiliar_de_limpeza_no_centro_de_cursos_ocred.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_n_282-_2023_-_fas_-ind._ao_prefeito_e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_n_283-_2023_-_fas_-ind._a_infraestrutura_construcao_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_n_284-_2023_-_dls_-ind._ao_prefeito_conselho_de_transp_ocred.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_n_285-_2023_-_lks_-ind._ao_prefeito_que_instale_labora_ocred.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_n_286-_2023_-_jvn_-_ind._ao_prefeito_e_transito_que_in_ocred.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_n_287_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._d_ocred.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_n_288-_2023_-_dpt_-_ind._ao_infraestrutura_reforma_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_n_289_-2023_-_fas_ind._a_assistencia_social_o_auxilio_ocred.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_n_290-_2023_-_fas_-_indica_prefeito_isencao_do_mei_no_ocred.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_n_291-_2023_-_fas_ind._ao_prefeito_propositora_a_conce_ocred.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_n_294_-_2023_-_rls_-_ind_sec_de_intraest_recuperacao_r_ocred.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/428/indicacao_n_295-_2023_-_csj_-ind._ao_prefeito_e_cidade_revitaliz_ocred.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_n_296_-_2023_-_jvn_-_ind_a_gestao_e_a_sec_de_intraest_ocred.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/431/indicacao_n_298-_2023_-_csj_-ind._a_infraestrutura_o_patrolament_ocred.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_n_299-_2023_-_csj_-ind._ao_prefeito_e_a__infraestrutur_ocred.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_n_301-_2023_-_dls_-_ind._ao_prefeito_implantacao_de_um.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_n_302-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_n_303-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n_304_-_2023_-_mrm_-_ind_a_sec_de_infraest_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n_305-_2023_-_lks_-ind._a_dep._flavinha_unidade_odonto.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n_306-_2023_-_lks_-ind._a_dep._flavinha_solicita_uma_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n_307-_2023_-_rls_-ind._a_dep._flavinha_pa_carregadeir_ocred.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n_308-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_educacao_limpeza_das_escolas_municipais_ocred.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n_309-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_ocred.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n_310-_2023_-_lks_e_rls_-_ind._ao_prefeito_aquisicao_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n_314-_2023_-_dptc_-_ind._ao_prefeito_a_doacao_de_um_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_315-2023_-_lks_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_316-2023_-_bps_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/450/indicacao_n_317-2023_-_rls_-_indica_sec_infraestrutura_patrolame_ocred.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/451/indicacao_n_318-2023_-_rls_-_indica_sec_infraestrutura_reparos_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/452/indicacao_n_319-_2023_-_bps_-_ind._novamente_a_implantar_um_redu_ocred.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_n_320-_2023_-_fas_-_ind._a_infraestrutura_e_direcao_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/454/indicacao_n_321-_2023_-_fas_-_ind._a_infraestrutura_e_governo_pa_ocred.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_n_322-_2023_-_fas_-_ind._a_direcao_de_transito_faixa_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/456/indicacao_n_323-2023_-_rls_-_indica_ao_pref_e_ao_sec_infraest_fl_ocred.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/457/indicacao_n_324-2023_-_rls_-_indica_sec_infraest_flex_man_ponte_ocred.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_n_325-2023_-_rls_-_indica_sec__manut_estrada_cruzeiro_ocred.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_n_326-2023_-_rls_-_indica_sec__sobs_de_bueiro_na_estra_ocred.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_n_327-2023_-_rls_e_lks__-_indica_sec__saude_a_aqui_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/461/indicacao_n_328-2023_-_asr_e_dpt_-ind._a_infraestrutura_o_patrol_ocred.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/462/indicacao_n_329-2023_-_asr_e_dpt_-ind._a_infraestrutura_construc_ocred.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/464/indicacao_n_331-_2023_-_lks_-_ind._a_sec._de_saude_uma_impresora_para_a_policlinica_ocred.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/465/indicacao_n_332-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cadeiras_de_descanso_para_a_pam_ocred.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/466/indicacao_n_333-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cozinha_permanente_para_a_pam_ocred.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/469/indicacao_n_336-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairro_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_n_338-2023_-_dls_-_ind._ao_prefeito_e_infraestrutura_recuperacaof_01_e_f_02._ocred.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n_339-2023_-_lks_-_ind._ao_dep._juarez_costa_recursos_de_um_clube_de_maes_ocred.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/473/indicacao_n_340-2023_-_lks_-_ind._aosec._de_infraestrutura_pavimentacao_asfaltica_na_av._perimetral_nw_ocred.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/474/indicacao_n_341-2023_-_lks_-_ind._ao_prefeito_e_infraestrutura_construcao_de_um_redutor_na_laudiceia_ocred.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/475/indicacao_n_342-2023_-_fas_-_ind._a_direcao_de_transito_e_infraestrutura_redutor_de_velocidade_na_rua_ivandelina_r._nazario_ocred.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n_343-2023_-_fit_-_ind._a_direcao_de_transito_conserto_do_semaforo_em_frente_a_escola_benjamin_de_padua._ocred.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_n_344-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._ourolanda_ocred.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/478/indicacao_n_345-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._pista_do_cabeca._ocred.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/479/indicacao_n_346-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._sao_mateus_ocred.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/481/indicacao_n_348-_2023_-_rls_-_ind._a_sec._infraestrutura_patrolamento_das_estradas_da_comunidade_agua_limpa_e_terceira_sul_ocred.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/482/indicacao_n_349-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_ouro_verde_ocred.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_n_350-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_da_pista_do_cabeca_ocred.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_n_351-_2023_-_rls_-_ind._a_sec._de_infraestrutura_conserto_da_ponte_na_estrada_28_ocred.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/485/indicacao_n_352-2023_-_fit_-_ind._a_direcao_de_transito_substituicao_do_semaforo_proximo_a_escola_marines_ocred.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_n_353-2023_-_ods_-_ao_secret_de_estado_de_saude_cc_dep_nininho_viabilizar_sistema_cirurgia_endoscopia_que_espec_ocred.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_n_354-2023_-_mrm_-_ind._a_secretaria_de_gestao_intalacao_de_parque_infantil_ocred.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_n_355-2023_-_fit_-_ind._ao_dep._valdir_barranco_aquisicao_de_recursos_do_programa_luz_para_todos_ocred.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_356-_2023_-_lks_e_rls_-_ind._a_sec._de_cidades_manutencao_dos_banheiros_da_rodoviaria_ocred.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n_357-2023_-_mrm_-_ind._a_secretaria_de_gestao_que_instale_ati_ocred.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n_358-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_setor_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n_359-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairrojardim_europas_ocred.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_n_360-2023_-_dls_-_ind._a_infraestrutura_retirada_do_ponto_de_onibus_na_avenida_ludovico_da_riva_ocred.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_n_361-2023_-_jvn_-_ind._a_infraestrutura_reparos_na_rua_t2_ocred.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/495/indicacao_n_362-2023_-_jvn_-_ind._a_infraestrutura_janela_na_sala_de_aula_de_artes_marciais_do_complexo_esportivo_ocred.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n_366-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_na_praca_civica._ocred.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n_367-2023_-_fas_-_ind._ao_prefeito_placas_sinalizadoras_no_bairro_novo_horizonte_ocred.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n_368-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_quadra_de_areia_e_outros_no_bairro_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_n_369-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_n_370-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_novo_horizonte_ocred.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_n_371-2023_-_lks_e_rls_-_ind._ao_presidente_da_camara_inst_de_correm._ocred.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_n_372-2023_-_dls_-_ind._ao_pref._afixacao_de_placa_de_logradouro_ocred.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_n_373-2023_-_rls_-_ind._ao_sec._de_saude_a_substituicao_das_portas_das_ubs_do_setor_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_n_374-2023_-_rls_-_ind._ao_sec._de_saude_a_instalacao_de_ar-condicionado_nas_ubs_setor_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_n_376-2023_-_csj_-_ind._ao_sec._de_cidades_redutor_de_velocidades_na_rua_d-05_ocred.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_n_377-2023_-_dpt_-_ind._ao_prefeito_c.c_a_sec._de_cidades_faixa_elevada_nas_avs._ariosto_e_ludovico_ocred.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_n_378-2023_-_dptc_-_ind._a_sec._de_educacao_mobiliario_no_cer_ocred.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_379-2023_-_dptc_-_ind._a_sec._de_transito_sinalizacao_em_um_redutor_no_bairro_vila_nova_ocred.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_380-2023_-_dptc_-_ind._a_sec._de_saude_mobiliario_da_ubs_do_jardim_primavera._ocred.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_381-_2023_-_fas_-_reportando_a_ind._018__ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata_ocred.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_382-_2023_-_rls_-_a_sec._de_infraestrutura_molhe__todo_o_perimetro_das_av._teles_pires_sem_pavimentacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_386-_2023_-_rls_-_a_sec._de_saude_consertar_o_ar-condicionado_do_psf_comunidade_rio_verde._ocred.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/520/indicacao_n_387-_2023_-_fas_-_a_sec._de_cidade_e_meio_ambiente_poda_nas_arvores_da_rua_maceio_ocred.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_n_388-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_reforma_na_ubs_jardim_primavera_ocred.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_n_390-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_providenciar_2_ares-condicionados_na_ubs_jardim_primavera_ocred.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_n_391-2023_-_rls_e_lks_-_ind._ao_prefeito_providenciar_a_ampliacao_do_barracao_do_cci_ocred.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_n_392-2023_-_dls_-_ind._a_cidade_e_meio_ambiente_podas_das_arvores_nas_ruas_das_avenidas_ariosto_e_ludovico_ocred.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_n_393-2023_-_rls_e_lks_-_ind._ao_prefeito_posto_policial_no_bairro_cidade_alta_ocred.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_n_394_-_2023_-_lks_e_rls__-_reindica_a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_n_395-2023_-_asr_-_ind._patrolamento_e_cascalhamento_da_estrada_com._guadalupe_ocred.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n_396-2023_-_dls_-_ind._ao_prefeito_e_transito_placas_de_sinalizacao_na_avenida_do_aeroporto_ocred.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n_397-2023_-_dls_-_ind._ao_prefeito_e_educacao_curso_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_398-2023_-_dls_-_ind._a_sec._cidade_e_infraestrutura_ocred.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_399-2023_-_dls_-_ind._ao_prefeito_e_sec._infraestrut_ocred.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_400-2023_-_dls_-_ind._ao_prefeito_parceria_com_o_cen_ocred.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_401-2023_-_lks_e_rls__-_ind._a_infraestrutura_pavime_ocred.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_402-2023_-_lks_e_rls__-_ind._ao_prefeito_e_sec._de_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/536/indicacao_n_403-2023_-_rls__-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_n_404-2023_-_asr__-_ind._ao_prefeito_e_a_transito_faix_ocred.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_n_405-2023_-_asr__-_ind._ao_prefeito_e_esporte_e_cidad_ocred.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n_406-2023_-_jvn_-_ind._a_sec._de_governo_e__infraestrutura_redutor_de_velocidade_na_perimetral_rogerio_silva_ocred.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/540/indicacao_n_407-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_retirada_dos_restos_de_materiais_ocred.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_n_408-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_alugar_climatizadores_ocred.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/543/indicacao_n_410-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_por__aduelas_na_estrada_nasser_noujain_ocred.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_411-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_na_comunidade_pista_do_cabeca_ocred.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_413-2023_-_fas_-_ind._a_sec._de_saude_um_telefone_fi.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_414-2023_-_csj_-_ind._a_sec._de_cidade_bancos_assen.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_415-2023_-_fas__-_ind._a_sec._de_saude_instalar_um_a.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_416-2023_-_fas__-_ind._ao_prefeito_e_sec._de_transit.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_n_417-2023_-_dls__-_ind._ao_sec._de_meio_ambiente_e_ci.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_n_418-2023_-_dls__-_ind._ao_prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_n_420-2023_-_lks_-_ind._ao_sec._decidade_e_o_prefeito_pinturas_dos__quebra_mola_em_bairros_do_municipio_ocred.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/627/indicacao_n_421-2023_-_csj_-_ind._ao_prefeito_disponibilizar_internet_em_todos_os_psf_rurais_ocred.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_n_422-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_cidade_redutor_de_velocidades_na_rua_aldo_brandine_no_bairro_almeida_prado_ocred.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_423-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_educacao_construcao_de_02__salas_de_aula_na_escola_paulo_pires_ocred.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_424-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_infraestrutura_cascalhamento_entre_o_trecho_da_estrada_que_liga_comunidade_ceu_azul_ocred.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_425-2023_-_dls_-_ind._ao_prefeito_implantacao_de_uma_fazenda_de_energia_solar_para_atender_os_orgaos_publicos_ocred.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_n_427-2023_-_dls_-_ind._a_sec._cidade_e_chefia_de_limpeza_limpeza_dos_canteiros_da_perimetral_rogerio_silva._ocred.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_n_428-2023_-_dls_-_ind._ao_prefeito_e_sec._educacao_limpeza_reforma_do_parque_da_escola_jardim_das_flores_ocred.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_n_429-2023_-_jvn_-_ind._as_sec._de_gestao_e_sec._de_infraestrutura_conclusao_da_pavimentacao_asfaltica_da_av._leandro_adorno_ocred.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_n_430-2023_-_bps_-_ind._a_sec._de_cidade_redutor_de_velocidades_na_av._unemat_ocred.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/150/mocao_no_001-2023_-_cmaf-_pesar_com_a_familia_do_eutalio_bicudo_ocred.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/155/mocao_no_003-2023_-_csj_-_congratulacoes_com_o_wellignton_crepal_ocred.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/156/mocao_no_004-2023_-_jvn_-_congratulacoes_com_a_atleta_darianeda_ocred.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_no_005-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/159/mocao_no_006-2023_-_rls_-_congratulacoes_com_os_servidores_do_ps_ocred.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_no_007-2023_-_fit_-_congratulacoes_com_a_professora_rudima_ocred.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/163/mocao_no_008-2023_-_lks_-_congratulacoes_com_a_enfermeira_maria_ocred.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/167/mocao_no_009-2023_-_dpt_-_congratulacoes_com_o_carlito_rosa_nune_ocred.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/168/mocao_no_010-2023_-_fas_-_congratulacoes_com_a_academia_poly_spo_ocred.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/181/mocao_no_012-2023_-_csj-_ao_douglas_tardim_do_araras_futebol_clu_ocred.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/184/mocao_no_013-2023_-_dptc_-congratulacoes_com_a_servidora_dineile_ocred.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/187/mocao_no_014-2023_-_dptc_-congratulacoes_com_a_medico_sergue_dav_ocred.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/196/mocao_no_016-2023_-_cmaf-_repudio_energisa_sa_ocred.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/200/mocao_no_018-2023_-_fit_-_congratulacao_com_a_auxiliar_de_enferm_ocred.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/202/mocao_no_019-2023_-_csj_-aco_norte_futebol_clube_ocred.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/203/mocao_no_020-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/204/mocao_no_021-2023_-_dpt_-_congratulacao_sr._luiz_teles_ocred.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/206/mocao_no_023-2023_-_lks_-_congratulacao_o_casal_jose_e_ligia_ocred.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/207/mocao_no_024-2023_-_dptc_-_congratulacao_vidroalta_ocred.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/210/mocao_no_025-2023_-_jvn_-_congratulacao_com_o__atleta_roberto_ma_ocred.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/212/mocao_no_026-2023_-_fas_-_congratulacao_com_a_empresa_marcos_aut_ocred.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/214/mocao_no_027-2023_-_fit_-_congratulacao_com_a_mulheres_da_limpez_ocred.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/217/mocao_no_028-2023_-_ods_congratulacoes_com_loja_maconica_luz_e_l_ocred.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/219/mocao_no_029-2023_-_fas_-_congratulacao_com_drogaria_coroados_ocred.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/220/mocao_no_030-2023_-_dls_-_congratulacao_com_o_instituto_educacio_ocred.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/223/mocao_no_031-2023_-_jvn_-miss_helen_goncalves_larocca_ocred.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/225/mocao_no_032-2023_-_bps_-_congratulacoes_com_o_servidor_jean_car_ocred.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/227/mocao_no_033-2023_-_csj_-_congratulacoes_com_os_servidores_e_alu_ocred.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/229/mocao_no_034-2023_-_fas-_congratulacao_com_o_empresa_publiart_ocred.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/231/mocao_no_035-2023_-_mrm-_congratulacao_com_o_empresa_scar_som_ocred.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/233/mocao_no_036-2023_-_fit_-congratulacao_com_o_time_uniao_futsal_ocred.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/236/mocao_no_037-2023_-_dptc_-_congratulacoes_com_a_empresa_alta_veiculos_ocred.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/237/mocao_no_038-2023_-_asr_-congratulacao_com_escritora_e_ilustrado_ocred.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/238/mocao_no_039-2023_-_asr_-congratulacao_com_1_sgt_manoel_joacir_ocred.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/245/mocao_no_040-2023_-_lks_-_congratulacao_as_colaborados_da_prefei_ocred.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/247/mocao_no_041-2023_-_fas_-_congratulacao_com_drogaria_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/251/mocao_no_043-2023_-_fas-_congratulacao_com_o_empresa_dk_organiza_ocred.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/253/mocao_no_044-2023_-_csj-_congratulacoes_com_leana_reis_buffet_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_no_045-2023_-_dpt-_congratulacoes_o_pastor_romualdo_ocred.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/255/mocao_no_046-2023_-_fit_-_congratulacoes_jovem_publicitaria_jack_ocred.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_no_047-2023_-_fas-_congratulacao_com_o_empresa_decomar_ocred.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_no_048-2023_-_dls_-_pesar_com_a_familia_e_amigos_do_pionei_ocred.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_no_049-2023_-_mrm-_congratulacao_com_o_jornalista_e_influe_ocred.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_no_050-2023_-_csj_-_congratulacao_com_o_servidor_andre_lui_ocred.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_no_051-2023_-_lks_-_congratulacoes_com_a_servidora_aposent_ocred.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_no_052-2023_-_mrm-_congratulacao_com_o_empresa_rodcar_ocred.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_no_053-2023_-_dpt_-_congratulacoes_sr_severio_orlandi_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_no_054-2023_-_dls_-_congratulacoes_sra_beatriz_finimundy_ocred.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_no_055-2023_-_dptc_-_congratulacao_com_o_servidor_sebastia_ocred.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_no_056-2023_-_dptc_-_congratulacao_com_a_servidora_maria_r_ocred.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_no_057-2023_-_csj-_congratulacoes_com_a_empresa_claudino_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_no_058-2023_-_jvn_-_congratulacoes_com_os_colaboradores_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_no_059-2023_-_mrm-_congratulacao_com_a_prof._helena_aparec_ocred.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/283/mocao_no_060-2023_-_dptc_-_congratulacoes_com_a_usadafer_pelo_45_ocred.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/284/mocao_no_061-2023_-_mrm-_congratulacao_com_a_servidora_maria_sir_ocred.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/285/mocao_no_062-2023_-_fas-_congratulacao_com_a_empresa_tonhao_ferr_ocred.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/286/mocao_no_063-2023_-_asr_-congratulacao_com_a_professora_maria_dirce_dos_santos_ocred.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/287/mocao_no_064-2023_-_jvn_-congratulacao_com_a_allan_kardec_ocred.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/288/mocao_no_065-2023_-_fit_-congratulacao_com_a_jovem_aline_araujo_ocred.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_no_066-2023_-_dls_-congratulacao_com_o_empresario_carlos_cezar_dos_santos_ocred.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_no_067-2023_-_dptc_-_congratulacoes_com_o_setor_de_fiscali_ocred.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/291/mocao_no_068-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_no_069-2023_-_lks_-_congratulacao_com_a_maria_regina_nogar_ocred.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/298/mocao_no_070-2023_-_fit__-congratulacao_com_orlando_e_josue_casa_ocred.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/299/mocao_no_071-2023_-_dls_-congratulacao_com_militares_do_8o_batal_ocred.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/300/mocao_no_072-2023_-_mrm_-_congratulacao_pneus_parana_ocred.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/301/mocao_no_073-2023_-_mrm_-_congratulacao_com_a_servidora_valdeti_ocred.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/302/mocao_no_074-2023_-_jvn_-_congratulacoes_com_a_equipe_de_quadril_ocred.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_no_075-2023_-_lks-_congratulacao_com_a_digital_influencer_ocred.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/304/mocao_no_076-2023_-_fit_-_congratulacao_a_cleia_rodrigues_gotter_ocred.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/305/mocao_no_077-2023_-_lks_-_congratulacoes_com_os_servidores_do_us_ocred.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/306/mocao_no_078-2023_-_dls_-_congratulacao_os_policiais_civis_ocred.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/307/mocao_no_079-2023_-_dptc_-_congratulacao_com_o_sispumaf_ocred.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/308/mocao_no_080-2023_-_dptc_-_congratulacoes_com_o_cae_da_prefeitur_ocred.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/309/mocao_no_081-2023_-_fas_-_congratulacoes_com_o_sindicato_dos_tax_ocred.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/310/mocao_no_082-2023_-_jvn_-_congratulacoes_com_a_confeitaria_empor_ocred.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/311/mocao_no_083-2023_-_csj_-_congratulacao_ao_centro_de_cursos_rosi_ocred.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/312/mocao_no_084-2023_-_fit__-congratulacao_com_gessica_e_lorraine_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/313/mocao_no_085-2023_-_fas-_congratulacao_com_a_empresa_anjos_colchoes_ocred.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/550/mocao_no_086-2023_-_csj_-_congratulacoes_com_o_setor_de_rh_da_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/551/mocao_no_087-2023_-_lks_e_rls_-congratulacao_com_a_empresaria_em_ocred.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/552/mocao_no_088-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/554/mocao_no_089-2023_-_dls_-_congratulacao_os_policiais_da_patrulha_ocred.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/555/mocao_no_090-2023_-_dptc-_congratulacao_com_a_empresa_multiseg_ocred.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/556/mocao_no_091-2023_-_dptc-_congratulacao_com_o_professor_carlos_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/557/mocao_no_092-2023_-_dls_-_congratulacao_com_escola_militar_dom_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/558/mocao_no_093-2023_-_jvn_-_congratulacao_com_os_atletas_participa_ocred.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/559/mocao_no_094-2023_-_csj_-_congratulacao_a_atletica_praga_da_unem_ocred.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/560/mocao_no_095-2023_-_asr_-_congratulacao_com_a_associacao_comunit_ocred.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/561/mocao_no_096-2023_-_dls_-_congratulacao_com_a_empresa_agrosul_ocred.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/562/mocao_no_097-2023_-_fas-_congratulacao_com_a_empresa_comercio_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/563/mocao_no_098-2023_-jvn_-_congratulacao_com_o_campeonato_brasilei_ocred.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/564/mocao_no_099-2023_-_mrm_-_congratulacao_e_agradecimentos_com_os_ocred.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/565/mocao_no_100-2023_-_ods_-_congratulacao_com_a_loja_kiechen_prime_ocred.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/567/mocao_no_101-2023_-_fas-_congratulacao_com_a_empresa_ac_agiliza_ocred.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/642/mocao_no_102-2023_-_cmaf_-_congratulacao_e_agradecimento_c_gover_ocred.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/643/mocao_no_103-2023_-jvn_-_congratulacao_com_a_equipe_de_resgate_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/644/mocao_no_104-2023_-_cmaf-_apoio_ao_congresso_nacional_face_legalizacao_aborto_adpf_442_apresentada_ao_stf_ocred.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/645/mocao_no_105-2023_-_fit_-_congratulacoes_com_os_advogados_dr._fe_ocred.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/646/mocao_no_106-2023_-_fit_-_congratulacoes_com_o_professor_mahal_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/647/mocao_no_107-2023_-_dptc-_congratulacao_com_a_servidora_ana_beat_ocred.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/648/mocao_no_108-2023_-_csj-_congratulacao_com_a_bicicletaria_3_irma_ocred.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/650/oficio_no_048-2023_ver_dls__solicitacao_da_ama.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/547/pl_002-2023-_ver._diferenca_rga_das_perdas_inflac_dos_subsidios_ocred.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/548/pl_003-2023-_revisao_geral_anual_rga_exerc._2022-servidores_ocred.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/549/pl_004-2023-_ver_-_fixa_subsidios_vereadores_legislatura_2025-20_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/553/pl_005-2023-_dls_-_revoga_lei_2.078-2013_e_alteracoes_leis_2.095_ocred.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/566/pl_006-2023-_dls_-_revoga_lei_2.229-2014_-_doacao_imovel_pjc_ocred.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/568/pl_007-2023-_dls_-_revoga_lei_2.664-2021-_doacao_imovel_senar_ocred.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/569/pl_008-2023-_dls_-_revoga_lei_2.665-2021-_doacao_imovel_sindicato_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/570/pl_009-2023-_fas_-_inclui_malha_viaria_estrada_romera_ocred.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/571/pl_010-2023-_dls_-_revoga_lei_1.945-2011_-_doacao_imovel_fmtk.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/572/pl_011-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_de_imovel_a_ma_ocred.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/573/pl_012-2023-_jvn_-_banco_municipal_de_cadeira_de_rodas_ocred.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/574/pl_013-2023-_dls_-_pagamento_de_salario_dos_servidores_municpais_ocred.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/575/pl_014-2023-_dls_-_pagamento_de_tributos_via_pix_ocred.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/576/pl_015-2023-_mrm_-_denominacao_vias__do_jardim_por_do_sol_ocred.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/577/pl_016-2023_-_dptc_-_altera_dispositivo_da_lei_no_2.659-2021_-_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/578/pl_017-2023_-_fas_-_proibe_a_cobranca_da_taxa_de_religacao_de_ag_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/580/pl_019-2023-_dls_-_revoga_lei_1.443-2006_doacao_imovel_estado_mt_ocred.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/581/pl_020-2023-_dls_-_revoga_lei_2.018-2012_doacao_imovel_est_mato_ocred.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/582/pl_021-2023-_dls_-_revoga_lei_2.204-2014_-_doacao_imovel_marinha_ocred.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/583/pl_022-2023-_dls_-_revoga_lei_2.203-2014_doacao_imovel_corpo_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/584/pl_023-2023-_csj_-_inclui_malha_viaria_estrada_emilio_romera_ocred.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/585/pl_024-2023_-_ods_-_declara_de_utilidade_publica_ass._do_laco_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/586/pl_025-2023_-_jvn_-_proibe_manif_de_cun_eleit_em_even.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/587/pl_026-2023_-_dls_ods_fas_e_bps_-_denominacao_vias_publicas_do_j_ocred.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/588/pl_027-2023_-_ods_e_dls_-_denominacao_vias_publicas_do_loteamento_jardim_vila_verde_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/590/pl_029-2023-_fas_-_inclui_malha_viaria_estrada_paraiso_ocred.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/591/pl_030-2023_-_dptc_e_fit_-_institui_o_dezembro_vermelho_municipi_ocred.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/592/pl_031-2023_-_asr_dpt_e_dptc_-_regula_o_uso_do_aparelho_elimina_ocred.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/593/pl_032-2023_-_dls_-_dispoes_sobre_instalacao_de_cameras_e_outros.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/594/pl_033-2023_-_dls_-_semana_municipal_de_concientizacao_do_autism_ocred.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/595/pl_034-2023_-_fit_e_lks-_copa_batom_ocred.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/596/pl_035-2023_-_jvn_-_politica_de_transparencia_nas_obras_publicas_ocred.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/597/pl_036-2023-_dpt_-_reconhece_e_inclui_malha_viaria_estradas_vale_ocred.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/598/pl_037-2023-_jvn_-_denomina_kayoko_tanaka_complexo_esportivo_da_ocred.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/599/pl_038-2023-_ods_-_inclui_malha_viaria_vicinal_sao_manuel_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/600/pl_039-2023-_mrm__-_inclui_malha_viaria_estrada_osmar_boiadeiro_ocred.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/601/pl_040-2023-dptc_-_saude_bucal_-arquivado_ocred.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/603/pl_041_-2023-_bps_-_inclui_malha_viaria_estrada_pombinho_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/604/pl_042-2023_-_fit_-_declara_de_utilidade_publica_o_instituto_centro_vida_-_icv_ocred.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/607/pl_045-2023_-_jvn-_modifica_caput_e_acresc_incisos_ao_art_2o_da_lei_1.143-2002_e_da_outras_provid_ocred.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/608/pl_046-2023_-_dls_-_adote_uma_lixeira.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/609/pl_047-2023_-_dls_-_transparencia_de_emendas_ocred.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/610/pl_048-2023_-_dls_-_firmar_acordos_extrajudiciais_com_terceiros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/611/pl_049-2023_-_jvn_-_reconhece_arara_caninde_ave_simbolo_af_ocred.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/612/pl_050-2023_-_jvn_-_reconhece_matrinxa_assado_prato_tipico_culin_ocred.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/613/pl_051-2023_-_declaracao_de_utilidade_publica_do_projeto_e_possi_ocred.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/614/pl_052-2023_-_mrm_e_dptc_-_recebimento_deposito_doacao_sobras_q_especif.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/615/pl_053-2023_-_dls_fas_csj_e_jvn_-_constitui__2o_art_89_da_lei_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/616/pl_054-2023_-_dptc_e_dls__-_altera_dispositivo_da_lei_no_2.823-2_ocred.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/617/pl_055-2023_-_ods_-_reconhece_como_logradouros_publicos_sua_den_ocred.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/618/pl_056-2023_-fas_e_dls-prioridade_atendimento_de_quimioterapia_radioterapia_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/654/pl_057-2023_-_mrm_-_reconhece_como_logradouro_publico_extensao_d.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/655/pl_058-2023-_jvn_-autoriza_construcao_de_passarela_aerea_entre_e.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/656/pl_059-2023_-_csj_-_institui_a_semana_municipal_da_saude_bucal.doc.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/657/pl_060-2023_-_ods_-_denominacao_vias_publicas_do_loteamento_residencial_alvorada..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/658/pl_061-2023_-_fit_-_institui_a_semana_do_capoeirista_em_af_0001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/661/pl_063-2023_-_csj_-_declara_de_utilidade_publica_ass._comunitari.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/662/pl_064-2023_-_ods_-_reconhece_como_ponto_turistico_regiao_teles.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/741/pl_065-2023-_fas_-_direito_da_gestante_a_acompanhante_no_parto.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/742/pl_066-_2023_-_jvn_-_acesso_livre_e_gratuito_a_rede_wi-fi_dos_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/641/projeto_de_lei_-_2253_-_redefine_a_area_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_-_2258-2023_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/639/projeto_de_lei_-_2261_-_altera_lei_2.486-19.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/640/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/637/projeto_de_lei_-_2.264_-_altera_dispositivos_da_lei_1005_e_da_out.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/892/projeto_de_lei_-_2272_-_gratificacao_por_produtividade.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/602/pl_040-2023-dptc_-_saude_bucal_-_substitutivo_ocred.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/638/veto_09-2023_-_total_-_transparencia_emendas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/652/veto_10-2023_-_total_-_ferias_contratos_temporario.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_n._001-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_001-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/68/requerimento_n._002-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_n._003-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_n._004-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_004-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_n._005-2023_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_n._006-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_001-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_n._007-2023_-_vereadores_-_requerem_tramitacao_em_regime_de_urgencia_especial_proposta_a_emenda_a_lei_or_002-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/81/requerimento_n._008-2023_-_dls_-_requer_dados_pessoas-nascidas-em-alta-floresta.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/83/requerimento_n._009-2023_-_dls_-_requer_informacoes_sobre_patrimonio_hospital_regional.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/85/requerimento_n._010-2023_-_dls_-_requer_informacoes_sobre_reclamacoes_sobre_medicos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/87/requerimento_n._011-2023_-_dls_-_requer_informacoes-sobre-leitos-de-uti.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_n._012-2023_-_vereadores_-_requerem_informacoes_q_e_0001.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_n._013-2023_-_vereadores_-_requerem_urgencia_especial_ao_requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_n._014-2023_-_vereadores_-_requerem_urgencia_especial_ao_pr_002-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_n._015-2023_-_dls_-_requer_prefeito_cc_informacoes_proc_compra_funcern_vlr_631_mil.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_n._016-2023_-_com._de_politicas_gerais_-_requer-_co.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/135/requerimento_n._017-2023_-_com._de_politicas_gerais_-_requer-_co.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_n._018-2023_-_fit_-_requer_informacoes_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_n._019-2023_-_mrm_-_requer_anuencia_de_falta_da_sessao_22-02-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_n._020-2023_-_dls_-_requer_repostas_do_executivo_acerca_da_area_da_ass._amorib.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_n._021-2023_-_fit_requer_disponibilidade_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_n._022-2023_-_csj_requer_retirada_do_projeto_de_lei_no_2.222-2023_e_respectiva_emenda.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_n._023-2023_-jvn_-_requer_informacoes_do_processo_a.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_n._024-2023_-_vereadores_-_requer_retirada_de_trami.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_n._025-2023_-_vereadores_-_requer_retirada_de_trami.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_n._026-2023_-_dls__-_requer_retirada_de_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_n._027-2023-_csj_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_n._028-2023_-_dptc__-_requer_informacoes_cer_-_assu.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_n._029-2023_-_dls-_requer_anuencia_de_falta_da_sess.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_n._030-2023_-_dls-_requer__contratos_publicidades.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_n._031-2023_-_vereadores_-_requerem_tramitacao_em_r.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_n._032-2023_-_dls-_requer_quantidade_de_exames_real.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_n._033-2023_-_lks_e_rls_-_a_secret_saude_e_ao_conso.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_n._034-2023_-_lks_-_requer_anuencia_de_falta_da_ses.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_n._035-2023_-_dls_-_requer_informacoes_acerca_da_mi.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_n._036-2023_-_dls_-_requer_copias_das_atas_da_reuni.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_n._037-2023_-_dls_-_informacoes_de_imoveis_locados.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_n._038-2023_-_dls_-_informacoes_sobre_contratos_de.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_n._039-2023_-_jvn_-_aplicacao_da_lei_2.788-2023__pl.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_n._040-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n025-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_n._041-2023_-_asr__-_requer_procedimentos_referentes_as_obras_de_asfaltamento_do_bairro_jardim_araras.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_n._042-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.240-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/176/requerimento_n._043-2023-_dls_-_requer_informacoes_de_todos_os_contratos_dos_medicos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_n._044-2023-_dls-_requer_retirada_de_tramitacao_indicacao_278-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_n._045-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.226-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_n._046-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.247-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_n._047-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.250-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/280/requerimento_n._048-2023_-_jvn_-_requer_anuencia_de_falta_da_sessao_14-07-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/281/requerimento_n._049-2023_-_dls__-_requer_retirada_de_tramitacao_do_projeto_lei__n048-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/651/requerimento_n._062-2023-_csj_-_requer_retirada_de_tramitacao_pl_2.253-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/660/requerimento_n._074-2023-_dpt_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/1/indicacao_n_001-_2023_-_jvn_-_ind_ao_prefeito_c.c_a_infraestrutu_ocred.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/2/indicacao_n_002-_2023_-_mrm_-_indica_ao_pref._que_garanta_na_lei_o_direito_a_ferias_dos_contratados_ocred.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/3/indicacao_n_003-_2023_-_bps_-_ind._ao_pref._que_seja_implantada_ocred.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/4/indicacao_n_004_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/5/indicacao_n_005_-_2023_-_csj_-_ind_ao_pref._c.c._a_direcao_de_tr_ocred.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/6/indicacao_n_006_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._infraes_ocred.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/7/indicacao_n_007_-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._saude_i_ocred.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/8/indicacao_n_008_-_2023_-_fas_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_n_009_-_2023_-_csj_-_ind._a_sec._de_saude_atualizacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_n_010_-_2023_-_asr_-_ind._ao_pref._que_revitalize_a_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/11/indicacao_n_011_-_2023_-_csj_-_ind._ao_pref._e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/12/indicacao_n_012-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gesta_ocred.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/13/indicacao_n_013-_2023_-_rls_-_ind._ao_sec._de_obras_que_reforme_ocred.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/14/indicacao_n_014-_2023_-_rls_-_ind._ao_sec._de_saude_a_troca_dos_ocred.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/15/indicacao_n_015-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_n_016-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_do_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/17/indicacao_n_017-_2023_-_rls_-_ind._ao_sec._de_obras_reforma_da_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/18/indicacao_n_018-_2023_-_fas_-_ind._ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/19/indicacao_n_019_-_2023_-_jvn_-_ind._ao_prefeito_e_a_sec._de_infr_ocred.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/20/indicacao_n_020_-_2023_-_jvn_-_ind._ao_prefeito__a_implantacao_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/21/indicacao_n_021_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/22/indicacao_n_022_-_2023_-_jvn_-_ind._a_infraestrutura_servico_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/23/indicacao_n_023_-_2023_-_jvn_-_ind._ao_prefeito_guardas_na_rodov_ocred.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/24/indicacao_n_024_-_2023_-_fit_e_csj_-_ind._ao_prefeito_a_readequa_ocred.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_n_026_-_2023_-_fas_-_ind._a_infraestrutura_praca_publi_ocred.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_n_027_-_2023_-_fas_-_ind._a_infraestruturae_a_direcao_ocred.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_n_028_-_2023_-_fit_-_ind._a_infraestruturae_redutor_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_n_030_-_2023_-_csj_e_fit_-_ind._ao_prefeito_e_sec._de_ocred.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_n_031_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_n_032_-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentac_ocred.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_n_033_-_2023_-_lks_-_ind._a_direcao_de_transito_placas_ocred.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/34/indicacao_n_034_-_2023_-_dls_-_ind._ao_prefeito_que_altere_lei_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/37/indicacao_n_037_-_2023_-_fas_-_ind._a_infraestruturae_de_transit_ocred.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/38/indicacao_n_038_-_2023_-_rls_-_ind._a_infraestruturae_o_patrolam_ocred.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/39/indicacao_n_039_-_2023_-_rls_-_ind._a_infraestruturae_adequacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/41/indicacao_n_041_-_2023_-_ods_-_ind._ao_dep._nin._assegurar_recur_ocred.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_n_043_-_2023_-_jvn_-_ind._a_infraestrutura__reparo_na_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/43/indicacao_n_044_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/44/indicacao_n_045_-_2023_-_mrm_-_ind._a_infraestrutura_reparos_no_ocred.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_n_046_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_ocred.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/47/indicacao_n_048_-_2023_-_jvn_-_ind._a_infraestrutura_e_transito_a_pintura_da_faixa_de_pedestre_na_av._bom_pastor_ocred.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/48/indicacao_n_049_-_2023_-_dptc_-_ind._ao_prefeito_contratar_um_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/49/indicacao_n_050_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/50/indicacao_n_051_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/51/indicacao_n_052_-_2023_-_dptc_-_ind._a_sec._de_saude_compra_de_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/53/indicacao_n_054_-_2023_-_rls_-_ind._ao_prefeito_sinalizacao_nos_ocred.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/54/indicacao_n_055_-_2023_-_poda_de_arvores_praca_civica.._ocred.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/57/indicacao_n_058_-_2023_-_rls_-_ind._a_infraestrutura_p._realizar_ocred.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/58/indicacao_n_059_-_2023_-_rls_-_ind._a_infraestrutura_patrolament_ocred.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/59/indicacao_n_060_-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/60/indicacao_n_061_-_2023_-_dls_-_ind._ao_prefeito_e_sec._de_obras_ocred.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/61/indicacao_n_062_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_se_ocred.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/62/indicacao_n_063_-_2023_-_dls_-_ind._ao_governador_c.c_sec._de_ag_ocred.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/63/indicacao_n_064_-_2023_-_asr_-_ind._ao_prefeito_sec._de_infraestrutura_e_direcao_de_cidades_revitalizar_os_anteiros_centrais_ocred.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/64/indicacao_n_065_-_2023_-_asr_-_ind._a_sec_de_inf._e_dir._de_cida_ocred.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/65/indicacao_n_066_-_2023_-_asr_-_ind._ao_pref._que_conclua_a_pavim_ocred.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/66/indicacao_n_067_-_2023_-_rls_e_lks_-_ind._a_infraestrutura_patro_ocred.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/69/indicacao_n_068_-_2023_-_fas_-_ind._a_infraestruturae_e_iluminac_ocred.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/70/indicacao_n_069_-_2023_-_jvn_-_ind._a_infraestruturae_patrolamen_ocred.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/72/indicacao_n_070_-_2023_-_jvn_-_ind._a_infraestrutura__implantaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/73/indicacao_n_071_-_2023_-_fas_-_ind._ao_prefeito_e_sec._de_govern_ocred.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/75/indicacao_n_072_-_2023_-_fas_-_ind._ao_prefeito_e_sec._limpeza_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/77/indicacao_n_073_-_2023_-_lks_-_ind._ao_prefeito_e_sec._de_saude_ocred.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_n_074_-_2023_-_jvn_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_n_075_-_2023_-_dls_-_ind._ao_prefeito_c.c._a_sec._de_o_ocred.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_n_076_-_2023_-_fas_-_ind._a_sec._de_inovacao_reforma_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/89/indicacao_n_079_-_2023_-_mrm_-_ind._ao_prefeito_sec._de_infraest_ocred.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/90/indicacao_n_080_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/91/indicacao_n_081_-_2023_-_mrm_-_ind._ao_prefeito_e_ao_nucleo_de_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/93/indicacao_n_082_-_2023_-_dpt-_ind._ao_prefeitopavimentacao_nas_r_ocred.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/94/indicacao_n_083_-_2023_-_rls_e_lks-_ind._ao_prefeito_a_sec._de_saude_providenciem_cadeiras_de_rodas_as_unidades_de_saudes_ocred.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/95/indicacao_n_084_-_2023_-_jvn-_ind._ao_prefeito_a_sec._de_infraes_ocred.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/96/indicacao_n_085_-_2023_-_dpt-_ind._ao_prefeito_que_elabore_lei_s_ocred.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/97/indicacao_n_086-_2023_-_dls_-_ind._ao_gov._c.c._a_ass._leg._que_ocred.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/98/indicacao_n_087-_2023_-_dls_-_ind._ao_pref._que_conceda_rga_aos_ocred.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/99/indicacao_n_088-_2023_-_dls_-_ind._ao_pref._c.c._ao_sec._de_saud_ocred.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/101/indicacao_n_090-_2023_-_fas_-_ind._a_infraestrutura_e_transito_u_ocred.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/102/indicacao_n_091-_2023_-_csj_-_ind._ao_prefeito_e_saude_contratac_ocred.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/103/indicacao_n_092-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/104/indicacao_n_093-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_n_094-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_n_095-_2023_-_dls_-_ind._a_prefeitura_e_infraestrutura_ocred.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_n_096-_2023_-_dls_-_ind._ao_dep._julio_campos_cameras_ocred.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_n_098-_2023_-_lks_-_ind._a_sec._de_saude_um_fogao_indu_ocred.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_n_099-_2023_-_rls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_n_100-_2023_-_ods_-_ind._ao_gov._que_implante_escola_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_n_102-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_n_103-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_n_104-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_n_105_-2023_-_csj_-_indica_a_sec._de_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_n_106-_2023_-_fas_-_ind._a_infraestrutura_faixa_elevad_ocred.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_n_107-_2023_-_fas_-_ind._a_infraestrutura_na_avenida_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_n_108-_2023_-_rls_-_ind._ao_sec._de_obras_que_faca_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_n_110-_2023_-_fas_-_ind._a_sec._de_inf._e_dir._de_ilum_ocred.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_n_111-_2023_-_fas_-_ind._a_sec._de_inf._c.c._a_dir._de_ocred.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_n_112-_2023_-_fas_-_ind._ao_pref._c.c._a_sec._de_gesta_ocred.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_n_113-_2023_-_fas_-_ind._a_dir._de_tran._que_implante_ocred.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_n_114-_2023_-_fas_-_ind._a_dir._de_tran._que_instale_f_ocred.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_n_115-_2023_-_dls_-_ind._ao_pref._que_doe_area_para_co_ocred.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_n_116-_2023_-_dptc_-_ind._a_sec._de_saude_que_compre_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_n_117-_2023_-_rls_-_ind._a_sec._de_inf._que_arrume_bue_ocred.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_n_118-_2023_-_dpt_-_ind._a_dir._de_trans._que_fiscaliz_ocred.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_n_119-_2023_-_fas_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_n_120-_2023_-_mrm_-_ind._a_dir._de_trans._que_sinalize_ocred.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_n_122-_2023_-_dptc_-_ind._a_infraestrutura_limpezas_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_n_123-_2023_-_dls_-_ind._ao_prefeito_uma_homenagem_ao_ocred.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_n_124-_2023_-_dls_-_ind._ao_prefeito_a_venda_de_um_dos_ocred.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_n_125-_2023_-_fas_-_ind._a_direcao_de_iluminacao_e_inf_ocred.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_n_126-_2023_-_fas_-_ind._ao_governo_e_gestao_e_infraes_ocred.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_n_128-_2023_-_fas_-_ind._a_sec._de_saude_ar_condiciona_ocred.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_n_129-_2023_-_fas_-_ind._a_sec._de_saude_manutencao_no_ocred.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_n_130-_2023_-_fas_-_ind._a_sec._de_saude_direcionar_ag_ocred.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_n_131-_2023_-_asr_-_ind._a_mesa_diretora_tempo_na_trib_ocred.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_n_132-_2023_-_dls_-indica_ao_sec_de_infroest_-_recuper_ocred.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_n_133-_2023_-_lks_e_rls_-_secretaria_de_saude-_cadeira_ocred.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_n_134-_2023_-_rls_-_ind._a_sec._de_inf._limp_na_rua_cr_ocred.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_n_135-_2023_-_fit_e_lks_-_ind._ao_prefeito_e_sec._de_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_n_136-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_n_137-_2023_-_dptc_-_ind._ao_sec._de_inf._a_poda_das_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_n_138-_2023_-_fit_-_ind._ao_prefeito_municipal_parceri_ocred.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_n_139-_2023_-_dls_-_ind._ao_prefeito_centro_de_control_ocred.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_n_140-_2023_-_dls_-_ind._ao_pref._que_pavimente_ruas_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_n_141-_2023_-_dls_-_ind._ao_pref._que_faca_a_doacao_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_n_142-_2023_-_dls_-_ind._ao_pref._centro_de_referencia_ocred.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_n_143-_2023_-_jvn_-_ind._a_infraestrutura_lampadas_h_ocred.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_n_145-_2023_-rls_-_ind._a_infraestrutura_troca_do_bueiro_de_madeira_por_uma_estrutura_nova_de_aduelas_da_estrada_nasser_noujain_ocred.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_n_146-_2023_-rls_-_ind._a_infraestrutura_cascalhamento_ocred.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_n_147-_2023_-fas_-_ind._a_gestao_de_governo_a_criacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_n_148-_2023_-fas_-_ind._a_gestao_de_governo_desconto_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_n_149-_2023_-_dpt_-_ind._ao_pref._que_regulamente_cons_ocred.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_n_150_-_2023_-_asr_-_ind._a_transito_dois_quebra_molas_ocred.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_n_151-_2023_-fas_-_ind._ao_prefeito_portas_com_detecto_ocred.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_n_152-_2023_-dls-_ind._ao_direcao_de_cidades_troca_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_n_153-_2023_-jvn_-_ind._ao_prefeito_contratacao_de_gua_ocred.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/240/indicacao_n_155-_2023_-dpt-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/241/indicacao_n_156-_2023_-mrm-_ind._a_infraestrutura_e_iluminacao_i_ocred.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/242/indicacao_n_157-_2023_-fas_-_ind._ao_prefeito_e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/243/indicacao_n_158-_2023_-lks_-_ind._a__sec._de_educacao_reforce_a_seguranca_nas_escolas_ocred.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/244/indicacao_n_159_-_2023_-rls_-_ind_-_equipamentos_psf_odonto_rio_ocred.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/246/indicacao_n_160_-_2023_-rls_-_indequipamentos_psf_zona_rural_202_ocred.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_n_161-_2023_-rls_e_lks_-_ind._a__sec._de_sapude_a_aqui_ocred.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/249/indicacao_n_162-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/252/indicacao_n_163-_2023_-rls_e_lks_-_ind._a__sec._de_saude_manuten_ocred.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_n_164-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/260/indicacao_n_165-_2023_-_dls_-_ind._ao_prefeito_a_implantacao_da_ocred.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/262/indicacao_n_166-_2023_-_dls_-_ind._ao_prefeito_e_a_infraestrutur_ocred.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/265/indicacao_n_167-_2023_-_rls-_ind._a_infraestrutura_a_manutencao_ocred.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/267/indicacao_n_168-_2023_-_dpt-_ind._a_prefeito_reforma_do_muro_e_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/268/indicacao_n_169-_2023_-_jvn-_ind._a_infraestrutura_o_patrolament_ocred.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_n_170-_2023_-_csj-_ind._ao_inss_cumpra_o_acordo_firmad_ocred.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_n_171-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_n_172-_2023_-rls_e_lks_-_ind._a__sec._de_saude_e_ao_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_n_173-_2023_-_dls_-_ind._ao_prefeito_e__sec._de_educac_ocred.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_n_174-_2023_-_rls-_ind._a_infraestrutura_implantacao_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_n_175-2023_-_lks_-_ind_a_sec._de_inf._que_faca_operaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/292/indicacao_n_176-2023_-_ods_-_prefeito_cc_secret_saude_atendiment_ocred.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_n_177-2023_-_ods_-_prefeito_cc_secret_saude_disponibil_ocred.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_n_178-_2023_-_fit_-_indica_ao_prefeito_e_ao_ver._tuti_ocred.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/297/indicacao_n_180-2023_-_dls_-_ind_ao_prefeito_e_a_direcao_de_cida_ocred.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/314/indicacao_n_181-2023_-_bps_-_ind_a_sec._de_gestao_construcao_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_n_184-2023_-_lks_e_rls_-_ind_ao_pref._c.c._a_sec_de_sa_ocred.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/318/indicacao_n_185-_2023_-dptc_-_ind._ao_prefeito_e_a__sec._de_saud_ocred.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/319/indicacao_n_186-_2023_-dptc_-_ind._a_direcao_de_transito_faixa_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/320/indicacao_n_187-_2023_-_jvn_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/321/indicacao_n_188-_2023_-_bps_-_ind._a_implantar_um_redutor_de_vel_ocred.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/322/indicacao_n_189-2023_-_dls_-_ind_ao_prefeito_instalacao_de_porta_ocred.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/323/indicacao_n_190-2023_-_jvn_-_ind_ao_direcao_de_transito_faixa_na_ocred.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/326/indicacao_n_193-_2023_-dls_-_ind._ao_prefeito_e_sec._de_infraest_ocred.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/327/indicacao_n_194_-_2023_-_rls_-_ind._a_infraestruturae_patrolamen_ocred.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/328/indicacao_n_195-_2023_-_rls_-_ind._de_patrolamento_proximo_ao_bar_do_didiao_ate_a_comunidade__rio_verde_ocred.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/329/indicacao_n_196-_2023_-_csj_-_ind._ao_prefeito_estacionamento_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/330/indicacao_n_197-_2023_-_csj_-_ind._ao_prefeito_e_meio_ambiente_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/331/indicacao_n_198-_2023_-_fas_-_ind._a_infraestrutura_e_cidades_co_ocred.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/332/indicacao_n_199-_2023_-_fas_-_ind._ao_prefeito_pavimentacao_asfa_ocred.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/333/indicacao_n_200-_2023_-_dpt_-_ind._ao_prefeito_comodato_de_uso_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/334/indicacao_n_201-_2023_-_dpt_e_asr_-_ind._ao_prefeito_pavimentaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/335/indicacao_n_202-_2023_-_asr_-_ind._ao_sec._de_infraestrutura_ser_ocred.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/336/indicacao_n_203-_2023_-_rls_-_ind._ao_prefeito_rede_de_agua_da_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/337/indicacao_n_204-_2023_-_rls_-_ind._ao_prefeito_projeto_de_uma_qu_ocred.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/338/indicacao_n_205-_2023_-_dptc_-_ind._a_sec._de_saude_demanda_de_mobiliario_ocred.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/339/indicacao_n_206-_2023_-fas__-_ind._a_direcao_de_transito_-_indic_ocred.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/340/indicacao_n_207-_2023_-fas__-_ind._a_gestao_e_infraestrutura-_pa_ocred.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/341/indicacao_n_208-_2023_-_jvn_-_ind._a_ao_prefeito_patrolamento_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/342/indicacao_n_209-_2023_-_jvn_-_ind._a_ao_prefeitoreforma_no_compl_ocred.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/343/indicacao_n_210-_2023_-_dpt_-_ind._a_infraestrutura_cascalhament_ocred.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/344/indicacao_n_211-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/345/indicacao_n_212-_2023_-_dls_-_ind._a_direcao_de_trasinto__sinali_ocred.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/346/indicacao_n_213-_2023_-_dls_-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/347/indicacao_n_214-_2023_-_csj_-_ind._ao_prefeito_e_sec._de_saude_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/348/indicacao_n_215-_2023_-_fit_-_ind._ao_prefeito_e_sec._de_agropec_ocred.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/349/indicacao_n_216-_2023_-_fit_-_ind._ao_prefeito_implementacao_das_ocred.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/350/indicacao_n_217-_2023_-_fit_-_ind._ao_prefeito_ampliar_a_ilumina_ocred.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/351/indicacao_n_218-_2023_-_lks_e_rls_-_ind._a_infraestrutura_recupe_ocred.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/352/indicacao_n_219-_2023_-fas__-_ind._a_direcao_de_transito_semafor_ocred.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/354/indicacao_n_221-_2023_-_csj_e_dls_-_ind._ao_prefeito_que_faca_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_n_222-_2023_-bps_-_ind._a_infraestrutura_patrolamento_ocred.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/356/indicacao_n_223-_2023_-lks_e_rls_-_ind._ao_prefeito_e_infraestru_ocred.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/357/indicacao_n_224-_2023_-fas__e_fit_-_ind._a_direcao_de_transito_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/358/indicacao_n_225-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/359/indicacao_n_226-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/360/indicacao_n_227-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/361/indicacao_n_228-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/362/indicacao_n_229-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_n_231-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_n_232-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/366/indicacao_n_233-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/367/indicacao_n_234-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/368/indicacao_n_235-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/369/indicacao_n_236-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/370/indicacao_n_237-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/371/indicacao_n_238-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/372/indicacao_n_239-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/373/indicacao_n_240-_2023_-dls_-_ind._ao_prefeito_e_infraestrutura_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/374/indicacao_n_241-_2023_-dpt_-_ind._ao_prefeito_aquisicao_de_uma_a.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/375/indicacao_n_242-_2023_-fit_-_ind._a_infraestreutura_redutor_de_v_ocred.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_n_243-_2023_-_lks_e_rls_-_ind._ao_prefeito_e_sec._de_s_ocred.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_n_244-_2023_-_dls_-_ind_a_pref_e_sec_infra_tapa_buraco_ocred.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/378/indicacao_n_245-_2023_-_dls_-_ind_a_pref_e_sec_infra_pavimente_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/379/indicacao_n_246-_2023_-_dls_-__revitalizacao_calcadas_escola_mun_ocred.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_n_247-_2023_-_rls_-__ind._ao_secretario_de_saude_wi-fi_ocred.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/381/indicacao_n_248-_2023_-_rls_-__ind._ao_prefeito_e_a_controladori_ocred.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/382/indicacao_n_249-_2023_-_rls_-__ind._secretaria_de_saude_reparos_ocred.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/383/indicacao_n_250-_2023_-_rls_-__ind._secretaria_de_edcuacao_um_es_ocred.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_n_251-2023_-_rls_e_lks__-_ind._ao_prefeito_reforma_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/385/indicacao_n_252_-_2023_-fas_-_ind._a_gestao_e_infraestrutura_a_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_n_253_-_2023_-fas_-_ind._a_saude_uma_tec._em_enfermage_ocred.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_n_254-_2023_-_rls_-__ind._sec._de_infraestrutura_troca_ocred.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_n_255-_2023_-_jvn_-__ind._sec._de_infraestrutura_e_cid_ocred.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_n_256-_2023_-_jvn_-__ind._sec._de_cidades_servico_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/390/indicacao_n_257-_2023_-_jvn_-__ind._sec._de_cidades_manutencao_n_ocred.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_n_258-_2023_-_dpt-__ind._sec._de_infraestrutura_constr_ocred.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/392/indicacao_n_259-_2023_-_dls_e_jvn_-__ind._ao_prefeito_refeicoes_ocred.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/393/indicacao_n_260-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/394/indicacao_n_261-_2023_-_fit-__ind._ao_prefeito_e_a_gestao_melhor_ocred.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_n_262-_2023_-_fas-__ind._a_sec._de_assistencia_social_ocred.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_n_263-_2023_-_mrm_-__ind._ao_prefeito_e_a_sec._instrut_ocred.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_n_264-_2023_-_jvn_-_ind._ao_infraestrutura_e_transito_ocred.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_n_265_-_2023_-_bps_-_ind._a_infraestrutura_reparos_na_ocred.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/399/indicacao_n_266_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/400/indicacao_n_267_-_2023_-_lks_e_rls__-_ind._a_infraestrutura_repa_ocred.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/401/indicacao_n_268_-_2023_-_dls__-_ind._ao_prefeito_que_pague_rga_aos_acs_e_ace_ocred.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/402/indicacao_n_269_-_2023_-_dpt__-_ind._ao_sec._de_obras_aduelas_na_4a_leste_ocred.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/403/indicacao_n_270-_2023_-_csj__-_ind._ao_governador_a_instalacao_do_nir_no_municipio_ocred.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/405/indicacao_n_272-_2023_-_csj__-_ind._ao_prefeito_e_a_educacao_guarita_para_o_apoio_ocred.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/406/indicacao_n_273-_2023_-_dpt__-_ind._ao_infraestrutura_ponte_1a_oeste_zona_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/407/indicacao_n_274-_2023_-_fas__-_ind._a_sec._de_educacao__dedetizar_as_escolas_publicas_ocred.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_n_275-_2023_-_lks__-_ind._a_sec._de_saude_banheiro_dentro_da_casa_de_apoio_ocred.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_n_276_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/410/indicacao_n_277-2023_-_prefeito_e_dpto_tributos_assegur_doc_q_es_ocred.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/411/indicacao_n_278-2023_-_ind._ao_prefeito_afastamento_do_servidor_ocred.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/412/indicacao_n_279-_2023_-_mrm_-__ind._ao_prefeito_que_regulamente_o_pagamento_de_licenca-premio_aos_servidores_ocred.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/413/indicacao_n_280-_2023_-_fas-__ind._ao_governo_e_gestao_auxiliar_de_limpeza_no_centro_de_cursos_ocred.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_n_282-_2023_-_fas_-ind._ao_prefeito_e_sec._de_educacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_n_283-_2023_-_fas_-ind._a_infraestrutura_construcao_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_n_284-_2023_-_dls_-ind._ao_prefeito_conselho_de_transp_ocred.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/418/indicacao_n_285-_2023_-_lks_-ind._ao_prefeito_que_instale_labora_ocred.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_n_286-_2023_-_jvn_-_ind._ao_prefeito_e_transito_que_in_ocred.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_n_287_-_2023_-_lks_e_rls__-_ind._a_prefeitura_e_sec._d_ocred.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_n_288-_2023_-_dpt_-_ind._ao_infraestrutura_reforma_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/422/indicacao_n_289_-2023_-_fas_ind._a_assistencia_social_o_auxilio_ocred.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_n_290-_2023_-_fas_-_indica_prefeito_isencao_do_mei_no_ocred.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_n_291-_2023_-_fas_ind._ao_prefeito_propositora_a_conce_ocred.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_n_294_-_2023_-_rls_-_ind_sec_de_intraest_recuperacao_r_ocred.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/428/indicacao_n_295-_2023_-_csj_-ind._ao_prefeito_e_cidade_revitaliz_ocred.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/429/indicacao_n_296_-_2023_-_jvn_-_ind_a_gestao_e_a_sec_de_intraest_ocred.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/431/indicacao_n_298-_2023_-_csj_-ind._a_infraestrutura_o_patrolament_ocred.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_n_299-_2023_-_csj_-ind._ao_prefeito_e_a__infraestrutur_ocred.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_n_301-_2023_-_dls_-_ind._ao_prefeito_implantacao_de_um.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_n_302-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/436/indicacao_n_303-_2023_-_dls_-_ind._ao_prefeito_reforma_do_predio.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n_304_-_2023_-_mrm_-_ind_a_sec_de_infraest_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n_305-_2023_-_lks_-ind._a_dep._flavinha_unidade_odonto.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n_306-_2023_-_lks_-ind._a_dep._flavinha_solicita_uma_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n_307-_2023_-_rls_-ind._a_dep._flavinha_pa_carregadeir_ocred.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n_308-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_educacao_limpeza_das_escolas_municipais_ocred.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n_309-_2023_-_fit_e_ods_-_ind._ao_prefeito_e_a_sec._de_ocred.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n_310-_2023_-_lks_e_rls_-_ind._ao_prefeito_aquisicao_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n_314-_2023_-_dptc_-_ind._ao_prefeito_a_doacao_de_um_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_n_315-2023_-_lks_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n_316-2023_-_bps_e_rls_-_indica_sec_de_saude__refoma_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/450/indicacao_n_317-2023_-_rls_-_indica_sec_infraestrutura_patrolame_ocred.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/451/indicacao_n_318-2023_-_rls_-_indica_sec_infraestrutura_reparos_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/452/indicacao_n_319-_2023_-_bps_-_ind._novamente_a_implantar_um_redu_ocred.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_n_320-_2023_-_fas_-_ind._a_infraestrutura_e_direcao_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/454/indicacao_n_321-_2023_-_fas_-_ind._a_infraestrutura_e_governo_pa_ocred.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_n_322-_2023_-_fas_-_ind._a_direcao_de_transito_faixa_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/456/indicacao_n_323-2023_-_rls_-_indica_ao_pref_e_ao_sec_infraest_fl_ocred.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/457/indicacao_n_324-2023_-_rls_-_indica_sec_infraest_flex_man_ponte_ocred.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/458/indicacao_n_325-2023_-_rls_-_indica_sec__manut_estrada_cruzeiro_ocred.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/459/indicacao_n_326-2023_-_rls_-_indica_sec__sobs_de_bueiro_na_estra_ocred.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/460/indicacao_n_327-2023_-_rls_e_lks__-_indica_sec__saude_a_aqui_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/461/indicacao_n_328-2023_-_asr_e_dpt_-ind._a_infraestrutura_o_patrol_ocred.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/462/indicacao_n_329-2023_-_asr_e_dpt_-ind._a_infraestrutura_construc_ocred.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/464/indicacao_n_331-_2023_-_lks_-_ind._a_sec._de_saude_uma_impresora_para_a_policlinica_ocred.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/465/indicacao_n_332-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cadeiras_de_descanso_para_a_pam_ocred.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/466/indicacao_n_333-_2023_-_lks_e_rls_-_ind._a_sec._de_saude_cozinha_permanente_para_a_pam_ocred.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/469/indicacao_n_336-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairro_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_n_338-2023_-_dls_-_ind._ao_prefeito_e_infraestrutura_recuperacaof_01_e_f_02._ocred.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/472/indicacao_n_339-2023_-_lks_-_ind._ao_dep._juarez_costa_recursos_de_um_clube_de_maes_ocred.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/473/indicacao_n_340-2023_-_lks_-_ind._aosec._de_infraestrutura_pavimentacao_asfaltica_na_av._perimetral_nw_ocred.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/474/indicacao_n_341-2023_-_lks_-_ind._ao_prefeito_e_infraestrutura_construcao_de_um_redutor_na_laudiceia_ocred.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/475/indicacao_n_342-2023_-_fas_-_ind._a_direcao_de_transito_e_infraestrutura_redutor_de_velocidade_na_rua_ivandelina_r._nazario_ocred.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/476/indicacao_n_343-2023_-_fit_-_ind._a_direcao_de_transito_conserto_do_semaforo_em_frente_a_escola_benjamin_de_padua._ocred.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/477/indicacao_n_344-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._ourolanda_ocred.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/478/indicacao_n_345-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._pista_do_cabeca._ocred.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/479/indicacao_n_346-_2023_-_rls_-_ind._a_sec._de_saude_e_ao_prefeito_reforma_do_psf_da_com._sao_mateus_ocred.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/481/indicacao_n_348-_2023_-_rls_-_ind._a_sec._infraestrutura_patrolamento_das_estradas_da_comunidade_agua_limpa_e_terceira_sul_ocred.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/482/indicacao_n_349-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_ouro_verde_ocred.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_n_350-_2023_-_rls_-_ind._a_sec._de_saude_consertar_o_ar_do_psf_da_pista_do_cabeca_ocred.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/484/indicacao_n_351-_2023_-_rls_-_ind._a_sec._de_infraestrutura_conserto_da_ponte_na_estrada_28_ocred.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/485/indicacao_n_352-2023_-_fit_-_ind._a_direcao_de_transito_substituicao_do_semaforo_proximo_a_escola_marines_ocred.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/486/indicacao_n_353-2023_-_ods_-_ao_secret_de_estado_de_saude_cc_dep_nininho_viabilizar_sistema_cirurgia_endoscopia_que_espec_ocred.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/487/indicacao_n_354-2023_-_mrm_-_ind._a_secretaria_de_gestao_intalacao_de_parque_infantil_ocred.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/488/indicacao_n_355-2023_-_fit_-_ind._ao_dep._valdir_barranco_aquisicao_de_recursos_do_programa_luz_para_todos_ocred.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/489/indicacao_n_356-_2023_-_lks_e_rls_-_ind._a_sec._de_cidades_manutencao_dos_banheiros_da_rodoviaria_ocred.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/490/indicacao_n_357-2023_-_mrm_-_ind._a_secretaria_de_gestao_que_instale_ati_ocred.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_n_358-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_setor_b_ocred.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_n_359-2023_-_dls_-_ind._ao_prefeito_placas_de_sinalizacao_nas_ruas_do_bairrojardim_europas_ocred.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/493/indicacao_n_360-2023_-_dls_-_ind._a_infraestrutura_retirada_do_ponto_de_onibus_na_avenida_ludovico_da_riva_ocred.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/494/indicacao_n_361-2023_-_jvn_-_ind._a_infraestrutura_reparos_na_rua_t2_ocred.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/495/indicacao_n_362-2023_-_jvn_-_ind._a_infraestrutura_janela_na_sala_de_aula_de_artes_marciais_do_complexo_esportivo_ocred.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_n_366-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_na_praca_civica._ocred.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/500/indicacao_n_367-2023_-_fas_-_ind._ao_prefeito_placas_sinalizadoras_no_bairro_novo_horizonte_ocred.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/501/indicacao_n_368-2023_-_fas_-_ind._ao_prefeito_e_gestao_parque_publico_infantil_quadra_de_areia_e_outros_no_bairro_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/502/indicacao_n_369-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/503/indicacao_n_370-2023_-_fas_-_ind._ao_transito_e_gestao_sinalizacoes_de_transito_no_bairro_novo_horizonte_ocred.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/504/indicacao_n_371-2023_-_lks_e_rls_-_ind._ao_presidente_da_camara_inst_de_correm._ocred.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/505/indicacao_n_372-2023_-_dls_-_ind._ao_pref._afixacao_de_placa_de_logradouro_ocred.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_n_373-2023_-_rls_-_ind._ao_sec._de_saude_a_substituicao_das_portas_das_ubs_do_setor_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/507/indicacao_n_374-2023_-_rls_-_ind._ao_sec._de_saude_a_instalacao_de_ar-condicionado_nas_ubs_setor_rural_ocred.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/509/indicacao_n_376-2023_-_csj_-_ind._ao_sec._de_cidades_redutor_de_velocidades_na_rua_d-05_ocred.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/510/indicacao_n_377-2023_-_dpt_-_ind._ao_prefeito_c.c_a_sec._de_cidades_faixa_elevada_nas_avs._ariosto_e_ludovico_ocred.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_n_378-2023_-_dptc_-_ind._a_sec._de_educacao_mobiliario_no_cer_ocred.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/512/indicacao_n_379-2023_-_dptc_-_ind._a_sec._de_transito_sinalizacao_em_um_redutor_no_bairro_vila_nova_ocred.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/513/indicacao_n_380-2023_-_dptc_-_ind._a_sec._de_saude_mobiliario_da_ubs_do_jardim_primavera._ocred.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/514/indicacao_n_381-_2023_-_fas_-_reportando_a_ind._018__ao_prefeito_e_a_sec._de_gestao_implantacao_de_um_espaco_infantil_e_praca_publica_para_o_bairro_florata_ocred.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/515/indicacao_n_382-_2023_-_rls_-_a_sec._de_infraestrutura_molhe__todo_o_perimetro_das_av._teles_pires_sem_pavimentacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/519/indicacao_n_386-_2023_-_rls_-_a_sec._de_saude_consertar_o_ar-condicionado_do_psf_comunidade_rio_verde._ocred.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/520/indicacao_n_387-_2023_-_fas_-_a_sec._de_cidade_e_meio_ambiente_poda_nas_arvores_da_rua_maceio_ocred.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/521/indicacao_n_388-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_reforma_na_ubs_jardim_primavera_ocred.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/523/indicacao_n_390-2023_-_rls_e_lks_-_ind._ao_sec._de_saude_e_o_prefeito_providenciar_2_ares-condicionados_na_ubs_jardim_primavera_ocred.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/524/indicacao_n_391-2023_-_rls_e_lks_-_ind._ao_prefeito_providenciar_a_ampliacao_do_barracao_do_cci_ocred.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/525/indicacao_n_392-2023_-_dls_-_ind._a_cidade_e_meio_ambiente_podas_das_arvores_nas_ruas_das_avenidas_ariosto_e_ludovico_ocred.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/526/indicacao_n_393-2023_-_rls_e_lks_-_ind._ao_prefeito_posto_policial_no_bairro_cidade_alta_ocred.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/527/indicacao_n_394_-_2023_-_lks_e_rls__-_reindica_a_prefeitura_e_sec._de_cidade_limpeza_na_escola_sonia_faleiros_ocred.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/528/indicacao_n_395-2023_-_asr_-_ind._patrolamento_e_cascalhamento_da_estrada_com._guadalupe_ocred.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/529/indicacao_n_396-2023_-_dls_-_ind._ao_prefeito_e_transito_placas_de_sinalizacao_na_avenida_do_aeroporto_ocred.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/530/indicacao_n_397-2023_-_dls_-_ind._ao_prefeito_e_educacao_curso_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_n_398-2023_-_dls_-_ind._a_sec._cidade_e_infraestrutura_ocred.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/532/indicacao_n_399-2023_-_dls_-_ind._ao_prefeito_e_sec._infraestrut_ocred.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/533/indicacao_n_400-2023_-_dls_-_ind._ao_prefeito_parceria_com_o_cen_ocred.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/534/indicacao_n_401-2023_-_lks_e_rls__-_ind._a_infraestrutura_pavime_ocred.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/535/indicacao_n_402-2023_-_lks_e_rls__-_ind._ao_prefeito_e_sec._de_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/536/indicacao_n_403-2023_-_rls__-_ind._a_infraestrutura_recuperacao_ocred.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/537/indicacao_n_404-2023_-_asr__-_ind._ao_prefeito_e_a_transito_faix_ocred.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/538/indicacao_n_405-2023_-_asr__-_ind._ao_prefeito_e_esporte_e_cidad_ocred.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/539/indicacao_n_406-2023_-_jvn_-_ind._a_sec._de_governo_e__infraestrutura_redutor_de_velocidade_na_perimetral_rogerio_silva_ocred.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/540/indicacao_n_407-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_retirada_dos_restos_de_materiais_ocred.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/541/indicacao_n_408-2023_-_jvn_-_ind._ao_prefeito_e_sec._educacao_alugar_climatizadores_ocred.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/543/indicacao_n_410-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_por__aduelas_na_estrada_nasser_noujain_ocred.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/544/indicacao_n_411-2023_-_rls__-_ind._a_infraestrutura_troca_do_bueiro_na_comunidade_pista_do_cabeca_ocred.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/619/indicacao_n_413-2023_-_fas_-_ind._a_sec._de_saude_um_telefone_fi.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/620/indicacao_n_414-2023_-_csj_-_ind._a_sec._de_cidade_bancos_assen.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/621/indicacao_n_415-2023_-_fas__-_ind._a_sec._de_saude_instalar_um_a.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/622/indicacao_n_416-2023_-_fas__-_ind._ao_prefeito_e_sec._de_transit.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/623/indicacao_n_417-2023_-_dls__-_ind._ao_sec._de_meio_ambiente_e_ci.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/624/indicacao_n_418-2023_-_dls__-_ind._ao_prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/626/indicacao_n_420-2023_-_lks_-_ind._ao_sec._decidade_e_o_prefeito_pinturas_dos__quebra_mola_em_bairros_do_municipio_ocred.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/627/indicacao_n_421-2023_-_csj_-_ind._ao_prefeito_disponibilizar_internet_em_todos_os_psf_rurais_ocred.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/628/indicacao_n_422-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_cidade_redutor_de_velocidades_na_rua_aldo_brandine_no_bairro_almeida_prado_ocred.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/629/indicacao_n_423-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_educacao_construcao_de_02__salas_de_aula_na_escola_paulo_pires_ocred.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_n_424-2023_-_csj_-_ind._ao_prefeito_e_a_sec._de_infraestrutura_cascalhamento_entre_o_trecho_da_estrada_que_liga_comunidade_ceu_azul_ocred.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_n_425-2023_-_dls_-_ind._ao_prefeito_implantacao_de_uma_fazenda_de_energia_solar_para_atender_os_orgaos_publicos_ocred.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/633/indicacao_n_427-2023_-_dls_-_ind._a_sec._cidade_e_chefia_de_limpeza_limpeza_dos_canteiros_da_perimetral_rogerio_silva._ocred.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/634/indicacao_n_428-2023_-_dls_-_ind._ao_prefeito_e_sec._educacao_limpeza_reforma_do_parque_da_escola_jardim_das_flores_ocred.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/635/indicacao_n_429-2023_-_jvn_-_ind._as_sec._de_gestao_e_sec._de_infraestrutura_conclusao_da_pavimentacao_asfaltica_da_av._leandro_adorno_ocred.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/636/indicacao_n_430-2023_-_bps_-_ind._a_sec._de_cidade_redutor_de_velocidades_na_av._unemat_ocred.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/150/mocao_no_001-2023_-_cmaf-_pesar_com_a_familia_do_eutalio_bicudo_ocred.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/155/mocao_no_003-2023_-_csj_-_congratulacoes_com_o_wellignton_crepal_ocred.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/156/mocao_no_004-2023_-_jvn_-_congratulacoes_com_a_atleta_darianeda_ocred.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/158/mocao_no_005-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/159/mocao_no_006-2023_-_rls_-_congratulacoes_com_os_servidores_do_ps_ocred.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/161/mocao_no_007-2023_-_fit_-_congratulacoes_com_a_professora_rudima_ocred.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/163/mocao_no_008-2023_-_lks_-_congratulacoes_com_a_enfermeira_maria_ocred.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/167/mocao_no_009-2023_-_dpt_-_congratulacoes_com_o_carlito_rosa_nune_ocred.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/168/mocao_no_010-2023_-_fas_-_congratulacoes_com_a_academia_poly_spo_ocred.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/181/mocao_no_012-2023_-_csj-_ao_douglas_tardim_do_araras_futebol_clu_ocred.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/184/mocao_no_013-2023_-_dptc_-congratulacoes_com_a_servidora_dineile_ocred.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/187/mocao_no_014-2023_-_dptc_-congratulacoes_com_a_medico_sergue_dav_ocred.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/196/mocao_no_016-2023_-_cmaf-_repudio_energisa_sa_ocred.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/200/mocao_no_018-2023_-_fit_-_congratulacao_com_a_auxiliar_de_enferm_ocred.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/202/mocao_no_019-2023_-_csj_-aco_norte_futebol_clube_ocred.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/203/mocao_no_020-2023_-_mrm_-_congratulacoes_e_agradecimento_com_a_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/204/mocao_no_021-2023_-_dpt_-_congratulacao_sr._luiz_teles_ocred.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/206/mocao_no_023-2023_-_lks_-_congratulacao_o_casal_jose_e_ligia_ocred.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/207/mocao_no_024-2023_-_dptc_-_congratulacao_vidroalta_ocred.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/210/mocao_no_025-2023_-_jvn_-_congratulacao_com_o__atleta_roberto_ma_ocred.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/212/mocao_no_026-2023_-_fas_-_congratulacao_com_a_empresa_marcos_aut_ocred.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/214/mocao_no_027-2023_-_fit_-_congratulacao_com_a_mulheres_da_limpez_ocred.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/217/mocao_no_028-2023_-_ods_congratulacoes_com_loja_maconica_luz_e_l_ocred.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/219/mocao_no_029-2023_-_fas_-_congratulacao_com_drogaria_coroados_ocred.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/220/mocao_no_030-2023_-_dls_-_congratulacao_com_o_instituto_educacio_ocred.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/223/mocao_no_031-2023_-_jvn_-miss_helen_goncalves_larocca_ocred.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/225/mocao_no_032-2023_-_bps_-_congratulacoes_com_o_servidor_jean_car_ocred.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/227/mocao_no_033-2023_-_csj_-_congratulacoes_com_os_servidores_e_alu_ocred.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/229/mocao_no_034-2023_-_fas-_congratulacao_com_o_empresa_publiart_ocred.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/231/mocao_no_035-2023_-_mrm-_congratulacao_com_o_empresa_scar_som_ocred.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/233/mocao_no_036-2023_-_fit_-congratulacao_com_o_time_uniao_futsal_ocred.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/236/mocao_no_037-2023_-_dptc_-_congratulacoes_com_a_empresa_alta_veiculos_ocred.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/237/mocao_no_038-2023_-_asr_-congratulacao_com_escritora_e_ilustrado_ocred.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/238/mocao_no_039-2023_-_asr_-congratulacao_com_1_sgt_manoel_joacir_ocred.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/245/mocao_no_040-2023_-_lks_-_congratulacao_as_colaborados_da_prefei_ocred.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/247/mocao_no_041-2023_-_fas_-_congratulacao_com_drogaria_bom_jesus_ocred.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/251/mocao_no_043-2023_-_fas-_congratulacao_com_o_empresa_dk_organiza_ocred.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/253/mocao_no_044-2023_-_csj-_congratulacoes_com_leana_reis_buffet_e_ocred.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/254/mocao_no_045-2023_-_dpt-_congratulacoes_o_pastor_romualdo_ocred.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/255/mocao_no_046-2023_-_fit_-_congratulacoes_jovem_publicitaria_jack_ocred.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/256/mocao_no_047-2023_-_fas-_congratulacao_com_o_empresa_decomar_ocred.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/258/mocao_no_048-2023_-_dls_-_pesar_com_a_familia_e_amigos_do_pionei_ocred.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/259/mocao_no_049-2023_-_mrm-_congratulacao_com_o_jornalista_e_influe_ocred.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/261/mocao_no_050-2023_-_csj_-_congratulacao_com_o_servidor_andre_lui_ocred.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/263/mocao_no_051-2023_-_lks_-_congratulacoes_com_a_servidora_aposent_ocred.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/264/mocao_no_052-2023_-_mrm-_congratulacao_com_o_empresa_rodcar_ocred.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/266/mocao_no_053-2023_-_dpt_-_congratulacoes_sr_severio_orlandi_1_ocred.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/269/mocao_no_054-2023_-_dls_-_congratulacoes_sra_beatriz_finimundy_ocred.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/271/mocao_no_055-2023_-_dptc_-_congratulacao_com_o_servidor_sebastia_ocred.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/273/mocao_no_056-2023_-_dptc_-_congratulacao_com_a_servidora_maria_r_ocred.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/275/mocao_no_057-2023_-_csj-_congratulacoes_com_a_empresa_claudino_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/278/mocao_no_058-2023_-_jvn_-_congratulacoes_com_os_colaboradores_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/282/mocao_no_059-2023_-_mrm-_congratulacao_com_a_prof._helena_aparec_ocred.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/283/mocao_no_060-2023_-_dptc_-_congratulacoes_com_a_usadafer_pelo_45_ocred.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/284/mocao_no_061-2023_-_mrm-_congratulacao_com_a_servidora_maria_sir_ocred.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/285/mocao_no_062-2023_-_fas-_congratulacao_com_a_empresa_tonhao_ferr_ocred.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/286/mocao_no_063-2023_-_asr_-congratulacao_com_a_professora_maria_dirce_dos_santos_ocred.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/287/mocao_no_064-2023_-_jvn_-congratulacao_com_a_allan_kardec_ocred.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/288/mocao_no_065-2023_-_fit_-congratulacao_com_a_jovem_aline_araujo_ocred.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/289/mocao_no_066-2023_-_dls_-congratulacao_com_o_empresario_carlos_cezar_dos_santos_ocred.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/290/mocao_no_067-2023_-_dptc_-_congratulacoes_com_o_setor_de_fiscali_ocred.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/291/mocao_no_068-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/296/mocao_no_069-2023_-_lks_-_congratulacao_com_a_maria_regina_nogar_ocred.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/298/mocao_no_070-2023_-_fit__-congratulacao_com_orlando_e_josue_casa_ocred.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/299/mocao_no_071-2023_-_dls_-congratulacao_com_militares_do_8o_batal_ocred.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/300/mocao_no_072-2023_-_mrm_-_congratulacao_pneus_parana_ocred.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/301/mocao_no_073-2023_-_mrm_-_congratulacao_com_a_servidora_valdeti_ocred.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/302/mocao_no_074-2023_-_jvn_-_congratulacoes_com_a_equipe_de_quadril_ocred.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/303/mocao_no_075-2023_-_lks-_congratulacao_com_a_digital_influencer_ocred.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/304/mocao_no_076-2023_-_fit_-_congratulacao_a_cleia_rodrigues_gotter_ocred.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/305/mocao_no_077-2023_-_lks_-_congratulacoes_com_os_servidores_do_us_ocred.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/306/mocao_no_078-2023_-_dls_-_congratulacao_os_policiais_civis_ocred.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/307/mocao_no_079-2023_-_dptc_-_congratulacao_com_o_sispumaf_ocred.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/308/mocao_no_080-2023_-_dptc_-_congratulacoes_com_o_cae_da_prefeitur_ocred.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/309/mocao_no_081-2023_-_fas_-_congratulacoes_com_o_sindicato_dos_tax_ocred.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/310/mocao_no_082-2023_-_jvn_-_congratulacoes_com_a_confeitaria_empor_ocred.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/311/mocao_no_083-2023_-_csj_-_congratulacao_ao_centro_de_cursos_rosi_ocred.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/312/mocao_no_084-2023_-_fit__-congratulacao_com_gessica_e_lorraine_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/313/mocao_no_085-2023_-_fas-_congratulacao_com_a_empresa_anjos_colchoes_ocred.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/550/mocao_no_086-2023_-_csj_-_congratulacoes_com_o_setor_de_rh_da_pr_ocred.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/551/mocao_no_087-2023_-_lks_e_rls_-congratulacao_com_a_empresaria_em_ocred.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/552/mocao_no_088-2023_-_fas-_congratulacao_com_a_empresa_oficina_do_ocred.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/554/mocao_no_089-2023_-_dls_-_congratulacao_os_policiais_da_patrulha_ocred.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/555/mocao_no_090-2023_-_dptc-_congratulacao_com_a_empresa_multiseg_ocred.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/556/mocao_no_091-2023_-_dptc-_congratulacao_com_o_professor_carlos_a_ocred.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/557/mocao_no_092-2023_-_dls_-_congratulacao_com_escola_militar_dom_p_ocred.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/558/mocao_no_093-2023_-_jvn_-_congratulacao_com_os_atletas_participa_ocred.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/559/mocao_no_094-2023_-_csj_-_congratulacao_a_atletica_praga_da_unem_ocred.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/560/mocao_no_095-2023_-_asr_-_congratulacao_com_a_associacao_comunit_ocred.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/561/mocao_no_096-2023_-_dls_-_congratulacao_com_a_empresa_agrosul_ocred.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/562/mocao_no_097-2023_-_fas-_congratulacao_com_a_empresa_comercio_de_ocred.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/563/mocao_no_098-2023_-jvn_-_congratulacao_com_o_campeonato_brasilei_ocred.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/564/mocao_no_099-2023_-_mrm_-_congratulacao_e_agradecimentos_com_os_ocred.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/565/mocao_no_100-2023_-_ods_-_congratulacao_com_a_loja_kiechen_prime_ocred.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/567/mocao_no_101-2023_-_fas-_congratulacao_com_a_empresa_ac_agiliza_ocred.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/642/mocao_no_102-2023_-_cmaf_-_congratulacao_e_agradecimento_c_gover_ocred.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/643/mocao_no_103-2023_-jvn_-_congratulacao_com_a_equipe_de_resgate_d_ocred.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/644/mocao_no_104-2023_-_cmaf-_apoio_ao_congresso_nacional_face_legalizacao_aborto_adpf_442_apresentada_ao_stf_ocred.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/645/mocao_no_105-2023_-_fit_-_congratulacoes_com_os_advogados_dr._fe_ocred.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/646/mocao_no_106-2023_-_fit_-_congratulacoes_com_o_professor_mahal_m_ocred.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/647/mocao_no_107-2023_-_dptc-_congratulacao_com_a_servidora_ana_beat_ocred.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/648/mocao_no_108-2023_-_csj-_congratulacao_com_a_bicicletaria_3_irma_ocred.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2023/650/oficio_no_048-2023_ver_dls__solicitacao_da_ama.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H665"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="232.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="231.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>