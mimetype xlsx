--- v0 (2025-12-12)
+++ v1 (2026-03-16)
@@ -54,6117 +54,6117 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emendas à Lei Orgânica</t>
   </si>
   <si>
     <t>Adelson Servidor, Bernardo Patrício, Claudinei de Jesus, Douglas Teixeira, Francisco Ailton, Leonice Klaus, Luciano Silva, MANOEL FELICIANO, Marcos Menin, Naldo da Pista, Pitoco, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA 001/2024 - ALTERA O DISPOSTO NO PARÁGRAFO 1 DO ARTIGO 77-A DA LEI ORGÂNICA DO MUNICÍPIO DE ALTA FLORESTA, MATO GROSSO.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, Luciano Silva, Marcos Menin, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/680/pl_001-2024-_ods_bps_dls_fas_e_mrm_revoga_art_7o_da_lei_2.885-20.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/680/pl_001-2024-_ods_bps_dls_fas_e_mrm_revoga_art_7o_da_lei_2.885-20.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 7º DA LEI MUNICIPAL Nº 2.885/2023, DE 22/12/2023.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/682/pl_002-2024-_mesa_diretora_-_altera_disp_lei_1.957-2011.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/682/pl_002-2024-_mesa_diretora_-_altera_disp_lei_1.957-2011.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.957/2011, DE 26 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/683/pl_003-2024-_mesa_diretora_-_revisao_geral_anual_rga_exerc._2023-servidores..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/683/pl_003-2024-_mesa_diretora_-_revisao_geral_anual_rga_exerc._2023-servidores..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL A REMUNERAÇÃO DOS SERVIDORES E SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marcos Menin</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/694/pl_004-2024_-_declaracao_de_utilidade_publica_assispen-af.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/694/pl_004-2024_-_declaracao_de_utilidade_publica_assispen-af.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS SERVIDORES DO SISTEMA PENITENCIÁRIO DE ALTA FLORESTA – ASSISPEN/AF.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/695/pl_005-2024_-_declaracao_de_utilidade_publica_o_morhan.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/695/pl_005-2024_-_declaracao_de_utilidade_publica_o_morhan.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O MORHAN – MOVIMENTO DE REINTEGRAÇÃO DAS PESSOAS ATINGIDAS PELA HANSENIASE- NUCLEO DE ALTA FLORESTA-MT.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/737/pl_006-2024_-_declaracao_de_utilidade_publica_o_moto_clube_roda_presa_280_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/737/pl_006-2024_-_declaracao_de_utilidade_publica_o_moto_clube_roda_presa_280_ocred.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O MOTO CLUBE RODA PRESA 280.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Bernardo Patrício</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/743/pl_007-2024_-_declaracao_de_util_pub_a_ass_com_do_jardim_panorama.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/743/pl_007-2024_-_declaracao_de_util_pub_a_ass_com_do_jardim_panorama.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA DO JARDIM PANORAMA.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Adelson Servidor, Bernardo Patrício, Claudinei de Jesus, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/762/pl_008-2024_-_declaracao_de_utilidade_publica_a_associacao_de_moradores_da_comunidade_rural_getsemani.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/762/pl_008-2024_-_declaracao_de_utilidade_publica_a_associacao_de_moradores_da_comunidade_rural_getsemani.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DA COMUNIDADE RURAL GETSEMANI.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, Leonice Klaus, Naldo da Pista, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/765/pl_009-2024-_fas_lks_rls_jvn_e_bps_altera_dispositivos_da_lei_2.896-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/765/pl_009-2024-_fas_lks_rls_jvn_e_bps_altera_dispositivos_da_lei_2.896-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 2.896/2024, DE 29 DE JANEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Francisco Ailton</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/822/pl_010-2024_-_fas_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_ipiranga.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/822/pl_010-2024_-_fas_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_ipiranga.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISOS AO ARTIGO 2 DA LEI MUNICIPAL N. 2.826/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Claudinei de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/823/pl_011-2024_-_csj_-__dec_de_util_pub__aftkd_-_associacao_af_de_t.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/823/pl_011-2024_-_csj_-__dec_de_util_pub__aftkd_-_associacao_af_de_t.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A AFTKD - ASSOCIAÇÃO DE ALTA FLORESTA DE TAE KWONDO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/830/pl_012-2024-_mrm_altera_dispositivos_da_lei_111-86.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/830/pl_012-2024-_mrm_altera_dispositivos_da_lei_111-86.pdf</t>
   </si>
   <si>
     <t>ACRESCENTAR DISPOSITIVO À LEI MUNICIPAL N. 111/86, DE 10 DE JUNHO E 1986, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Marcos Menin</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/849/pl_013-2024-_csj_e_mrm_-_denomina_dirceu_kynast_campo_sintetico.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/849/pl_013-2024-_csj_e_mrm_-_denomina_dirceu_kynast_campo_sintetico.pdf</t>
   </si>
   <si>
     <t>DENOMINA “DIRCEU SÉRGIO KYNAST”, O CAMPO SINTÉTICO DE FUTEBOL LOCALIZADO NO COMPLEXO ESPORTIVO KAIOKO TANAKA NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/850/pl_014-2024_-_ods_-_denominacao_vias_publicas_do_loteamento_resi.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/850/pl_014-2024_-_ods_-_denominacao_vias_publicas_do_loteamento_resi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS DO LOTEAMENTO RESIDENCIAL MOACIR BEZERRA, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Naldo da Pista, Leonice Klaus</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/866/pl_015-2024_-_rls_lks_-_dec_de_util_pub__a_associacao_comunitaria_rural_sao_joao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/866/pl_015-2024_-_rls_lks_-_dec_de_util_pub__a_associacao_comunitaria_rural_sao_joao.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 015/2024 - DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA RURAL SÃO JOÃO.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/896/pl_016-2024_-_dls_-_denominacao_vias_publicas_do_loteamento_resi.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/896/pl_016-2024_-_dls_-_denominacao_vias_publicas_do_loteamento_resi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS DO LOTEAMENTO RESIDENCIAL GREENVILE, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Douglas Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/899/pl_017-2024-_dptc_-_dia_da_biblia_e_inclui_no_calendario.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/899/pl_017-2024-_dptc_-_dia_da_biblia_e_inclui_no_calendario.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALTA FLORESTA O DIA DA BÍBLIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/911/pl_018-2024-dptc_-_estabelece_e_regulamenta_vacinacao_contra_o_h.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/911/pl_018-2024-dptc_-_estabelece_e_regulamenta_vacinacao_contra_o_h.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 018/2024 - ESTABELECE E REGULAMENTA A VACINAÇÃO CONTRA O VÍRUS HPV EM CRIANÇAS E ADOLESCENTES DENTRO DO PERÍMETRO ESCOLAR, NUMA AÇÃO DA SECRETARIA DE SAÚDE E SECRETARIA DE EDUCAÇÃO LEVANDO A INFORMAÇÃO CONTRA OUTRAS DOENÇAS SEXUALMENTE TRANSMISSÍVEIS E HUMANIZAÇÃO CONTRA O PAPILOMA DO VÍRUS HUMANO.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/932/pl_019-2024-_jvn-_revoga_lei_municipal_2.702-2022_e_represtina_a_2.453-2018.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/932/pl_019-2024-_jvn-_revoga_lei_municipal_2.702-2022_e_represtina_a_2.453-2018.pdf</t>
   </si>
   <si>
     <t>- REVOGA A LEI N. 2.702/2022 E REPRISTINA A VIGÊNCIA DA LEI N. 2.453/2018.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/915/pl_020-2024-_dptc_-_doacao_de_cabelo_para_pessoas_com_cancer.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/915/pl_020-2024-_dptc_-_doacao_de_cabelo_para_pessoas_com_cancer.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE INCENTIVO À DOAÇÃO DE CABELO ÀS PESSOAS CARENTES EM TRATAMENTO DE CÂNCER NO ÂMBITO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/954/proj.lei.n.021.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/954/proj.lei.n.021.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 021/2024 - CRIA O PROGRAMA COLO PARA MÃE DEDICADO A AÇÕES DE CONSCIENTIZAÇÃO, INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL DE MULHERES GESTANTES, PARTURIENTES E PUÉRPERAS NO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/955/proj.lei.n.022.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/955/proj.lei.n.022.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 022/2024 - GARANTE O DIREIRO DE PRIORIDADE DE MATRÍCULA DE IRMÃOS NA MESMA UNIDADE ESCOLAR DA REDE MUNICIPAL DE EDUCAÇÃO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/965/pl_023-2024_-_dptc_-banca_do_esporte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/965/pl_023-2024_-_dptc_-banca_do_esporte.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BANCA DO ESPORTE NO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/966/pl_024-2024_-_dptc_-_distribuicao_gratuita_de_repelentes.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/966/pl_024-2024_-_dptc_-_distribuicao_gratuita_de_repelentes.pdf</t>
   </si>
   <si>
     <t>ESTABELECE E REGULAMENTA A DISTRIBUIÇÃO GRATUITA DE REPELENTES DO MOSQUITO AEDES AEGYPTI NA REDE MUNICIPAL DE SAÚDE, VISANDO A IMPLEMENTAÇÃO DO PRPGRAMA ALTA FLORESTA SEM DENGUE.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/968/pl_025-2024_-_dptc_-_visao_nota_10.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/968/pl_025-2024_-_dptc_-_visao_nota_10.pdf</t>
   </si>
   <si>
     <t>PROGRAMA VISÃO NORA 10, QUE DETERMINA A NECESSIDADE DE REALIZAR EXAMES OFTAMOLÓGICOS PARA ESTUDANTES MATRICULADOS NA REDE PÚBLICA DE ENSINO FUNDAMENTAL NO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Douglas Teixeira, Francisco Ailton, Luciano Silva, Marcos Menin, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/960/pl_026-2024_-_jvn_csj_mrm_fas_dptc_dls_-_acresce__2o__e___recla.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/960/pl_026-2024_-_jvn_csj_mrm_fas_dptc_dls_-_acresce__2o__e___recla.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA § 2º NO ARTIGO 1º DA LEI MUNICIPAL Nº 2.390/2017, RECLASSIFICA § ÚNICO, CONSTITUI ART. 10-A, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/985/pl_027-2024_-_fit_-_copa_kayoko_tanaka_de_handebol.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/985/pl_027-2024_-_fit_-_copa_kayoko_tanaka_de_handebol.pdf</t>
   </si>
   <si>
     <t>RECONHECE A COPA KAYOKO TANAKA DE HANDEBOL, INCLUI COMO EVENTO ESPORTIVO INTEGRANTE DO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1040/pl_028-2024_-_fit_-_instituii_campanha_junho_verde.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1040/pl_028-2024_-_fit_-_instituii_campanha_junho_verde.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA - MT A CAMPANHA JUNHO VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1069/pl_029-2024_-_dls_-_acrecesnta_dispositivo_da_lei_2.749-2022.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1069/pl_029-2024_-_dls_-_acrecesnta_dispositivo_da_lei_2.749-2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI MUNICIPAL N. 2.749, DE 30 DE SETEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Francisco Ailton, Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/proj.lei.n.030.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/proj.lei.n.030.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DE SINAIS SONOROS NOS ESTABELECIMENTOS DAS REDES PÚBLICA E PRIVADA DE ENSINO POR SINAIS DE MUSICAIS A FIM DE NÃO GERAR INCÔMODOS SENSORIAIS ÀS PESSOAS COM HIPERSENSIBILIDADE AUDITIVA E OU TRASTORNO DO ESPECTRO AUTISTA-TEA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/pl_031-2024_-_mrm_-_reconhece_copa_trairao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/pl_031-2024_-_mrm_-_reconhece_copa_trairao.pdf</t>
   </si>
   <si>
     <t>RECONHECE A COPA TRAIRÃO DE FUTEBOL INFANTIL DE BASE, INCLUI COMO EVENTO ESPORTIVO INTEGRANTE DO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Bernardo Patrício, Douglas Teixeira, Francisco Ailton, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/pl_032-2024-_ods_acrescenta__unico_ao_art._4o_modif_9o_caput_da.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/pl_032-2024-_ods_acrescenta__unico_ao_art._4o_modif_9o_caput_da.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ART. 4º E MODIFICA O CAPUT DO ART. 9º, DA LEI Nº 2.885/2023, DE 22 DE DEZEMBRO DE 2023.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/pl_033-2024-_mrm_-_reconhece_e_inclui_malha_viaria_estradas_do_v.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/pl_033-2024-_mrm_-_reconhece_e_inclui_malha_viaria_estradas_do_v.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INCLUI NA MALHA VIÁRIA MUNICIPAL A ESTRADA DO VANDO.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/pl_034-2024_-_csj_-_decl_de_util__pub_associacao_altaflorestense.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/pl_034-2024_-_csj_-_decl_de_util__pub_associacao_altaflorestense.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A AFLOESTES - ASSOCIAÇÃO ALTAFLORESTENSE ESPORTIVA DE TENIS E SIMILARES.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/pl_035-2024_-_jvn_-_dec_de_util_pub__a_associacao_de_handebol.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/pl_035-2024_-_jvn_-_dec_de_util_pub__a_associacao_de_handebol.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE HANDEBOL DE ALTA FLORESTA - AHAF.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/pl_036-2024_-_jvn_-_decl_de_util__pub_associacao_de_basquete_alt.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/pl_036-2024_-_jvn_-_decl_de_util__pub_associacao_de_basquete_alt.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE BASQUETEBOL ALTA FLORESTA - ABAF.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_037-2024_-_rls__altera_lei_no_1983-2012_malha_viaria_estrela.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_037-2024_-_rls__altera_lei_no_1983-2012_malha_viaria_estrela.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N. 1.983/2012, DE 21 DE MAIO DE 2012.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1428/pl_038-2024_-_fas__proibicao_do_uso_de_celular_em_sala_de_aula.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1428/pl_038-2024_-_fas__proibicao_do_uso_de_celular_em_sala_de_aula.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO USO, POR ESTUDANTES NAS SALAS DE AULA DAS ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO DE ALTA FLORESTA, DE TELEFONE CELULAR E OUTROS DISPOSITIVOS ELETRÔNICOS COM TELAS DIGITAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1436/aacc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1436/aacc.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A AACC - ASSOCIAÇÃO ALTAFLORESTENSE DE COMBATE AO CANCER.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1466/pl_040-2024_-_fit_-_declaracao_de_utilidade_publica_do_grupo_okavango_capoeira.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1466/pl_040-2024_-_fit_-_declaracao_de_utilidade_publica_do_grupo_okavango_capoeira.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO CENTRO CULTURAL OKAVANGO CAPOEIRA.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1472/pl_041-2024_-_fit_-_declaracao_de_utilidade_publica_a_associacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1472/pl_041-2024_-_fit_-_declaracao_de_utilidade_publica_a_associacao.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO LARANJA MECÂNICA FUTEBOL CLUBE.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>ACRESCENTA INCISOS AO ARTIGO 2º DA LEI MUNICIPAL Nº 2.826/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1483/pl_043-2024_-_ods_-_declaracao_de_utilidade_publica_clube_de_aeromodelismo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1483/pl_043-2024_-_ods_-_declaracao_de_utilidade_publica_clube_de_aeromodelismo.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CLUBE DE AEROMODELISMO - C.A.A.F. DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1525/pl_044-2024_-_dls_-_declaracao_de_utilidade_publica_liga_matogro.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1525/pl_044-2024_-_dls_-_declaracao_de_utilidade_publica_liga_matogro.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A LIGA MATOGROSSENSE DE CICLISMO.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1526/pl_045-2024_-_dls_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_europa_e_ipiranga.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1526/pl_045-2024_-_dls_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_europa_e_ipiranga.pdf</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1527/pl_046-2024_-_ods_e_dpt_-_declaracao_de_utilidade_publica_sociedade_hoasqueira_beneficente_divino_criador.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1527/pl_046-2024_-_ods_e_dpt_-_declaracao_de_utilidade_publica_sociedade_hoasqueira_beneficente_divino_criador.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A SOCIEDADE HOASQUEIRA BENEFICIENTE DIVINO CRIADOR.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1528/pl_047-2024_-_ods_-_declaracao_de_utilidade_publica_-_floresta_off_road_4x4.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1528/pl_047-2024_-_ods_-_declaracao_de_utilidade_publica_-_floresta_off_road_4x4.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA FLORESTA OFF ROAD 4 X 4.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Valdemar Gamba</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_-_2281_-_adequacao_do_ppa.docx</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_-_2281_-_adequacao_do_ppa.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR READEQUAÇÃO NOS ANEXOS DO PLANO PLURIANUAL - PPA 2022-2025 DO MUNICÍPIO DE ALTA FLORESTA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_n_2.282-2024_-__loteamento_de_chacaras.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_n_2.282-2024_-__loteamento_de_chacaras.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS EXISTENTES E CRIAÇÃO DE NOVOS COM CARACTERÍSTICAS DE CHÁCARAS DE RECREIO E/OU RURAIS NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/665/oficio_n_021-2024_-_pl_2.283-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/665/oficio_n_021-2024_-_pl_2.283-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS BENEFÍCIOS MANTIDOS PELO INSTITUTO DE PREVIDÊNCIA DO SERVIDOR MUNICIPAL DE ALTA FLORESTA-IPREAF</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_n_2.284-2024_-_adequacao_ppa..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_n_2.284-2024_-_adequacao_ppa..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR READEQUAÇÃO NOS ANEXOS DO PLANO PLURIANUAL – PPA 2022-2025 DO MUNICÍPIO DE ALTA FLORESTA/MT E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_n_2.285-2024_-__rga_2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_n_2.285-2024_-__rga_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES DO MUNICÍPIO DE ALTA FLORESTA/MT, E DOS SERVIDORES DO IPREAF, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_n_2.286-2024_-_convenio_ager-sinop.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_n_2.286-2024_-_convenio_ager-sinop.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO MUNICÍPIO DE ALTA FLORESTA A FIRMAR CONVÊNIO COM A AGÊNCIA REGULADORA DE SERVIÇOS PÚBLICOS DELEGADOS DO MUNICÍPIO DE SINOP - AGER SINOP, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_n_2.287-2024_-_-_superavit_financeiro_-_ipreaf.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_n_2.287-2024_-_-_superavit_financeiro_-_ipreaf.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERÁVIT FINANCEIRO DO EXERCÍCIO DE 2023, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883/2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/688/projeto_de_lei_no_2.288-2024_-_readequacao_e_anexos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/688/projeto_de_lei_no_2.288-2024_-_readequacao_e_anexos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR READEQUAÇÃO NOS ANEXOS DO PLANO PLURIANUAL – PPA 2022-2025 DO MUNICÍPIO DE ALTA FLORESTA/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/707/projeto_de_lei_-_2289_-_superavit_financeiro_-_pmaf.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/707/projeto_de_lei_-_2289_-_superavit_financeiro_-_pmaf.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERÁVIT FINANCEIRO DO EXERCÍCIO DE 2024, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883, DE 21 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 204 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_-_2290_-_clube_floresta_de_volei_-_complementacao_do_repasse_de_valor_para_super_lig.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_-_2290_-_clube_floresta_de_volei_-_complementacao_do_repasse_de_valor_para_super_lig.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A REPASSAR AO CLUBE FLORESTA DE VOLEIBOL A QUANTIA DE R$300.000,00 (TREZENTOS MIL REAIS) PARA AUXILIAR NA CONTINUIDADE DA PARTICIPAÇÃO NA SUPERLIGA B DE VOLEIBOL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_2.291_-_altera_disp_lei_2.734-2022_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_2.291_-_altera_disp_lei_2.734-2022_ocred.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 2.734/2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/806/proj.lei.n.2.292.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/806/proj.lei.n.2.292.2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARÁGRAFO ÚNICO NO ARTIGO 1 DA LEI 1.721/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/807/projeto_de_lei_-_2293_-_enfermagem_atualizado.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/807/projeto_de_lei_-_2293_-_enfermagem_atualizado.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/805/proj.lri.n.2.294.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/805/proj.lri.n.2.294.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE DOBRE A PROIBIÇÃO DE NOVAS LIGAÇÕES DE ENERGIA ELÉTRICA E DE ÁGUA E ESGOTO EM LOTEAMENTOS CLANDESTINOS SEM A AUTORIZAÇÃO PRÉVIA DO PROPRIETÁRIO NO ÂMBITO DO MUINCÍPIO DE ALTA FLORESTA-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_lei_-_2295_-_habitacao_popular.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_lei_-_2295_-_habitacao_popular.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL, A REESTRUTURAÇÃO DO FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SSOCIAL E DO CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/817/projeto_de_lei_n_2.296-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/817/projeto_de_lei_n_2.296-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A REPASSAR AO SINDICATO RURAL DE ALTA FLORESTA A QUABTIA DE R$ 100.000,00 (CEM MIL REAIS) PARA AUXILIAR NA REALIZAÇÃO DA RECNOALTA/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_lei_-_2297_-_associacao_comunitaria_bom_pastor.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_lei_-_2297_-_associacao_comunitaria_bom_pastor.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 2.297/2024 - AUTORIZA O MUNCÍPIO DE ALTA FLORESTA/MT A PROCEDER AO REPASSE Á ASSOCIAÇÃO COMUNITÁRIA BOM PASTOR PARA REFORMAS ESTRURURAIS COM FINALIDADE DE FOMENTAR PRÁTICAS ESPORTIVAS, EDUCACIONAIS E CULTURAIS A JOVENS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_lei_-_2298_-_associacao_dos_servidores_do_sistema_penitenciario.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_lei_-_2298_-_associacao_dos_servidores_do_sistema_penitenciario.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 2.298/2024 - AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A PROCEDER AO REPASSE À ASSOCIAÇÃO DOS SERVIDORES DO SISTEMA PENITENCIÁRIO DE ALTA FLORESTA PARA IMPLANTAÇÃO DO SISTEMA DE ILUMINAÇÃO DO CAMPO DE FUTEBOL DOCIETY DE FORMA A ESTIMULAR PRÁTICAS DESPORTIVA E SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_-_2299_-_altera_lei_2.808-2023.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_-_2299_-_altera_lei_2.808-2023.doc</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 2.808/2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_-_2300_-_dispoe_sobre_a_abertura_de_credito_adic.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_-_2300_-_dispoe_sobre_a_abertura_de_credito_adic.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NA ESTRUTURA DA LEI 2.883/2023 – LEI ORÇAMENTÁRIA ANUAL (LOA) DO MUNICÍPIO DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/902/proj.lei.n.2.301.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/902/proj.lei.n.2.301.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 2.301/2024 - ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR N. 1.527/2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_-_2302_-_altera_lei_2771-2023_-_estatuto_da_educacao.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_-_2302_-_altera_lei_2771-2023_-_estatuto_da_educacao.doc</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 2.771//2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_de_lei_-_2303_-_protocolo_de_intencoes_do_consorcio_inte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_de_lei_-_2303_-_protocolo_de_intencoes_do_consorcio_inte.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 2.303/2024 - AUTORIZA O EXECUTIVO MUNICIPAL DE ALTA FLORESTA/MT A RATIFICAR AS ALTERAÇÕES E ASSINAR O PROTOCOLO DE INTENÇÕES ALTERADO E CONSOLIDADO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO DO ALTO TAPAJÓS QUE ENTRE SI CELEBRAM OS MUNICÍPIOS DE ALTA FLORESTA/MT, APIACÁS/MT, NOVA BANDEIRANTES/MT, NOVA MONTE VERDE/MT, PARANAÍTA/MT E CARLINDA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/957/proj.lei.n.2.304.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/957/proj.lei.n.2.304.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. 2.304/2024 - DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/969/projeto_de_lei_n_2.305-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/969/projeto_de_lei_n_2.305-2024.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS DE PROFESSORES E FUNCIONÁRIOS DOS ESTABELECIMENTOS DE ENSINO OÚBLICO E PRIVADOS DE EDUCAÇÃO BÁSICA E DE RECREAÇÃO INFANTIL, DO MUNICÍPIO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1010/proj.lei.n.2.306.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1010/proj.lei.n.2.306.2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ARRIÁ DA FLORESTA - FESTIVAL DE QUADRILHAS JUNINAS DO MUNCÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1011/projeto_de_lei_-_2307_-_refis.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1011/projeto_de_lei_-_2307_-_refis.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBREE A AUTORIZAÇÃO DO PODER EXECUTIVO EM PROCEDER A DISPENSA PARCIAL DOS ENCARGOS DEVIDOS RELATIVOS À MULTA DE MORA, AOS JUROS DE MORA, DOS CRÉDITOS DA FAZENDA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1015/projeto_de_lei_-_2308_-_perimetro_urbano_descontinuo_-_aterro_sanitario.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1015/projeto_de_lei_-_2308_-_perimetro_urbano_descontinuo_-_aterro_sanitario.doc</t>
   </si>
   <si>
     <t>INSERE O LOTE AF-1/11-B COMO PERÍMETRO URBANO DESCONTÍNUO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1017/projeto_de_lei_n_2.309-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1017/projeto_de_lei_n_2.309-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A PROCEDER AO REPASSE À ASSOCIAÇÃO DE MORADORES DO BAIRRO SANTA MARIA COM FINALIDADE DE FOMENTAR PRÁTICAS ESPORTIVAS, EDUCACIONAIS E CULTURAIS A JOVENS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_-_2310_-_loteamento_de_chacaras.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_-_2310_-_loteamento_de_chacaras.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRITÉRIOS PARA REGHULARIZAÇÃO DE LOTEAMENTOS RURAIS PARA AGRICULTURA FAMILIAR, LAZER/TURISMO, RECREAÇÃO E EM ATIVIDADES PRODUTIVAS E/OU RESIDÊNCIA NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_-_2311_-_refis.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_-_2311_-_refis.doc</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI 2.931/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_-_2312-2024_-_permuta_de_imoveis-com_anexo...pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_-_2312-2024_-_permuta_de_imoveis-com_anexo...pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR E PERMUTAR BENS MÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/projeto_de_lei_-_2313_-_altera_aliquota_de_contribuicao_patronal.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/projeto_de_lei_-_2313_-_altera_aliquota_de_contribuicao_patronal.doc</t>
   </si>
   <si>
     <t>ALTERA O PLANO DE AMORTIZAÇÃO DESTINADO AO EQUACIONAMENTO DO DÉFICT ATUARIAL JUNTO AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/projeto_de_lei_n_2.314-2024-ldo_-_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/projeto_de_lei_n_2.314-2024-ldo_-_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIA (LDO), DO EXERCÍCIO DE 2025, EDÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_n_2.315-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_n_2.315-2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI COMPLEMENTAR N. 1.527/2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1297/proj.lei.n.2.316.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1297/proj.lei.n.2.316.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DA LEI MUNICIPAL 721/97, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1348/proj.lei.n.2.317.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1348/proj.lei.n.2.317.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N. 2.949/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1363/projeto_de_lei_-_2318-2024_loa_-_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1363/projeto_de_lei_-_2318-2024_loa_-_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1467/projeto_de_lei_2.319-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1467/projeto_de_lei_2.319-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DE UMA UNIDADE ESCILAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1468/projeto_de_lei_-_2320_-_dispoe_sobre_a_criacao_do_fundo_municipa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1468/projeto_de_lei_-_2320_-_dispoe_sobre_a_criacao_do_fundo_municipa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE TRANSPORTES - FMT, VINCULADO À SECRETARIA DE INFRAESTRUTURA E SERVIÇOS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1469/proj.lei.n.2.321.2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1469/proj.lei.n.2.321.2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 1.418/2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1541/projeto_de_lei_-_2322_-_autoriza_adesao_ao_programa_de_cirurgias.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1541/projeto_de_lei_-_2322_-_autoriza_adesao_ao_programa_de_cirurgias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ALTA FLORESTA A ADERIR AO PROGRAMA DE CIRURGIAS ELETIVAS DO MUNICÍPIO DE PARANAÍTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1542/projeto_de_lei_-_2323_-_convenio_com_municipio_de_paranaita.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1542/projeto_de_lei_-_2323_-_convenio_com_municipio_de_paranaita.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM O MUNICÍPIO DE PARANAÍTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_decreto_legislativo_no__001-2024_-_vereadores_-_premi.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_decreto_legislativo_no__001-2024_-_vereadores_-_premi.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO PRÊMIO MULHER DESTAQUE – EDIÇÃO 2024, ÀS PERSONALIDADES QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/848/projeto_de_decreto_legislativo_no__002-2024_-_vereadores_-_comenda_ariosto_da_riva_edicao_2024_personalidades_q_especifica.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/848/projeto_de_decreto_legislativo_no__002-2024_-_vereadores_-_comenda_ariosto_da_riva_edicao_2024_personalidades_q_especifica.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DA COMENDA “COLONIZADOR ARIOSTO DA RIVA” – EDIÇÃO 2024, ÀS PERSONALIDADES QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/984/projeto_de_decreto_legislativo_no__003-2024_-_ods_titulo_cidadao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/984/projeto_de_decreto_legislativo_no__003-2024_-_ods_titulo_cidadao.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTLO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR PAULO ROGÉRIO MARINS SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1018/projeto_de_decreto_legislativo_no__004-2024_-_fas-_titulo_cidada.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1018/projeto_de_decreto_legislativo_no__004-2024_-_fas-_titulo_cidada.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR GILBERTO ABACHERLI FERREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>CFAEO - Comissão de Fiscalização e Acompanhamento da Execução Orçamentária.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1347/projeto_de_decreto_legislativo_no__005-2024_comissao_de_fiscalizacao_-_dispoe_sobre_as_contas_gov_pref_af_2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1347/projeto_de_decreto_legislativo_no__005-2024_comissao_de_fiscalizacao_-_dispoe_sobre_as_contas_gov_pref_af_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS ANUAIS DE GOVERNO DA PREFEITURA MUNICIPAL DE ALTA FLORESTA, REFERENTES AO EXERCÍCIO DE 2023, SOB A RESPONSABILIDADE DO PREFEITO MUNICIPAL SR. VALDEMAR GAMBA.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_decreto_legislativo_no__006-2024_-_fit_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_decreto_legislativo_no__006-2024_-_fit_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ HONORÁRIA ALTA-FLORESTENSE A SENHORA SOLANGE APARECIDA ARROLHO DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1387/projeto_de_decreto_legislativo_no__007-2024_-_dpt-_titulo_cidada.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1387/projeto_de_decreto_legislativo_no__007-2024_-_dpt-_titulo_cidada.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTAFLORESTENSE AO SENHOR ROBERTO PATEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR ABDIEL VIRGINO MATHIAS DE SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1389/projeto_de_decreto_legislativo_no__009-2024_-_rls_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1389/projeto_de_decreto_legislativo_no__009-2024_-_rls_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE A SENHORA ILDA SOUZA STORCH, EDÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>Leonice Klaus</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1390/projeto_de_decreto_legislativo_no__010-2024_-_lks_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1390/projeto_de_decreto_legislativo_no__010-2024_-_lks_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE A SENHORA SANDRA CORREA DE MELLO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>Adelson Servidor</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1391/projeto_de_decreto_legislativo_no__011-2024_-_asr_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1391/projeto_de_decreto_legislativo_no__011-2024_-_asr_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR ERNESTO MULLER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1392/projeto_de_decreto_legislativo_no__012-2024_-_dptc_-_titulo_cida.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1392/projeto_de_decreto_legislativo_no__012-2024_-_dptc_-_titulo_cida.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR ZAMIR JOSÉ MENDES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1393/projeto_de_decreto_legislativo_no__013-2024_-_mrm_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1393/projeto_de_decreto_legislativo_no__013-2024_-_mrm_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário Alta-florestense ao Senhor JOÃO OSVALDO PINHEIRO, e dá outras providências.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1394/projeto_de_decreto_legislativo_no__014-2024_-_csj_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1394/projeto_de_decreto_legislativo_no__014-2024_-_csj_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTESE AO SENHOR MAURÍLIO RAMPAZIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1402/projeto_de_decreto_legislativo_no__015-2024_-_jvn_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1402/projeto_de_decreto_legislativo_no__015-2024_-_jvn_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR RICARDO ARCEU PEIXOTO FERREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1403/projeto_de_decreto_legislativo_no__016-2024_-_bps_-_titulo_cidad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1403/projeto_de_decreto_legislativo_no__016-2024_-_bps_-_titulo_cidad.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO ALTA-FLORESTENSE AO SENHOR LUIUZ DE OLIVEIRA GASQUES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/684/projeto_de_resolucao_no_001-2024-__altera_resolucao__no_194-2017.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/684/projeto_de_resolucao_no_001-2024-__altera_resolucao__no_194-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA RESOLUÇÃO Nº 194/2017, DE 15 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/825/projeto_de_resolucao_no_002-2024-__mesa_e_demais_-_altera_resolucao__no_219-2023.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/825/projeto_de_resolucao_no_002-2024-__mesa_e_demais_-_altera_resolucao__no_219-2023.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA RESOLUÇÃO N. 219/2023 (DOC/TCE-MT ED. 3178 DE 18-OUT-2023).</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1484/projeto_de_resolucao_no_003-2024-__mesa__-_pequenas_compras.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1484/projeto_de_resolucao_no_003-2024-__mesa__-_pequenas_compras.doc</t>
   </si>
   <si>
     <t>REGULAMENTA NO ÂMBITO DA CÂMARA MUNICIPAL DE ALTA FLORESTA, ESTADO DE MATO GROSSO, O CONTRATO VERBAL PARA PEQUENAS COMPRAS OU O DE PRESTAÇÃO DE SERVIÇOS DE PRONTO PAGAMENTO, A QUE SE REFERE AO DISPOSTO NO $ 2, DO ART. 95, DA LEI N. 14.133/2021, DE 01 DE ABRIL DE 2021, QUE ESTABELECE NORMAS GERAIS DE LICITAÇÃO E CONTRATAÇÃO PARA AS ADMINISTRAÇÕES PÚBLICAS DIRETAS, AUTÁRQUICAS E FUNDACIONAIS DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/692/emenda_n_001-2024_-_fit_-_modificativa_e_aditiva_ao_pl_2.286-202.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/692/emenda_n_001-2024_-_fit_-_modificativa_e_aditiva_ao_pl_2.286-202.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA E ADITIVA AO PROJETO DE LEI Nº 2.286/2024 (DISPÕE SOBRE A AUTORIZAÇÃO DO MUNICÍPIO DE ALTA FLORESTA A FIRMAR CONVÊNIO COM A AGÊNCIA REGULADORA DE SERVIÇOS PÚBLICOS DELEGADOS DO MUNICÍPIO DE SINOP - AGER SINOP, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>Francisco Ailton, Leonice Klaus, Naldo da Pista, Professora Ilmarli</t>
   </si>
   <si>
     <t>MODIFICATIVA E ADITIVA AO PROJETO DE LEI Nº 2.289/2024 (AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERÁVIT FINANCEIRO DO EXERCÍCIO DE 2024, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883, DE 21 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/845/emenda_n_003-2024_-_mrm_e_fas_-_modificativa_ao_pl_012-2024_protoc_34-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/845/emenda_n_003-2024_-_mrm_e_fas_-_modificativa_ao_pl_012-2024_protoc_34-2024.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 012/2024 (ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº 111/86, DE 10 DE JUNHO DE 1986, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>MODIFICATIVA AO ARTIGO 1º DO PROJETO DE LEI Nº 010/2024, QUE ACRESCENTA INCISOS AO ARTIGO 2º DA LEI MUNICIPAL Nº 2.826/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1013/emenda_n_005-2024_-_fit_-__aditiva_ao_pl_2.304-2024__proc_55-202.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1013/emenda_n_005-2024_-_fit_-__aditiva_ao_pl_2.304-2024__proc_55-202.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI Nº 2.304/2024 (DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1038/emenda_n_006-2024_-_fit_-_modificativa_ao_pl_2.307-2024_protoc_6.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1038/emenda_n_006-2024_-_fit_-_modificativa_ao_pl_2.307-2024_protoc_6.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 2.307/2024 (DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO EM PROCEDER A DISPENSA PARCIAL DOS ENCARGOS DEVIDOS RELATIVOS À MULTA DE MORA, AOS JUROS DE MORA, DOS CRÉDITOS DA FAZENDA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>CPG - Comissão de Políticas Gerais.</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1067/emenda_n_007-2024_-_cpg_-__mod_ao_pl_2.306-2024__proc_68-2024_festival_de_quadrilhas_juninas_-_arraia_da_floresta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1067/emenda_n_007-2024_-_cpg_-__mod_ao_pl_2.306-2024__proc_68-2024_festival_de_quadrilhas_juninas_-_arraia_da_floresta.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 2.306/2024 (INSTITUI O ‘ARRAIÁ DA FLORESTA’ - FESTIVAL DE QUADRILHAS JUNINAS DO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1068/emenda_n_008-2024_-_cpg_-_supressiva_ao_pl_2.309-2024__proc_71-2024_associacao_de_moradores_do_bairro_santa_maria.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1068/emenda_n_008-2024_-_cpg_-_supressiva_ao_pl_2.309-2024__proc_71-2024_associacao_de_moradores_do_bairro_santa_maria.pdf</t>
   </si>
   <si>
     <t>SUPRESSIVA AO PROJETO DE LEI Nº 2.309/2024 (AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A PROCEDER AO REPASSE À ASSOCIAÇÃO DE MORADORES DO BAIRRO SANTA MARIA COM FINALIDADE DE FOMENTAR PRÁTICAS ESPORTIVAS, EDUCACIONAIS E CULTURAIS A JOVENS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_n_009-2024_-_dptc_-_substitutiva_ao_pl_018-2024_protoc_48.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_n_009-2024_-_dptc_-_substitutiva_ao_pl_018-2024_protoc_48.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO PROJETO DE LEI Nº 018/2024 (ESTABELECE E REGULAMENTA A VACINAÇÃO CONTRA O VIRUS HPV EM CRIANÇAS E ADOLESCENTES DENTRO DO PERIMETRO ESCOLAR, NUMA AÇÃO DA SECRETARIA DE SAÚDE E SECRETARIA DE EDUCAÇÃO LEVANDO A INFORMAÇÃO CONTRA OUTRAS DOENÇAS SEXUALMENTE TRANSMISSIVEIS E HIMUNIZAÇÃO CONTRA O PAPILOMA DO VIRUS HUMANO).</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_n_010-2024_-_dptc_-_substitutiva_ao_pl_021-2024_protoc_52.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_n_010-2024_-_dptc_-_substitutiva_ao_pl_021-2024_protoc_52.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO PROJETO DE LEI Nº 021/2024 (CRIA O PROGRAMA “COLO PARA MÃE” DEDICADO A AÇÕES DE CONSCIENTIZAÇÃO, INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL DE MULHERES GESTANTES, PARTURIENTES E PUÉRPERAS NO MUNICÍPIO DE ALTA FLORESTA).</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_n_011-2024_-_dptc_-_substitutiva_ao_pl_024-2024_protoc_62.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_n_011-2024_-_dptc_-_substitutiva_ao_pl_024-2024_protoc_62.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO PROJETO DE LEI Nº 024/2024 (ESTABELECE E REGULAMENTA A DISTRIBUIÇÃO GRATUITA DE REPELENTES DO MOSQUITO AEDES AEGYPTI NA REDE MUNICIPAL DE SAÚDE, VISANDO A IMPLEMENTAÇÃO DO PROGRAMA "ALTA FLORESTA SEM DENGUE).</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_n_012-2024_-_dptc_-_substitutiva_ao_pl_025-2024_protoc_64.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_n_012-2024_-_dptc_-_substitutiva_ao_pl_025-2024_protoc_64.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO PROJETO DE LEI Nº 025/2024 (PROGRAMA "VISÃO NOTA 10", QUE DETERMINA A NECESSIDADE DE REALIZAR EXAMES OFTALMOLÓGICOS PARA ESTUDANTES MATRICULADOS NA REDE PÚBLICA DE ENSINO FUNDAMENTAL NO MUNICÍPIO DE ALTA FLORESTA).</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça E Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_n_013-2024_-_cljrf_-_modificativa_ao_pl_023-2024_protoc_61-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_n_013-2024_-_cljrf_-_modificativa_ao_pl_023-2024_protoc_61-2024.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 023/2024 (INSTITUI O PROGRAMA BANCA DO ESPORTE NO MUNICÍPIO DE ALTA FLORESTA.).</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/emenda_n_014-2024_-_cpg_-__mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/emenda_n_014-2024_-_cpg_-__mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 2.310/2024 (DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS RURAIS PARA AGRICULTURA FAMILIAR, LAZER/ TURISMO, RECREAÇÃO E EM ATIVIDADES PRODUTIVAS E/OU RESIDÊNCIA NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>Bernardo Patrício, Luciano Silva, Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/emenda_n_015-2024_-_bps_e_fit_-_mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/emenda_n_015-2024_-_bps_e_fit_-_mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.doc</t>
   </si>
   <si>
     <t>MODIFICATIVA E SUPRESSIVA AO PROJETO DE LEI Nº 2.310/2024 (DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS RURAIS PARA AGRICULTURA FAMILIAR, LAZER/ TURISMO, RECREAÇÃO E EM ATIVIDADES PRODUTIVAS E/OU RESIDÊNCIA NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/emenda_n_016-2024_-_dls_-_aditiva_ao_pl_032-2024_protoc_80-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/emenda_n_016-2024_-_dls_-_aditiva_ao_pl_032-2024_protoc_80-2024.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI Nº 032/2024 (ACRESCENTA PARÁGRAFO ÚNICO AO ART. 4º E MODIFICA O CAPUT DO ART. 9º, DA LEI Nº 2.885/2023, DE 22 DE DEZEMBRO DE 2023).</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/emenda_n_017-2024_-_cpg_-__mod_ao_pl_030-2024__proc_76-2024_-_substituicao_de_sinais_por_musicas_nas_escolas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/emenda_n_017-2024_-_cpg_-__mod_ao_pl_030-2024__proc_76-2024_-_substituicao_de_sinais_por_musicas_nas_escolas.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 030/2024 (DISPÕE SOBRE A SUBSTITUIÇÃO DE SINAIS SONOROS NOS ESTABELECIMENTOS DAS REDES PÚBLICA E PRIVADA DE ENSINO POR SINAIS DE MUSICAIS A FIM DE NÃO GERAR INCÔMODOS SENSORIAIS ÀS PESSOAS COM HIPERSENSIBILIDADE AUDITIVA E OU TRANSTORNO DO ESPECTRO AUTISTA-TEA E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_n_018-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_n_018-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AO PROJETO DE LEI Nº 2.314/2024 (DISPÕE SOBRE A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIA (LDO), DO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_n_019-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_n_019-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1312/emenda_n_020-2024_-_ods_-_aditiva_e_moficiativa_ao_pl_2.314-2023_ldo_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1312/emenda_n_020-2024_-_ods_-_aditiva_e_moficiativa_ao_pl_2.314-2023_ldo_2025.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI Nº 2.314/2024, QUE DISPÕE SOBRE A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIA (LDO), DO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1486/emenda_n_021-2024_-_fit_-_modificativa_ao_pl_2.318-2024_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1486/emenda_n_021-2024_-_fit_-_modificativa_ao_pl_2.318-2024_loa_2025.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA AS DOTAÇÕES ORÇAMENTÁRIAS QUE ESPECIFICAM CONSTANTES DO QUADRO DE DETALHAMENTO DE DESPESAS, ANEXO DO PROJETO DE LEI Nº 2.318/2024 QUE ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1487/emenda_n_022-2024_-_asr-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1487/emenda_n_022-2024_-_asr-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA INDIVIDUAL AO PROJETO DE LEI Nº 2.318/2024, QUE ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1488/emenda_n_023-2024_-_bps_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1488/emenda_n_023-2024_-_bps_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA INDIVIDUAL AO PROJETO DE LEI Nº 2.318/2024, QUE ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1489/emenda_n_024-2024_-_csj_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1489/emenda_n_024-2024_-_csj_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1490/emenda_n_025-2024_-_dls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1490/emenda_n_025-2024_-_dls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1491/emenda_n_026-2024_-_dpt_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1491/emenda_n_026-2024_-_dpt_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1492/emenda_n_027-2024_-_dptc_-_impositiva_ao_pl_2.318-2024_-_loa_202.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1492/emenda_n_027-2024_-_dptc_-_impositiva_ao_pl_2.318-2024_-_loa_202.pdf</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1493/emenda_n_028-2024_-_fit_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1493/emenda_n_028-2024_-_fit_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1494/emenda_n_029-2024_-_fas_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1494/emenda_n_029-2024_-_fas_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1495/emenda_n_030-2024_-_jvn_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1495/emenda_n_030-2024_-_jvn_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1496/emenda_n_031-2024_-_lks_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1496/emenda_n_031-2024_-_lks_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1497/emenda_n_032-2024_-_mrm_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1497/emenda_n_032-2024_-_mrm_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1498/emenda_n_033-2024_-_ods_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1498/emenda_n_033-2024_-_ods_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1499/emenda_n_034-2024_-_rls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1499/emenda_n_034-2024_-_rls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1500/emenda_n_035-2024_-_comissao_de_fiscalizacao_-_modificativa_ao_p.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1500/emenda_n_035-2024_-_comissao_de_fiscalizacao_-_modificativa_ao_p.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO ÓRGÃO 07 - SECRETARIA DE ASSISTÊNCIA SOCIAL E CIDADANIA, UNIDADE 005 - GESTÃO DOS PROGRAMAS E SERVIÇOS DE CIDADANIA, CONSTANTE DO QUADRO DE DETALHAMENTO DE DESPESAS, ANEXO DO PROJETO DE LEI Nº 2.318/2024 QUE ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1452/emenda_n_036-2024_-_fit_-__aditiva_ao_pl_038-2024__proc_107-2024_proibicao_do_celular_no_ambito_do_municipio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1452/emenda_n_036-2024_-_fit_-__aditiva_ao_pl_038-2024__proc_107-2024_proibicao_do_celular_no_ambito_do_municipio.pdf</t>
   </si>
   <si>
     <t>ADITIVA AO PROJETO DE LEI Nº 038/2024 (DISPÕE SOBRE A PROIBIÇÃO DO USO, POR ESTUDANTES NAS SALAS DE AULA DAS ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO DE ALTA FLORESTA, DE TELEFONE CELULAR E OUTROS DISPOSITIVOS ELETRÔNICOS COM TELAS DIGITAIS, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1501/emenda_n_037-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1501/emenda_n_037-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1502/emenda_n_038-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1502/emenda_n_038-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1503/emenda_n_039-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1503/emenda_n_039-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A UNIDADE ORÇAMENTÁRIA DO ÓRGÃO 05 - PROCURADORIA GERAL DO MUNICÍPIO, AÇÃO 2269 - ATIVIDADE ADMINISTRATIVA DO FUNDO ESPECIAL DA PROCURADORIA DO MUNICÍPIO, CONSTANTE DO QUADRO DE DETALHAMENTO DE DESPESAS, ANEXO DO PROJETO DE LEI Nº 2.318/2024 QUE ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1520/emenda_n_040-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1520/emenda_n_040-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1521/emenda_n_041-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1521/emenda_n_041-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf</t>
   </si>
   <si>
     <t>MODIFICATIVA A DISTRIBUIÇÃO DOS VALORES DAS DOTAÇÕES ORÇAMENTÁRIAS QUE ESPECIFICAM CONSTANTES DA AÇÃO 1045 – REFORMA E READEQUAÇÃO DE ESCOLAS – FUNDAMENTAL, DO QUADRO DE DETALHAMENTO DE DESPESAS, ANEXO DO PROJETO DE LEI Nº 2.318/2024 QUE ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1522/emenda_n_042-2024_-_fit_-_substitutiva_ao_pl_042-2024_protoc_114.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1522/emenda_n_042-2024_-_fit_-_substitutiva_ao_pl_042-2024_protoc_114.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVA AO PROJETO DE LEI Nº 042/2024 (ACRESCENTA INCISOS AO ARTIGO 2º DA LEI MUNICIPAL Nº 2.826/2023, E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/846/veto_n_001-2024_-_pl_065-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/846/veto_n_001-2024_-_pl_065-2023.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vossa Exceléncia para comunicar-lhe que, no exercicio da prerrogativa prevista no §1°, do art. 45 c/c artigo 59, § 1°, inciso IV, ambos da Lei Organica do Municipio, decidi opor yeto total ao Projeto de Lei n° 065/2023, de iniciativa do Legislativo, que “DISPOE SOBRE O DIREITO DA GESTANTE A PRESENCA DE ACOMPANHANTE E DE DOULA DURANTE O PRE- PARTO, PARTO E POS-PARTO IMEDIATO E DA OUTRA PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/847/veto_n_002-2024_-_pl_009-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/847/veto_n_002-2024_-_pl_009-2024.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vossa Exceléncia para comunicar-lhe que, no exercicio da prerrogativa prevista no §1°, do art. 45 c/c artigo 59, § 1°, inciso IV, ambos da Lei Organica do Municipio, decido opor veto total ao Projeto de Lei n° 009/2024, de iniciativa do Legislativo, que “ALTERA E ACRESCENTA DISPOSITIVOS A LEI MUNICIPAL N.° 2.896/2024, DE 29 DE JANEIRO DE 2024, E DA OUTRAS PROVIDENCIAS.”.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/veto_n_003-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/veto_n_003-2024.pdf</t>
   </si>
   <si>
     <t>veto total ao Projeto de Lei nº 018/2024, de iniciativa do Legislativo, que tem por súmula: “ESTABELECE E REGULAMENTA A VACINAÇÃO CONTRA O VÍRUS HPV EM CRIANÇAS E ADOLESCENTES DENTRO DO PERÍMETRO ESCOLAR, NUMA AÇÃO DA SECRETARIA DE SAÚDE E SECRETARIA DE EDUCAÇÃO LEVANDO A INFORMAÇÃO CONTRA OUTRAS DOENÇAS SEXUALMENTE TRANSMISSÍVEIS E HIMUNIZAÇÃO CONTRA O PAPILOMA DO VIRUS HUMANO”.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/veto_n_004-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/veto_n_004-2024.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vossa Excelência para comunicar-lhe que, no exercício da prerrogativa prevista no §1°, do art. 45 c/c artigo 59, § l', inciso_x000D_
 IV, ambos da Lei Orgânica do Município, decidi opor veto total ao Projeto de Lei n° 023/2024, de iniciativa do Legislativo, que tem por súmula:_x000D_
 "INSITITUI O PROGRAMA BANCA DO ESPORTE NO MUNICÍPIO DE ALTA FLORESTA".</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/veto_n_005-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/veto_n_005-2024.pdf</t>
   </si>
   <si>
     <t>opor veto total ao Projeto de Lei nº 024/2024, de iniciativa do Legislativo, que tem por súmula: “ESTABELECE E REGULAMENTA A DISTRIBUIÇÃO GRATUITA DE REPELENTES DO MOSQUITO AEDES AEGYPTI NA REDE MUNICIPAL DE SAÚDE, VISANDO A IMPLEMENTAÇÃO DO PROGRAMA “ALTA FLORESTA SEM DENGUE”.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1238/veto_n_006-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1238/veto_n_006-2024.pdf</t>
   </si>
   <si>
     <t>opor veto total ao Projeto de Lei nº 025/2024, de iniciativa do Legislativo, que tem por súmula: “PROGRAMA ‘VISÃO NOTA 10’, QUE DETERMINA A NECESSIDADE DE REALIZAR EXAMES OFTAMOLOÓGICOS PARA ESTUDANTES MATRICULADOS NA REDE PÚBLICA DE ENSINO FUNTAMENTAL NO MUNICÍPIO DE ALTA FLORESTA”.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/veto_n_007-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/veto_n_007-2024.pdf</t>
   </si>
   <si>
     <t>opor veto total ao Projeto de Lei nº 021/2024, de iniciativa do Legislativo, que tem por súmula: “CRIA O PROGRAMA ‘COLO DE MÃE’ DEDICADO A AÇÕES DE CONSCIENTIZAÇÃO, INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL DE MULHERES GESTANTES, PARTURIENTES E PUÉRPERAS NO MUNICÍPIO DE ALTA FLORESTA”.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1273/veto_n_008-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1273/veto_n_008-2024.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vossa Excelência para comunicar-lhe que, no exercício da prerrogativa prevista no §1°, do art. 45 c/c artigo 59, § 1O, inciso_x000D_
 IV, ambos da Lei Orgânica do Município, decidi opor veto total ao Projeto de Lei n° 022/2024, de iniciativa do Legislativo, que tem por súmula:_x000D_
 "GARANTE O DIRIETO DE PRIORIDADE DE MATRÍCULA DE IRMÃOS NA MESMA UNIDADE ESCOLAR DA REDE MUNICIPAL DE EDUCAÇÃO DE ALTA FLORESTA".</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1298/veto_n_009-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1298/veto_n_009-2024.pdf</t>
   </si>
   <si>
     <t>Reporto-me a Vos Excelência para comunicar-lhe que, no exercício da prerrogativa prevista no §1°, do art. 45 c/c artigo 59, § 10 , inciso IV, ambos da Lei_x000D_
 Orgânica do Município, decidi opor veto total ao Projeto de Lei n° 032/2024, de iniciativa do Legislativo, que "ACRESCENTA PARÁGRAFO ÚNICO AO ART. 4.° E MODIFICA O CAPUT DO ART. 9.°, DA LEI N.° 2885/2023, DE 22 DE DEZEMBRO DE 2023".</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_131-_cljrf__-_proc_048-2024_-_pl_018-2024_-_estabelece_e.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_131-_cljrf__-_proc_048-2024_-_pl_018-2024_-_estabelece_e.pdf</t>
   </si>
   <si>
     <t>Trata-se de opinamento DESFAVORÁVEL ao Projeto de Lei nº 018/2024, de autoria do vereador Douglas Pereira Teixeira de Carvalho, em regime de tramitação ordinária, que “estabelece e regulamenta a vacinação contra o Virus HPV em crianças e adolescentes dentro do perímetro escolar, numa ação da Secretaria de Saúde e Secretaria de Educação levando a informação contra outras doenças sexualmente transmissíveis e himunização contra o papiloma do vírus humano”, consoante a fundamentação aportada no opinamento jurídico</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_132-_cljrf__-_proc_052-2024_-_pl_021-2024_-_colo_para_ma.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_132-_cljrf__-_proc_052-2024_-_pl_021-2024_-_colo_para_ma.pdf</t>
   </si>
   <si>
     <t>Trata-se de opinamento DESFAVORÁVEL ao Projeto de Lei nº 021/2024, de autoria do vereador Douglas Pereira Teixeira de Carvalho, em regime de tramitação ordinária, que “cria o programa “colo para mãe” dedicado a ações de conscientização, incentivo ao cuidado e promoção da saúde mental de mulheres gestantes, parturientes e puérperas no município de Alta Floresta”, consoante a fundamentação aportada no opinamento jurídico.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_133-_cljrf__-_proc_062-2024_-_pl_024-2024_-_distribuicao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_133-_cljrf__-_proc_062-2024_-_pl_024-2024_-_distribuicao.pdf</t>
   </si>
   <si>
     <t>Trata-se de opinamento DESFAVORÁVEL ao Projeto de Lei nº 024/2024, de autoria do vereador Douglas Pereira Teixeira de Carvalho, em regime de tramitação ordinária, que “estabelece e regulamenta a distribuição gratuita de repelentes do mosquito aedes aegypti na rede municipal de saúde, visando a implementação do programa "Alta Floresta sem dengue”, consoante a fundamentação aportada no opinamento jurídico._x000D_
 Autoria: Comissão de Legislação, Justiça e Redação Final.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_134-_cljrf__-_proc_064-2024_-_pl_025-2024_-_visao_nota_1.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_134-_cljrf__-_proc_064-2024_-_pl_025-2024_-_visao_nota_1.pdf</t>
   </si>
   <si>
     <t>Trata-se de opinamento DESFAVORÁVEL ao Projeto de Lei nº 025/2024, de autoria do vereador Douglas Pereira Teixeira de Carvalho, em regime de tramitação ordinária, que “visão nota 10", que determina a necessidade de realizar exames oftalmológicos para estudantes matriculados na rede pública de ensino fundamental no município de Alta Floresta”, consoante a fundamentação aportada no opinamento jurídico.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/681/requerimento_n._001-2024_-_bps_dls_fas_mrm_ods-_requerem_tramita.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/681/requerimento_n._001-2024_-_bps_dls_fas_mrm_ods-_requerem_tramita.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 001/2024, que em súmula “REVOGA O ARTIGO 7º DA LEI MUNICIPAL Nº 2.885/2023, DE 22/12/2023”, sob os argumentos e fundamentos que especifica na justificativa da proposta.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/685/requerimento_n._002-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/685/requerimento_n._002-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2024.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 002/2024, que em súmula “ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.957/2011, DE 26 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/686/requerimento_n._003-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/686/requerimento_n._003-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2024.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 003/2024, que em súmula “DISPÕE SOBRE REVISÃO GERAL A REMUNERAÇÃO DOS SERVIDORES E SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/687/requerimento_n._004-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/687/requerimento_n._004-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2024.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE RESOUÇÃO Nº 001/2024, que em súmula “ALTERA DISPOSITIVO DA RESOLUÇÃO Nº 194/2017, DE 15 DE DEZEMBRO DE 2017”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/693/requerimento_n._005-2024_-_csj-__requer_retirada_do_projeto_de_lei_no_2.284-2024_adequacao_do_ppa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/693/requerimento_n._005-2024_-_csj-__requer_retirada_do_projeto_de_lei_no_2.284-2024_adequacao_do_ppa.pdf</t>
   </si>
   <si>
     <t>CLAUDINEI DE SOUZA DE JESUS, vereador que a este subscreve, investido na qualidade de Líder do Governo Municipal, REQUER, nos termos que dispõe o artigo 124, alínea d, do Regimento Interno, a retirada de tramitação do Projeto de Lei e juntada, abaixo especificado, em regime de tramitação Urgência Especial, conforme entendimento com chefe do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_n._006-2024_-_jvn-__requer_lista_de_empresa_que_pag_ocred_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_n._006-2024_-_jvn-__requer_lista_de_empresa_que_pag_ocred_ocred.pdf</t>
   </si>
   <si>
     <t>JOSÉ VAZ NETO, vereador que a este subscreve, no uso de suas atribuições regimentais, vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, de uma listagem completa das empresas prestadoras de serviços estabelecidas no Município de Alta Floresta, constantes do cadastro municipal de contribuintes do Imposto Sobre Serviço de Qualquer Natureza (ISSQN), quais incidiram o tributo nos exercícios de 2022 e 2023, com a finalidade de promover ações e difusão da legislação de que trata do incentivo fiscal para a realização de projetos esportivos.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>Francisco Ailton, Leonice Klaus, Luciano Silva, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/730/requerimento_n._007-2024_-_fas_rls_lks_e_dls_requer_informacoes_ocred_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/730/requerimento_n._007-2024_-_fas_rls_lks_e_dls_requer_informacoes_ocred_ocred.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, de amplas e concretas INFORMAÇÕES de quais os projetos executivo de engenharia foram elaborados diretamente pela equipe do Núcleo de Pesquisa e Desenvolvimento Urbano da Administração Municipal, desde o advento do Contrato nº 119/2022, firmado com a empresa Objetiva Projetos e Serviços Ltda, sediada na cidade de Belo Horizonte, Minas Gerais, no valor de R$3.527.613,85 (três milhões, quinhentos e vinte e sete mil, seiscentos e treze reais e oitenta e cinco centavos), prorrogado para até 08/11/2024, tendo por objeto “Contratação eventual e futura de empresa especializada para prestação de serviços de elaboração de levantamentos Planialtimétricos (topografia), Geotécnica, projeto de infraestrutura (via urbana, rural, drenagem), projeto de edificação, projetos complementares, gerenciamento, fiscalização e apoio adminis</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/731/requerimento_n._008-2024_-dls_fas_lks_e_rls_-_lista_de_informaco_ocred_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/731/requerimento_n._008-2024_-dls_fas_lks_e_rls_-_lista_de_informaco_ocred_ocred.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, com cópia à Secretária Municipal de Saúde, para que através dos órgãos competentes, providencie o encaminhamento, com a maior brevidade possível, de informações quanto ao número da lista de espera dos pacientes que aguardam por consulta e exames a serem realizados pelo município, tanto pelo poder público, quanto por empresas terceirizadas, especificando os tipos de exames e especialidades, respeitando a Lei Geral de Proteção de Dados. REQUEREM ainda, o número de exames e consultas, por tipos e especialidades, respectivamente, ofertados no exercício de 2023.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/732/requerimento_n._009-2024_-dls_-_compra_de_materiais_para_o_trans_ocred_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/732/requerimento_n._009-2024_-dls_-_compra_de_materiais_para_o_trans_ocred_ocred.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, informações sobre as licitações na modalidade de Pregão Eletrônico de números 020 e 024/2023, que trata da aquisição de materiais para a sinalização de trânsito, sendo uma no valor de R$ 115.465,00 e outra no valor de R$ 204.760,00. Tais informações se fazem necessárias em virtude da falta de sinalização vertical em diversas ruas da cidade e em buscas pelo Portal Transparência há apenas notas fiscais de pequenos valores emitidas pelas empresas vencedoras das licitações. Uma das grandes preocupações da sociedade atualmente são as ocorrências de trânsito, que mobiliza enormes quantidade de recursos na preservação da vida e do patrimônio. Sendo assim e tendo conhecimento dos valores arrecadados pelo executivo no ano de 2023, não se justifica a elaboração de licitações de produtos que po</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/733/requerimento_n._010-2024_-dls_-_notas_fiscais_dos_fogos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/733/requerimento_n._010-2024_-dls_-_notas_fiscais_dos_fogos.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de cópia integral do processo de compra nº 0004017/2023, juntamente com notas fiscais e laudos técnicos, referente aquisição de fogos de artifícios em comemoração ao Réveillon no Munícipio de Alta Floresta/MT, objeto do empenho nº 27079 em nome da empresa  Rosimeire da Silva Bigoto inscrita no CNPJ sob nº 05.921.782/0001-15, entre outras informações que julgar necessárias.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/757/requerimento_n._011-2024_-fit_-_extratos_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/757/requerimento_n._011-2024_-fit_-_extratos_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, informações e cópias de documentos acerca de extratos dos valores recebidos com Contribuição de Iluminação Pública (CIP) pelo Município de Alta Floresta relativo ao período compreendido dos últimos cinco anos.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>Adelson Servidor, Bernardo Patrício, Douglas Teixeira, Francisco Ailton, Marcos Menin</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/758/requerimento_n._012-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/758/requerimento_n._012-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 004/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS SERVIDORES DO SISTEMA PENITENCIÁRIO DE ALTA FLORESTA – ASSISPEN/AF.”, consoante as razões de justificativa exposta anexa à proposta.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, Leonice Klaus, Naldo da Pista, Professora Ilmarli</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/759/requerimento_n._013-2024_-_fit_e__-_requerem_tramitacao_em_regim.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/759/requerimento_n._013-2024_-_fit_e__-_requerem_tramitacao_em_regim.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 005/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A MORHAN – MOVIMENTO DE REINTEGRAÇÃO DAS PESSOAS ATINGIDAS PELA HANSENIASE- NUCLEO DE ALTA FLORESTA-MT.”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/760/requerimento_n._014-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/760/requerimento_n._014-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 006/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA O MOTO CLUBE RODA PRESA 280.”, consoante as razões de justificativa exposta anexa à proposta.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, Leonice Klaus, Marcos Menin, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/761/requerimento_n._015-2024_-_bps_mrm_fas_lks_e_rls_-_requer_tramit_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/761/requerimento_n._015-2024_-_bps_mrm_fas_lks_e_rls_-_requer_tramit_ocred.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 007/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA DO JARDIM PANORAMA.”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/809/requerimento_n._017-2024_-dls_-_frota_da_infraestrutura.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/809/requerimento_n._017-2024_-dls_-_frota_da_infraestrutura.pdf</t>
   </si>
   <si>
     <t>DARLI LUCIANO DA SILVA, vereador que a este subscreve, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de informações sobre os veículos, maquinários e equipamentos que integram a frota da Secretaria Municipal de Infraestrutura, entre outras informações que julgar necessárias.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/763/requerimento_n._018-2024_-_csj_bps_asr_jvn_e_ods_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_008-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/763/requerimento_n._018-2024_-_csj_bps_asr_jvn_e_ods_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_008-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 008/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DA COMUNIDADE RURAL GETSEMANI.”, consoante as razões de justificativas expostas anexa à proposta</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/766/requerimento_n._020-2024_-_fas_lks_rls_jvn_e_bps_requer_urgencia_especial_ao_pl_009-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/766/requerimento_n._020-2024_-_fas_lks_rls_jvn_e_bps_requer_urgencia_especial_ao_pl_009-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 009/2024, que em súmula “ ALTERA E ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 2.896/2024, DE 29 DE JANEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_n._021-2024_-_dls-_requer_informacoes_de_despesas_realizadas_na_festa_de_fim_de_ano.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_n._021-2024_-_dls-_requer_informacoes_de_despesas_realizadas_na_festa_de_fim_de_ano.pdf</t>
   </si>
   <si>
     <t>DARLI LUCIANO DA SILVA, vereador que a este subscreve, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de informações sobre todas as despesas referentes as comemorações alusivas ao final de ano, incluindo queima de fogos, shows, tendas, palco, som, iluminação, enfeites natalinos, com todos os itens montados na Praça da Cultura e no Parque das Capivaras, localizada na avenida do aeroporto, além dos enfeites natalinos nos postes de energia, e de toda e informação que julgar necessário.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_n._022-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_001-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_n._022-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_001-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE DECRETO LEGISLATIVO Nº 001/2024, que em súmula “ DISPÕE SOBRE A CONCESSÃO DO PRÊMIO MULHER DESTAQUE – EDIÇÃO 2024, ÀS PERSONALIDADES QUE ESPECÍFICA”. consoante as razões de justificativas expostas anexa à proposta, além disto, a Sessão Solene prevista para ocorrer em 23 de março de 2024.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>MANOEL FELICIANO</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/820/requerimento_n._023-2024_-_mfpn_-_requer_informacoes_do_bairro_jardim_planalto2.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/820/requerimento_n._023-2024_-_mfpn_-_requer_informacoes_do_bairro_jardim_planalto2.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de amplas e concretas informações relacionadas a regularidade técnica e jurídica do bairro Jardim Planalto, como: Foi executado com ou sem aprovação da Prefeitura? A proposta do empreendimento foi protocolada? Existe a planta? Qual a empreendedora do loteamento? Foi executado em acordo ou desacordo com o projeto? Obedeceu ao cronograma? Se irregular, quais as medidas que prefeitura tem tomado para regularizar a situação? Entre outras informações que julgar necessária. Além das informações, havendo a planta REQUER o envio de uma cópia, A presente solicitação deve-se ao fato, especialmente, em função da possibilidade de definição daquela área vir a ser priorizada com a captação de recursos via Emenda Parlamentar, voltada à realização de serviços de pavimentação asfáltica, logo, a sua r</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>Adelson Servidor, Bernardo Patrício, Claudinei de Jesus, Francisco Ailton, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/832/requerimento_n._024-2024_-_csj_fas_asr_bps_e_ods_-_requer_tramit.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/832/requerimento_n._024-2024_-_csj_fas_asr_bps_e_ods_-_requer_tramit.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 011/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A AFTKD - ASSOCIAÇÃO DE ALTA FLORESTA DE TAE KWON DO.”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/833/requerimento_n._025-2024_-_mesa_diretora_e_demais_vers._requer_t.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/833/requerimento_n._025-2024_-_mesa_diretora_e_demais_vers._requer_t.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, e com a subscrição dos demais Pares, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 002/2024, que em súmula “ALTERA DISPOSITIVO DA RESOLUÇÃO Nº 219/2023 (DOC/TCE-MT ED. 3178 DE 18-OUT-2023)”, consoante as razões de justificativas expostas anexa à proposta.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_n._028-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_002-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_n._028-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_002-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE DECRETO LEGISLATIVO Nº 002/2024, que em súmula “DISPÕE SOBRE A CONCESSÃO DA COMENDA “COLONIZADOR ARIOSTO DA RIVA” – EDIÇÃO 2024, ÀS PERSONALIDADES QUE ESPECÍFICA”. consoante as razões de justificativas expostas anexa à proposta, além disto, a Sessão Solene prevista para ocorrer em 05 de abril de 2024.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>Bernardo Patrício, Francisco Ailton, Leonice Klaus, MANOEL FELICIANO, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_n._029-2024_-_rls_lks_fas_bps_e_manoel_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_015-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_n._029-2024_-_rls_lks_fas_bps_e_manoel_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_015-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial a PROJETO DE LEI Nº 015/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA RURAL SÃO JOÃO”, consoante as razoes de justificativa expostas anexa à proposta.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_n._030-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_n._030-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf</t>
   </si>
   <si>
     <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo n° 027/2023, de que trata do Projeto de Lei nº 007/2023 que em súmula “REVOGA IN TOTUM A LEI MUNICIPAL 2.664/2021, E DÁ OUTRAS PROVIDÊNCIAS.”, em regime de tramitação ordinária.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_n._031-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_n._031-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf</t>
   </si>
   <si>
     <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo n° 028/2023, de que trata do Projeto de Lei nº 008/2023 que em súmula “REVOGA IN TOTUM A LEI MUNICIPAL 2.665/2021, E DÁ OUTRAS PROVIDÊNCIAS.”, em regime de tramitação ordinária.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Adelson Servidor, Douglas Teixeira, Francisco Ailton, Marcos Menin, Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_n._032-2024_-_mrm_fas_dpt_asr_e_dptc_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_019-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_n._032-2024_-_mrm_fas_dpt_asr_e_dptc_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_019-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial da MOÇÃO Nº 019/2024, que dispõe sobre “CONGRATULAÇÕES AOS INSTRUTORES DE AUTOESCOLA PELO FUNDAMENTAL PAPEL DESEMPENHADO NA FORMAÇÃO DE CONDUTORES RESPONSÁVEIS E SEGUROS EM NOSSA COMUNIDADE”, de iniciativa do Vereador Marcos Roberto Menin.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/909/requerimento_n._033-2024_-_dls_dpt_jvn_ods_e_mfpn_-_requer_tr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/909/requerimento_n._033-2024_-_dls_dpt_jvn_ods_e_mfpn_-_requer_tr.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial a PROJETO DE LEI Nº 016/2024, que em súmula “DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS DO LOTEAMENTO RESIDENCIAL GREENVILE, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.”, em face das vedações eleitorais dispostas em nossa legislação eleitoral municipal, de que trata de denominação de vias e logradouros públicos.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>Câmara Municipal de Alta Floresta</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/898/requerimento_n._034-2024_-_vereadores_-_governo_do_estado_medida.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/898/requerimento_n._034-2024_-_vereadores_-_governo_do_estado_medida.pdf</t>
   </si>
   <si>
     <t>Com fulcro no que dispõe o Regimento Interno da Câmara Municipal de Alta Floresta, resolveram os Vereadores(as) subscritores encaminhar à consideração do Soberano Plenário REQUERIMENTO ao Excelentíssimo Senhor Mauro Mendes, Governador do Estado de Mato Grosso, a fim de que dê execução as medidas divulgadas na imprensa mato-grossense relativas à Moratória da Soja em áreas convertidas legalmente neste estado.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/897/requerimento_n._035-2024_-_vereadores_subscritos-_requer_tramita.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/897/requerimento_n._035-2024_-_vereadores_subscritos-_requer_tramita.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial ao REQUERIMENTO Nº 034/2024, dirigido ao Excelentíssimo Senhor Mauro Mendes, Governador do Estado de Mato Grosso, a fim de que dê execução as medidas divulgadas na imprensa mato-grossense relativas à Moratória da Soja em áreas convertidas legalmente neste estado._x000D_
 O pedido de urgência especial visa que medidas emergenciais sejam tomadas pelo governo na maior brevidade possível, com isto, possibilitando reduzir os impactos e efeitos em toda a cadeia produtiva.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/927/requerimento_n._036-2024_-_dls-_requer_informacoes_de_denuncias.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/927/requerimento_n._036-2024_-_dls-_requer_informacoes_de_denuncias.pdf</t>
   </si>
   <si>
     <t>REQUER, nos termos regimentais e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que através do órgão competente determine e com a maior brevidade possível, em até quinze dias, o envio de informações sobre todas as denúncias relacionadas a condutas imorais, incompetência, negligência, humilhação, constrangimento, agressão a qualquer aluno da rede municipal de educação e violações graves das regras escolares por parte dos profissionais da educação. Solicitamos especificamente que sejam apresentadas todas as denúncias recebidas pela Secretaria de Educação ou escolas municipais e quais ações foram tomadas em relação às condutas mencionadas, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/931/requerimento_n._037-2024_-_csj_-_requer_quais_os_planejamentos_u.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/931/requerimento_n._037-2024_-_csj_-_requer_quais_os_planejamentos_u.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente à Secretária Municipal de Saúde, Sra. Lúcia Maria Tizo de Almeida, para que providencie à apreciação desta Casa de Leis, com a maior brevidade possível, amplas e concretas informações sobre qual o plano de ação que vem sendo traçado, enquanto nova gestora da pasta, para a utilização desses recursos afim de otimizar o atendimento à população e reduzir drasticamente a fila de espera, com isso, desafogar a demanda represada e melhorar o fluxo de atendimento em nosso município, outrossim, REQUER ainda, quais os planos de investimentos voltados ao Pronto Atendimento Municipal – PAM, de que trata de melhorias na sua estrutura física, tecnológica e pessoal, bem como aquisição de equipamentos, materiais, medicamentos e insumos necessários, com isto, elevar a um atendimento a nível de Unidade de Pronto Atendimento (UPA).</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/935/requerimento_n._038-2024_-_dls-_requer_informacoes_diarias_prime.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/935/requerimento_n._038-2024_-_dls-_requer_informacoes_diarias_prime.pdf</t>
   </si>
   <si>
     <t>REQUER também que sejam esclarecidos os seguintes pontos:_x000D_
 1. Se a Primeira-Dama acompanhou o Prefeito durante viagens para as quais foram adquiridas as diárias, ou se tinha alguma atividade específica a ser realizada na capital ou em outros destinos;_x000D_
 2. Um registro completo das diárias utilizadas pela Primeira-Dama, Vilma Gamba, desde o início do atual mandato até a presente data, incluindo datas, valores, justificativas para as viagens e destinos visitados;_x000D_
 3. Detalhadamento das atividades realizadas durante cada viagem para as quais as diárias foram solicitadas, incluindo eventos participados, reuniões realizadas e qualquer outra atividade relacionada ao exercício das funções da Primeira-Dama; e _x000D_
 4. Se houve, cópias de relatórios de prestação de contas ou documentação similar referente às despesas relacionadas às diárias utilizadas pela Primeira-Dama.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/936/requerimento_n._039-2024-_cjs_-_requer_retirada_de_tramitacao_pl_2.294-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/936/requerimento_n._039-2024-_cjs_-_requer_retirada_de_tramitacao_pl_2.294-2024.pdf</t>
   </si>
   <si>
     <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação do processo n° 024/2023, de que trata do Projeto de Lei nº 2.294/2024 que em súmula “DISPÕE SOBRE A PROIBIÇÃO DE NOVAS LIGAÇÕES DE ENERGIA ELÉTRICA E DE ÁGUA E ESGOTO EM LOTEAMENTOS CLANDESTINOS SEM A AUTORIZAÇÃO PRÉVIA DO PROPRIETÁRIO NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA-MT, E DÁ OUTRAS PROVIDÊNCIAS”, em regime de tramitação ordinária.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/961/requerimento_n._040-2024_-_jvn_csj_mrm_fas_dptc_dls_-_requer_tra.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/961/requerimento_n._040-2024_-_jvn_csj_mrm_fas_dptc_dls_-_requer_tra.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial a PROJETO DE LEI Nº 026/2024, que em súmula “ACRESCENTA § 2º NO ARTIGO 1º DA LEI MUNICIPAL Nº 2.390/2017, RECLASSIFICA § ÚNICO, CONSTITUI ART. 10-A, E DÁ OUTRAS PROVIDÊNCIAS”, com vistas a necessidade de estabelecer, na maior brevidade possível, junto a Lei de Incentivo Fiscal ao Esporte, principalmente, que empreendedores e patrocinadores apoiem um ou mais projetos esportivos (inscritos e aprovados), porém, na totalidade do respectivo valor, ou seja, sem a realização de rateios a vários projetos. Fundamenta ainda o pedido de urgência especial outras razões aportadas na justificativa do projeto.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1094/requerimento_n._041-2024_-_rls-_requer_anuencia_de_falta_da_sess.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1094/requerimento_n._041-2024_-_rls-_requer_anuencia_de_falta_da_sess.pdf</t>
   </si>
   <si>
     <t>REGINALDO LUIZ DA SILVA, vereador que a este subscreve, REQUER nos termos do art. 213-A, Inciso II e Paragrafo Único. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 12ª Sessão Ordinária, ocorrida no dia 23/04 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1095/requerimento_n._042-2024_-_lks-_requer_anuencia_de_falta_da_sess.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1095/requerimento_n._042-2024_-_lks-_requer_anuencia_de_falta_da_sess.pdf</t>
   </si>
   <si>
     <t>LEONICE KLAUS DOS SANTOS, vereadora que a este subscreve, REQUER nos termos do art. 213-A, Inciso II e Paragrafo Único. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 12ª Sessão Ordinária, ocorrida no dia 23/04 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1096/requerimento_n._043-2024_-_rls_-_requer_informacoes_sobre_a_obra.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1096/requerimento_n._043-2024_-_rls_-_requer_informacoes_sobre_a_obra.pdf</t>
   </si>
   <si>
     <t>REGINALDO LUIZ DA SILVA, vereador que a este subscreve, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal Valdemar Gamba, com cópia a responsável pelo Núcleo de Pesquisa e Desenvolvimento Urbano da Administração Municipal, engenheira Keytiane Morosini, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, informações sobre a obra do barracão comunitário na comunidade Novo Cruzeiro, localizada na região da Pista do Cabeça, deste município, como:_x000D_
 1) Qual a empresa responsável pela obra?_x000D_
 2) Há outras obras no município que estão sob a responsabilidade desta empresa?_x000D_
 3) Qual é a previsão para a entrega dos aditivos necessários para a retomada da obra?_x000D_
 4) Qual a data estimada para o reinício das atividades de</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_n._044-2024_-_asr_-_requer_anuencia_de_falta_da_ses.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_n._044-2024_-_asr_-_requer_anuencia_de_falta_da_ses.pdf</t>
   </si>
   <si>
     <t>ADELSON DA SILVA REZENDE, vereador que a este subscreve, REQUER nos termos do art. 213-A, Inciso II e Paragrafo Único. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 13ª Sessão Ordinária, ocorrida no dia 30/04 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1098/requerimento_n._045-2024_-_dls_-_requer_pedidos_de_alvaras_de_construcoes_protocoladas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1098/requerimento_n._045-2024_-_dls_-_requer_pedidos_de_alvaras_de_construcoes_protocoladas.pdf</t>
   </si>
   <si>
     <t>DARLI LUCIANO DA SILVA, vereador que a este subscreve, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal com cópia para a Secretaria de Cidade, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de informações sobre a atual posição em que se encontra os pedidos de alvarás de construção protocolados, informando;_x000D_
 1 – quantitativo e data do protocolo dos pedidos;_x000D_
 2 – quantitativo de pedidos dentro do prazo;_x000D_
 3 – quantitativo de pedidos com prazo vencido;_x000D_
 4 – legislações utilizadas para o embasamento da expedição dos alvarás (Federal, Estadual e Municipal);_x000D_
 5 – outras informações que julgarem necessárias.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1099/requerimento_n._046-2024_-_dls_-_requer_contratos_de_publicidades_e_propagandas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1099/requerimento_n._046-2024_-_dls_-_requer_contratos_de_publicidades_e_propagandas.pdf</t>
   </si>
   <si>
     <t>2. REQUER, após manifestação do Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito de Alta Floresta, Senhor Valdemar Gamba, para que providencie o encaminhamento, com a maior brevidade possível, de cópias dos contratos das agências de publicidades, todas as informações sobre o contrato e prestação de serviço, como as planilhas de inserções, aonde foram publicadas, se foram impressas e qual o tamanho, se foi áudio ou audiovisual, qual o tempo e quantas inserções, e qual foi a fonte pagadora dessas agências nos últimos três anos, ou seja, 2021, 2022 e 2023 e qualquer informação que julgar necessária.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1100/requerimento_n._047-2024_-dls_-_informacoes_sobre_despesas_refer.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1100/requerimento_n._047-2024_-dls_-_informacoes_sobre_despesas_refer.pdf</t>
   </si>
   <si>
     <t>DARLI LUCIANO DA SILVA, vereador que a este subscreve, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, de informações sobre todas as despesas referentes as comemorações do aniversário da cidade, incluindo shows, tendas, palco, som, iluminação, enfeites, desfile, bolo, e todos os itens montados na Praça da Cultura para o Festival Gastronômico e para o desfile de aniversário, e de toda e informação que julgar necessário.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1101/requerimento_n._048-2024_-_fit_-_requer_solicitgacao_de_informac.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1101/requerimento_n._048-2024_-_fit_-_requer_solicitgacao_de_informac.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal com cópia para a secretaria de Infraestrutura, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, informações detalhadas acerca do planejamento atual da secretaria com relação à implantação de redutores de velocidade em todo o município de Alta Floresta, com especial interesse na avenida perimetral Rogério Silva._x000D_
 _x000D_
 Entendemos que a implantação de redutores de velocidade é fundamental para garantir a segurança de pedestres e motoristas, além de contribuir para a redução de acidentes de trânsito. Diante disso, solicitamos, por gentileza, os seguintes dados:_x000D_
 _x000D_
 1.	Plano de implantação de redutores de velocidade em Alta Floresta, incluindo cronograma e localização prevista para instalação;_x000D_
 2.	 Critérios utilizados para determinar os locais de instalação dos redutores de velocidade; e_x000D_
 3.	Especificamente, quais são os planos para a avenida per</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_n._049-2024_-_fit_-_requer_solicitgacao_de_informacoes_sobre_a_malha_viaria.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_n._049-2024_-_fit_-_requer_solicitgacao_de_informacoes_sobre_a_malha_viaria.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal com cópia para a Secretária de Infraestrutura, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, informações detalhadas acerca do estado atual da infraestrutura viária do município de Alta Floresta. Especificamente, gostaria de saber a quantidade de quilômetros de vias que ainda não possuem pavimentação asfáltica em nosso município._x000D_
 _x000D_
 Entendemos que ter acesso a essas informações é essencial para avaliar e planejar adequadamente futuros projetos que possam contribuir para o desenvolvimento urbano e para o bem-estar de nossos cidadãos. Assim, solicitamos, por gentileza, os seguintes dados:_x000D_
 1.	Total de quilômetros de vias sem asfalto no município de Alta Floresta;_x000D_
 2.	Distribuição geográfica dessas vias não asfaltadas; e_x000D_
 3.	Qualquer plano ou projeto em andamento para a pavimentação dessas vias.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Adelson Servidor, Francisco Ailton, Naldo da Pista, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/requerimento_n._055-2024_-_jvn-fas-rls-_asr-ods_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_055-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/requerimento_n._055-2024_-_jvn-fas-rls-_asr-ods_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_055-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial da MOÇÃO Nº 019/2024, que dispõe sobre “CONGRATULAÇÕES AOS ATLETAS DA ATLETICA PRAGA, PELAS CONQUISTAS NO EVENTO INTERENG”, de iniciativa do Vereador José Vaz Neto._x000D_
 O presente pedido é momento único para que seja feita a homenagem ao fato de que, com o fim do semestre, muitos alunos que participaram das competições não estarão mais na cidade na próxima sessão ordinária, o que impossibilitaria a entrega dos certificados de reconhecimento de maneira oportuna.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Leonice Klaus, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/requerimento_n._056-2024_-_rls_-_requer_informacoes_sobre_a_proj.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/requerimento_n._056-2024_-_rls_-_requer_informacoes_sobre_a_proj.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente ao Prefeito Municipal Valdemar Gamba, com cópia a responsável pelo Núcleo de Pesquisa e Desenvolvimento Urbano da Administração Municipal, engenheira Keytiane Morosini, para que através dos órgãos competentes providencie o encaminhamento à apreciação desta Casa de Leis, com a maior brevidade possível, informações atualizadas sobre Projetos atualmente em fase de finalização pelo Núcleo de Engenharia e Desenvolvimento. Como parte interessada no progresso e nas iniciativas desenvolvidas por esse departamento, como:_x000D_
 1) Quais projetos estão atualmente em fase de conclusão pelo Núcleo de Engenharia e Desenvolvimento?_x000D_
 2) conforme parecer técnico da SEDUC sob nº 108/2024, qual foi a data de recebimento da cobrança de atualização do convênio para a construção da Quadra Poliesportiva da Escola Estadual Boa Esperança enviado? _x000D_
 3) Já houve alguma devolutiva por parte do Núcleo?_x000D_
 4) E essa atualização demora para ser feita ou qual prazo para fazê-la?</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/requerimento_n._057-2024_-_rls_e_lks_-_requer_projeto_e_planilha.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/requerimento_n._057-2024_-_rls_e_lks_-_requer_projeto_e_planilha.pdf</t>
   </si>
   <si>
     <t>REGINALDO LUIZ DA SILVA e LEONICE KLAUS DOS SANTOS, vereadores que a este subscrevem, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUEREREM o encaminhamento do presente expediente ao Prefeito Municipal Valdemar Gamba, com cópia a responsável pelo Núcleo de Pesquisa e Desenvolvimento Urbano da Administração Municipal, engenheira Keytiane Morosini, que seja remetida a esta Casa Legislativa, em até 15 (quinze) dias,  cópia do projeto e da planilha orçamentária atualizada voltado à construção das estruturas das caixas d’água em concreto armado nas comunidades Pista do Padeiro (Pista Nova) e São Matheus, em virtude da situação caótica da estrutura existente na primeira comunidade, que ainda se encontra em madeira e apresenta riscos à segurança e ao abastecimento de água dos moradores, bem como pela ausência de tal estrutura na segunda comunidade, o q</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/requerimento_n._058-2024-_fit_-_requer_vistas_pl_022-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/requerimento_n._058-2024-_fit_-_requer_vistas_pl_022-2024.pdf</t>
   </si>
   <si>
     <t>FRANCISCA ILMARLI TEIXEIRA, vereadora que a este subscreve, nos termos que dispõe os artigos 153, Inciso I, e 163 do Regimento Interno, REQUER vista do processo relativo ao Projeto de Lei nº 022/2024, que em súmula “ GARANTE O DIREITO DE PRIORIDADE DE MATRÍCULA DE IRMÃOS NA MESMA UNIDADE ESCOLAR DA REDE MUNICIPAL DE EDUCAÇÃO DE ALTA FLORESTA”, em regime de tramitação ordinária, de iniciativa do vereador Douglas Pereira Teixeira de Carvalho, constante da pauta da Sessão Ordinária desta terça-feira (18/06/2024), pelo período de até 4 (quatro) sessões ordinárias.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_n._059-2024_-_fit_-_requer_informacoes_gastos_x_arr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_n._059-2024_-_fit_-_requer_informacoes_gastos_x_arr.pdf</t>
   </si>
   <si>
     <t>FRANCISCA ILMARLI TEIXEIRA, vereadora que a este subscreve, de acordo com o preceituado no Regimento Interno  e Lei Orgânica , vem mui respeitosamente à presença de Vossa Excelência e demais Pares, após manifestação do Douto e Soberano Plenário, REQUERER o encaminhamento do presente expediente ao Prefeito Municipal Valdemar Gamba, para que através dos órgãos e departamentos competentes, determine o encaminhamento a esta Casa Legislativa, em até 15 (quinze) dias, INFORMAÇÕES relacionadas aos editais de Concurso Público de Provas e Títulos para Provimento Efetivo de Cargos nºs 01/2023, 02/2023 e 03/2023, de 29 de setembro de 2023, tais como:  _x000D_
 _x000D_
  - Planilha detalhada demostrando os custos gerais incidentes necessários à realização de todas as etapas/fases da realização dos certames;_x000D_
 _x000D_
 -  Valor total, por edital, das receitas decorrentes da arrecadação com taxa de inscrição;_x000D_
 _x000D_
 - Quanto as despesas decorrentes da execução dos certames, se ocorreram por conta das dotações orçamentárias própria</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_n._060-2024_-_dls_-_requer_informacoe_secretaria_de_esportes.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_n._060-2024_-_dls_-_requer_informacoe_secretaria_de_esportes.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal de Alta Floresta, Senhor Valdemar Gamba, com cópia para o Secretário de Esportes e Secretário de Fazenda de Alta Floresta, para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre a Lei de Incentivo ao Esporte, quem são os beneficiados, quais os valores, se tem algum problema com recebimento por parte dos beneficiados, se já foram liberados os valores e quais os valores liberados.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_n._061-2024_-_dls_-_requer__informacoe_secretaria_de_cultura.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_n._061-2024_-_dls_-_requer__informacoe_secretaria_de_cultura.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal de Alta Floresta, Senhor Valdemar Gamba, com cópia para o Secretário de Cultura e Secretário de Fazenda de Alta Floresta, para que providencie o encaminhamento, com a maior brevidade possível, de informações sobre a Lei de Incentivo a Cultura, quem são os beneficiados, quais os valores, se tem algum problema com recebimento por parte dos beneficiados, se já foram liberados os valores e quais os valores liberados.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_n._062-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_02-07-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_n._062-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_02-07-2024.pdf</t>
   </si>
   <si>
     <t>DOUGLAS PEREIRA TEIXEIRA DE CARVALHO, vereador que a este subscreve, REQUER nos termos do art. 213-A, Inciso II e Paragrafo Único. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 22ª Sessão Ordinária, ocorrida no dia 02/07 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_n._063-2024_-_dls_-_requer_informacoe_nucleo_de_pesquisa_urbano.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_n._063-2024_-_dls_-_requer_informacoe_nucleo_de_pesquisa_urbano.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal de Alta Floresta, Senhor Valdemar Gamba, com cópia para o Núcleo de Pesquisa e Desenvolvimento Urbano da Administração Municipal, informações referentes à empresa Objetiva Projetos e Serviços LTDA, dos projetos e serviços prestados por essa empresa, e requer que sejam passadas informações detalhadas sobre os projetos realizados pela mesma, pois as notas fiscais que se encontram no portal transparência não contem informações detalhadas de quais serviços foram realizados, inclusive a despesa 25776/2023 não possui nota fiscal.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1350/requerimento_n._064-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_13-07-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1350/requerimento_n._064-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_13-07-2024.pdf</t>
   </si>
   <si>
     <t>DOUGLAS PEREIRA TEIXEIRA DE CARVALHO, vereador que a este subscreve, REQUER nos termos do Artigo 213-A, Inciso II e Paragrafo único do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 25ª Sessão Ordinária, ocorrida no dia 13/08 do corrente, conforme comprovantes anexos, adiante descritos.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>JOSÉ VAZ NETO (ZÉ ESKIVA), vereador que a este subscreve, REQUER nos termos do art. 213-A, Inciso II e Paragrafo Único. do Regimento Interno desta Casa de Leis, se digne a conceder-lhe o abono de falta a que tem direito, quanto a sua ausência na 26ª Sessão Ordinária, ocorrida no dia 20/08 do corrente, conforme comprovante(s) em anexo.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1352/requerimento_n._066-2024_-_dls_-_requer_informacoes_concessionaria_aguas_de_alta_floresta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1352/requerimento_n._066-2024_-_dls_-_requer_informacoes_concessionaria_aguas_de_alta_floresta.pdf</t>
   </si>
   <si>
     <t>REQUER, após manifestação do Douto e Soberano Plenário, o encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal de Alta Floresta, Senhor Valdemar Gamba, com cópia para a Secretaria Municipal de Fazenda, Controladoria Interna e empresa Concessionária dos Serviços Públicos de Água e Esgoto de Alta Floresta, para que providenciem, em conjunto, o encaminhamento de informações sobre a quantidade de cavaletes instalados no município de Alta Floresta, valor bruto arrecadado nos últimos seis meses e o valor investido no último ano, para apreciação, importando crime contra a Administração Pública o não atendimento sem justificação adequada ou a prestação de informações falsas.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1386/requerimento_n._067-2024_-_dls_-_requer_informacoes_sobre_a_quan.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1386/requerimento_n._067-2024_-_dls_-_requer_informacoes_sobre_a_quan.pdf</t>
   </si>
   <si>
     <t>REQUER encaminhamento do presente expediente ao Excelentíssimo Prefeito Municipal de Alta Floresta, Senhor Valdemar Gamba, com cópia para a Secretária de Meio Ambiente, que se digne INFORMAR esta Casa de Leis sobre a atuação da atual administração municipal em relação aos terrenos baldios existentes nas áreas urbanas que oferecem perigos à saúde ambiental e pública, especificamente: 1) quantitativo de notificações; 2) Quais foram os terrenos notificados; 3) Quais foram os terrenos multados; 4) Qual o valor arrecado com multas; 5) Tem se praticado o IPTU Progressivo para imóveis vazios e subutilizados; 6) Entre outras informações que julgar necessária.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1395/requerimento_n._068-2024_-_mesa_diretora_-_requer_retificacao_qu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1395/requerimento_n._068-2024_-_mesa_diretora_-_requer_retificacao_qu.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos dos dispositivos regimentais adiante transcritos , Retificação de Ata da Vigésima Quarta Sessão Ordinária, da Quarta Sessão Legislativa, da Décima Legislatura, realizada nas dependências desta Casa, aos seis dias do mês de agosto do ano de dois mil e vinte e quatro, consoante o incluso Termo de Retificação, parte integrante e indissociável desta propositura, em face de equívoco parcial devidamente comprovado, sumariamente, de que trata do resultado da votação dos VETOS do Poder Executivo números 003, 004, 005, 006 e 007/2024</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1404/requerimento_n._076-2024_-_dls_-_requer_informacoes_sobre_a_creches_do_municipio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1404/requerimento_n._076-2024_-_dls_-_requer_informacoes_sobre_a_creches_do_municipio.pdf</t>
   </si>
   <si>
     <t>INFORMAR esta Casa de Leis sobre a atuação da atual administração municipal em relação às creches do município: 1) Quantitativo de Prédios Alugados para Educação Infantil, informar o número de prédios alugados pelo município para o atendimento da educação infantil, com a discriminação dos valores mensais pagos em cada contrato de locação; 2) Lista de Espera por Vagas em Creches, fornecer o quantitativo atualizado de crianças que se encontram na fila de espera por uma vaga em creches municipais, com especificação da faixa etária e tempo de espera; 3) Ações do Executivo em Relação aos Projetos para Construção de Creches, esclarecer quais ações foram adotadas pelo Executivo Municipal em relação aos projetos cadastrados junto ao Governo do Estado de Mato Grosso para a construção de creches no município. Solicitamos, ainda, o status de cada projeto, o prazo previsto para execução e as fontes de financiamento envolvidas; 4) Entre outras informações que julgar necessária.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1435/requerimento_n._078-2024_-_jvn_-_requer_copia_da_ata_de_reuniao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1435/requerimento_n._078-2024_-_jvn_-_requer_copia_da_ata_de_reuniao.pdf</t>
   </si>
   <si>
     <t>REQUERER o encaminhamento do presente expediente a Secretária Executiva do Consorcio Intermunicipal de Saúde da Região do Alto Tapajós, para que providencie o envio à apreciação desta Casa de Leis, de cópia das atas de reuniões realizadas em março, abril e maio de 2024.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1458/requerimento_n._083-2024_-_dls_-_requer_informacoes_sobre_a_crec.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1458/requerimento_n._083-2024_-_dls_-_requer_informacoes_sobre_a_crec.pdf</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao Prefeito Municipal, com cópia para a Secretária Municipal de Educação, que se digne INFORMAR sobre a atuação da atual administração municipal em relação às creches do município:_x000D_
 1) Quantitativo de Prédios Alugados para Educação Infantil, informar o número de prédios alugados pelo município para o atendimento da educação infantil, com a discriminação dos valores mensais pagos em cada contrato de locação;_x000D_
 2) Lista de Espera por Vagas em Creches, fornecer o quantitativo atualizado de crianças que se encontram na fila de espera por uma vaga em creches municipais, com especificação da faixa etária e tempo de espera;_x000D_
 3) Ações do Executivo em Relação aos Projetos para Construção de Creches, esclarecer quais ações foram adotadas pelo Executivo Municipal em relação aos projetos cadastrados junto ao Governo do Estado de Mato Grosso para a construção de creches no município. Solicitamos, ainda, o status de cada projeto, o prazo previsto para execu</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1485/requerimento_n._086-2024_-_mesa_diretora_-_requer_tramitacao_em.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1485/requerimento_n._086-2024_-_mesa_diretora_-_requer_tramitacao_em.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 003/2024, que em súmula “REGULAMENTA, NO ÂMBITO DA CÂMARA MUNICIPAL DE ALTA FLORESTA, ESTADO DO MATO GROSSO, O CONTRATO VERBAL PARA PEQUENAS COMPRAS OU O DE PRESTAÇÃO DE SERVIÇOS DE PRONTO PAGAMENTO, A QUE SE REFERE AO DISPOSTO NO § 2º, DO ART. 95, DA LEI N.º 14.133/2021, DE 01 DE ABRIL DE 2021, QUE ESTABELECE NORMAS GERAIS DE LICITAÇÃO E CONTRATAÇÃO PARA AS ADMINISTRAÇÕES PÚBLICAS DIRETAS, AUTÁRQUICAS E FUNDACIONAIS DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS”, sob os seguintes argumentos:</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>REQUER o encaminhamento do presente expediente ao gabinete do Excelentíssimo Prefeito Municipal de Alta Floresta, Senhor Valdemar Gamba, que se digne a INFORMAR esta Casa de Leis a respeito da execução da Emenda Impositiva n° 033/2023, do Vereador Adelson da Silva Rezende, conforme a seguir formalizado: 1)	O valor total da emenda no montante de R$ 208.517,47 (duzentos e oito mil, quinhentos e dezessete reais e quarenta e sete centavos), foram todos empenhados? em caso de não atendimento estão empenhado para 2025? Conforme regramento do Orçamento Impositivo?  2)	Qual o atual estado em que se encontra a execução da Emenda assegurada na Secretaria de Saúde no montante de 50% (cinquenta por cento), R$ 104.258,73 (cento e quatro mil, duzentos e cinquenta e oito reais e setenta e três centavos), para aplicação em ações e serviços públicos na área da saúde?  3)	Qual o atual estado em que se encontra a execução da Emenda assegurada no Gabinete do Prefeito Municipal no montante de 50% (cinque</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Francisco Ailton, Leonice Klaus, Luciano Silva, Naldo da Pista, TUTI</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1531/requerimento_n._090-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_044-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1531/requerimento_n._090-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_044-2024.pdf</t>
   </si>
   <si>
     <t>S VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial da Projeto de Lei Nº 044/2024, que dispõe sobre “DECLARA DE UTILIDADE PÚBLICA A LIGA MATOGROSSENSSE DE CICLISMO”, de iniciativa do Vereador Darli Luciano Silva._x000D_
 A celeridade na tramitação é necessária para assegurar que a entidade possa, o quanto antes, ter acesso a parcerias, convênios e recursos públicos ou privados que dependem dessa condição legal. Tal reconhecimento jurídico permitirá ampliar suas ações, fomentar projetos esportivos e contribuir diretamente para o bem-estar social e a formação de jovens e atletas.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1532/requerimento_n._091-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_045-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1532/requerimento_n._091-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_045-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial da Projeto de Lei Nº 045/2024, que dispõe sobre “ACRESCENTA INCISOS AO ARTIGO 2º DA LEI MUNICIPAL Nº 2.826/2023, E DÁ OUTRAS PROVIDÊNCIAS”, de iniciativa do Vereador Darli Luciano Silva._x000D_
 A solicitação de regime de urgência especial para a aprovação do projeto de lei que trata da denominação de logradouros públicos justifica-se pela necessidade de promover a correta identificação e regularização de endereços oficiais. Essa medida é fundamental para facilitar a localização de imóveis, garantir a eficiência dos serviços de entrega, correspondência, utilidades públicas e atendimento de emergências por órgãos de saúde e segurança.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Adelson Servidor, Francisco Ailton, Naldo da Pista, Pitoco, TUTI, Zé Eskiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1533/requerimento_n._092-2024_-_dpt-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_046-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1533/requerimento_n._092-2024_-_dpt-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_046-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial a PROJETO DE LEI Nº 046/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA A SOCIEDADE HOASQUEIRA BENEFICENTE DIVINO CRIADOR”, consoante as razoes de justificativa expostas anexa à proposta._x000D_
 _x000D_
 O presente pedido da tramitação em regime de urgência ao projeto, justifica-se pelo fato de tratar-se da última sessão ordinária antes do recesso parlamentar agilizando a demanda a deliberação imediata, garantindo que os objetivos e os benefícios associados sejam alcançados em tempo hábil.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1534/requerimento_n._093-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_047-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1534/requerimento_n._093-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_047-2024.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno , combinado com o artigo 17, tramitação em regime de urgência especial a PROJETO DE LEI Nº 047/2024, que em súmula “DECLARA DE UTILIDADE PÚBLICA O FLORESTA OFF ROAD 4X4”, consoante as razoes de justificativa expostas anexa à proposta._x000D_
 _x000D_
 O presente pedido da tramitação em regime de urgência ao projeto, justifica-se pelo fato de tratar-se da última sessão ordinária antes do recesso parlamentar agilizando a demanda a deliberação imediata, garantindo que os objetivos e os benefícios associados sejam alcançados em tempo hábil.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/696/indicacao_n_001-_2024_-_csj_-_ind._ao_prefeito_e_educacao_projeto_piloto_pra_educacao_fisica_nas_escolas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/696/indicacao_n_001-_2024_-_csj_-_ind._ao_prefeito_e_educacao_projeto_piloto_pra_educacao_fisica_nas_escolas.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretária de Educação Lucineia Martins de Mattos, a necessidade de providenciar Projeto Piloto para a implantação da prática de Educação Física nas Escolas Municipais.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_n_002-_2024_-_csj_-_ind._ao_prefeito_e_diretor_de_esporte_assesibilidade_de_cadeirantes_no_ginasio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_n_002-_2024_-_csj_-_ind._ao_prefeito_e_diretor_de_esporte_assesibilidade_de_cadeirantes_no_ginasio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Diretor de Esporte e Lazer Claudecio de Oliveira, a necessidade de providenciar um local com visualização para Cadeirantes no Ginásio de Esportes Geraldo Ramos, do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_n_003-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_avenida_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_n_003-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_avenida_d.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos entre a esquina da Rua D com a Avenida Ludovico da Riva.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_n_004-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_g_06.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_n_004-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_g_06.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos entre a Rua G 06 esquina com a Rua Padre Santana.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_n_005-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_instalacao_de_quebra_molas_na_perimetral.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_n_005-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_instalacao_de_quebra_molas_na_perimetral.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA Secretaria de Infraestrutura à instalação de quebra molas em vias públicas de Alta Floresta, na Perimetral Rogerio Silva.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_n_006-_2024_-_dls_-_ind._ao_prefeito_e_cidade_placas_de_sinalizacao_na_rua_e-4..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_n_006-_2024_-_dls_-_ind._ao_prefeito_e_cidade_placas_de_sinalizacao_na_rua_e-4..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretaria de Cidade que sejam instaladas placas de sinalização de Quebra Molas na Rua E 04.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_n_007-_2024_-_lks_-_ind._ao_prefeito_e_saude_mobilia_para_a_casa_de_apoio_da_capital.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_n_007-_2024_-_lks_-_ind._ao_prefeito_e_saude_mobilia_para_a_casa_de_apoio_da_capital.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba e a Secretaria Municipal de Saúde a necessidade de providenciar a compra de uma mesa grande de madeira e algumas cadeiras para a áreas de descansos, na casa de Apoio localizada em Cuiabá-MT.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_n_008-_2024_-_fit_-_ind._ao_sec._de_transito_faixa_de_pedestres_em_frente_na_escola_jardim_das_flores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_n_008-_2024_-_fit_-_ind._ao_sec._de_transito_faixa_de_pedestres_em_frente_na_escola_jardim_das_flores.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Trânsito e Direção de Cidade a necessidade de resgatar a de faixa de pedestres e a implantação de via de acesso na Escola Municipal Jardim das Flores.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_n_009-_2024_-_asr_-_ind._a_sec._de_cidade_e_dep._de_iluminacao_poda_das_arvores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_n_009-_2024_-_asr_-_ind._a_sec._de_cidade_e_dep._de_iluminacao_poda_das_arvores.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Cidade, com cópia ao Departamento de Iluminação, a necessidade de fazer um levantamento de todas as árvores do município que estão obstruindo a iluminação pública.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_n_010-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_h-6.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_n_010-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_h-6.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA NOVAMENTE ao Prefeito Municipal, Sr. Valdemar Gamba, com cópia a Diretoria de Trânsito a necessidade de instalação de quebras-molas na Rua Ivandelina Rosa Nazário (H 6 industrial), um em frente ao Jornal Mato Grosso do Norte e o outro após a curva.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_n_011-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_e-2.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_n_011-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_e-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Diretoria de Trânsito, Transportes e Segurança, a necessidade de estabelecer os quebra-molas/lombada, na Rua E-3, seguindo sinalização existente</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_n_012-_2024_-_dls_-_ind._a_cidade_limpeza_e_rocagem_da_praca_no_bairro_cidade_bela.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_n_012-_2024_-_dls_-_ind._a_cidade_limpeza_e_rocagem_da_praca_no_bairro_cidade_bela.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade necessidade de executar o serviço de limpeza e roçagem da Praça localizada no Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/710/indicacao_n_013-_2024_-_rls__-_ind._a_infraestrutura_cascalhamento_da_estrada_nasser_noujain.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/710/indicacao_n_013-_2024_-_rls__-_ind._a_infraestrutura_cascalhamento_da_estrada_nasser_noujain.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o cascalhamento da Estrada Nasser Noujain que liga a comunidade Ourolanda ao assentamento Jacamim.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/711/indicacao_n_014-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_na_comunidade_28.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/711/indicacao_n_014-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_na_comunidade_28.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na comunidade 28 próximo ao lote do Sr. Nastilho e do professor Fabio.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/712/indicacao_n_015-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_estrada_estrela_vicinal_ii..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/712/indicacao_n_015-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_estrada_estrela_vicinal_ii..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na Estrada Estrela Vicinal II.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_n_016-_2024_-_rls__-_ind._a_infraestrutura_manutencao_da_serra_do_seu_ermelino.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_n_016-_2024_-_rls__-_ind._a_infraestrutura_manutencao_da_serra_do_seu_ermelino.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar a manutenção da Serra do Seu Ermelino localizado no assentamento Jacamim.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_n_017-_2024_-_rls__-_ind._a_infraestrutura_patrolamento_e_cascalhamento_de_um_trecho_em_frente_a_propriedade_do_seu_ermelino.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_n_017-_2024_-_rls__-_ind._a_infraestrutura_patrolamento_e_cascalhamento_de_um_trecho_em_frente_a_propriedade_do_seu_ermelino.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o patrolamento e cascalhamento de um trecho em frente à propriedade do Seu Ermelino na Estrada 28 do Assentamento Jacamim.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_n_018-_2024_-_dptc__-_ind._a_infraestrutura_e_meio_ambiente_limpeza_do_corrego_severo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_n_018-_2024_-_dptc__-_ind._a_infraestrutura_e_meio_ambiente_limpeza_do_corrego_severo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municicipal de Meio Ambiente, com cópia para Secretaria de Cidade a necessidade de realizar a limpeza do córrego Severo, próximo ao bairro jardim perimetral.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_n_019-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_na_psf_do_bairro__boa_nova_i.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_n_019-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_na_psf_do_bairro__boa_nova_i.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria de Cidade a necessidade de realizar um limpeza na área ao redor  do Posto de saúde do Bairro  Boa Nova II.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_n_020-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_recuperacao_das_ruas_do_boa_nova.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_n_020-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_recuperacao_das_ruas_do_boa_nova.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria Municicipal Secretaria de Infraestrutura a necessidade de realizar á operação tapa-buracos na avenida São Grabriel, na entrada do bairro boa nova III (próximo ao colégio Alta Floresta).</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/718/indicacao_n_021-_2024_-_dptc__-_ind._a_cidade_e_meio_ambiente_retirada_de_lixo_e_entulhos_do_setor_urbano.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/718/indicacao_n_021-_2024_-_dptc__-_ind._a_cidade_e_meio_ambiente_retirada_de_lixo_e_entulhos_do_setor_urbano.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municicipal de Meio Ambiente, com cópia para Secretaria de Cidade a necessidade de retirada de lixo e entulhos para prevenção de focos de dengue e outros problemas durante o período de chuvas.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_n_022-_2024_-_fas_-_ind._a_sec._de_assistencia_social_e_saude_distribuicao_de_cordoes_de_girassol_para_indentificacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_n_022-_2024_-_fas_-_ind._a_sec._de_assistencia_social_e_saude_distribuicao_de_cordoes_de_girassol_para_indentificacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Assistência Social e Cidadania a aquisição e distribuição gratuita de “Cordão de Girassol”, na identificação de pessoas com deficiência não aparentes que necessitam de atendimento preferencial.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/723/indicacao_n_023-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_recu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/723/indicacao_n_023-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_recu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realizar a operação tapa buracos na Terceira Travessa que fica localizada no bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/724/indicacao_n_024-_2024_-_mrm_-_indica_ao_prefeito_prorrogar_os_ef.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/724/indicacao_n_024-_2024_-_mrm_-_indica_ao_prefeito_prorrogar_os_ef.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de prorrogar o prazo da concessão de direito real de uso, de que trata a Lei Municipal nº 1.721/2009, conferindo nova redação ao artigo 1º, ampliando o prazo para mais 20 anos, à Associação dos Centros de Formação de Condutores de Alta Floresta.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/725/indicacao_n_025-_2024_-_rls_-_indica_bueiro_e_curva_na_estrada_n.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/725/indicacao_n_025-_2024_-_rls_-_indica_bueiro_e_curva_na_estrada_n.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel para que faça a troca do bueiro de madeira por uma estrutura nova de aduelas na estrada Nasser Noujain que liga a comunidade Ourolanda a Jacamim e também fazer a modificação da estrada tirando uma curva que atrapalha o trafego de caminhões cumpridos.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/726/indicacao_n_026-_2024_-_fas__-_ind._a_infraestrutura_cascalhamen.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/726/indicacao_n_026-_2024_-_fas__-_ind._a_infraestrutura_cascalhamen.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura, que envie uma equipe com as máquinas para realizar o patrolamento e cascalhamento da estrada da Comunidade Santa Rosa</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/727/indicacao_n_027-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_do.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/727/indicacao_n_027-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_do.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade a necessidade de realizar a limpeza do córrego Severo, próximo ao bairro jardim perimetral.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/728/indicacao_n_028-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_ta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/728/indicacao_n_028-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_ta.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria Municicipal Secretaria de Infraestrutura a necessidade de realizar á operação tapa-buracos na avenida Nossa Senhora Aparecida, na entrada do bairro boa nova I (próximo a  Empresa Gaucha Automoveis).</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde com cópia ao Prefeito Valdemar Gamba a necessidade de contratação de mais uma ACS para o posto de saúde da Comunidade Ouro Verde.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/746/indicacao_n_031-_2024_-_fit_-_ind._a_sec._de_educacao_reparos_no_parque_da_escola_benjamim_padoa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/746/indicacao_n_031-_2024_-_fit_-_ind._a_sec._de_educacao_reparos_no_parque_da_escola_benjamim_padoa_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação a necessidade de reparo no parquinho da Escola Municipal Benjamim de Padoa.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/747/indicacao_n_032-_2024_-_fit_-_ind._a_sec._de_saude_e_o_prefeito_0001_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/747/indicacao_n_032-_2024_-_fit_-_ind._a_sec._de_saude_e_o_prefeito_0001_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde com cópia ao Prefeito Valdemar Gamba a necessidade de reparos no posto de saúde do bairro Jardim Universitário.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/748/indicacao_n_033_-_2024_-_fit_-_ind._a_sec._de_educacao_drenagem_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/748/indicacao_n_033_-_2024_-_fit_-_ind._a_sec._de_educacao_drenagem_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação a necessidade de drenagem da quadra Escola Municipal Jardim das Flores.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/749/indicacao_n_034_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/749/indicacao_n_034_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e serviços urbanos a necessidade de desobstrução dos bueiros da rua T-6 setor industrial.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/750/indicacao_n_035_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/750/indicacao_n_035_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e serviços urbanos a necessidade reparos na estrada Lima.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/751/indicacao_n_036_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/751/indicacao_n_036_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade com cópia a Infraestrutura a necessidade de limpeza e recuperação da pavimentação de toda extensão da Avenida São Gabriel, entre os bairros Boa Nova II e Boa Nova III.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/752/indicacao_n_037_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/752/indicacao_n_037_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura com cópia a Cidade a necessidade de implantação de um sistema de drenagem nos fundos das unidades de saúde dos bairros Bom Jesus e Boa Nova.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/753/indicacao_n_038_-_2024_-_rls_e_lks_-_ind._ao_pref._e_sec._de_sau_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/753/indicacao_n_038_-_2024_-_rls_e_lks_-_ind._ao_pref._e_sec._de_sau_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretária de Saúde Lúcia Tizo a Necessidade de realizar a instalação de câmeras de segurança assim como a manutenção dos Ares-condicionados e aquisição de Mobílias nos Postos de Saúde dos Bairros Vila Nova, Cidade Bela e Boa Esperança.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/754/indicacao_n_039_-_2024_-_rls_e_lks_-_ind._ao_pref._e_infraestrut_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/754/indicacao_n_039_-_2024_-_rls_e_lks_-_ind._ao_pref._e_infraestrut_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretário de Infraestrutura Roberto Patel a Necessidade de realizar a limpeza e recuperação da via e meio fio em frente ao PSF 1 Vila Nova.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/755/indicacao_n_040_-_2024_-_csj_-_ind._ao_infraestrutura_recuperaca_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/755/indicacao_n_040_-_2024_-_csj_-_ind._ao_infraestrutura_recuperaca_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Obras Infraestrutura Roberto Patel, que providencie a recuperação das ruas sem asfalto do Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/768/indicacao_n_041_-_2024_-_fas_-_ind._ao_prefeito_projeto_de_lei_v_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/768/indicacao_n_041_-_2024_-_fas_-_ind._ao_prefeito_projeto_de_lei_v_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia a Secretaria Municipal de Assistência Social e Cidadania, após apreciação e concordância do Soberano Plenário a necessidade de análise e encaminhamento a apreciação desta Casa de Leis, de propositura de projeto voltado a Internação Humanizada de pessoas em situação de rua com dependência química e/ou transtornos mentais no município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_n_042-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_pa_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_n_042-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_pa_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria Municicipal Secretaria de Infraestrutura a necessidade de executar serviço de cascalhamento e patrolamento das ruas do Norte III, Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_n_043-_2024_-_dptc__-_ind._ao_prefeito_pagamento_piso_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_n_043-_2024_-_dptc__-_ind._ao_prefeito_pagamento_piso_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, que cumpra o que dispõe a Lei Federal 14.434/2022 que criou o piso salarial nacional do enfermeiro, do técnico de enfermagem, do auxiliar de enfermagem e da parteira e regulamentações pertinentes, a fim de valorizar o trabalho desses profissionais.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/771/indicacao_n_044_-_2024_-_fas_-_ind._a_sec._de_educacao_a_reparos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/771/indicacao_n_044_-_2024_-_fas_-_ind._a_sec._de_educacao_a_reparos_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de educação a necessidade de um repelente ultrassônico WBK para espantar pombos para as quadras poliesportiva, e um curso de formação de primeiros socorros com aquisições de kits de primeiros socorros para todos as escolas municipais.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_n_045_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_n_045_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade de operação tapa buracos, nas ruas do bairro Bom Jesus e na rua Minas Gerais na Cidade Alta.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade com cópia a Infraestrutura a necessidade de limpeza das ruas Avenida Mato Grosso, Perimetral Rogério Silva, Emma Balducci Fernandes, Avenida Ayrton Senna e travessa 13 de Maio.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/774/indicacao_n_047_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/774/indicacao_n_047_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Rua GS próximo a G 02.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_n_048_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_n_048_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Rua G 04.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_n_049_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_n_049_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Rua F esquina com a F 02.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_n_050_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_n_050_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Avenida Ludovico da Riva esquina com Travessa Álvaro Teixeira Costa.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_n_051_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_n_051_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos na Rua Padre Santana no Setor G.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_n_052_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_n_052_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a pavimentação asfáltica da Rua 61 no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_n_053_-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_o_reg_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_n_053_-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_o_reg_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba com cópia ao Secretário de Cidades Valdiney Martins a necessidade de realizar a manutenção do Registro Geral de água do Terminal Rodoviário Municipal.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_n_054-2024_-_mrm_-_indica_ao_dep_dilmar_dal_bosco_deno_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_n_054-2024_-_mrm_-_indica_ao_dep_dilmar_dal_bosco_deno_ocred.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Excelentíssimo Deputado Estadual, Sr. Dilmar Dal Bosco, após apreciação e concordância do Soberano Plenário, a necessidade de ingressar com propositura de projeto de lei junto a Assembleia Legislativa, batizando com o nome do saudoso empresário Jones Morello, o “Jone Areeiro” como era popularmente conhecido, o trecho da Rodovia MT-325 compreendido entre o entroncamento da Rodovia MT-208 - que margeia a cidade de Alta Floresta, até o limite Mato Grosso/Pará.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/782/indicacao_n_055_-_2024_-_rls_-_ind._a_sec._de_infraestrutura_rec_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/782/indicacao_n_055_-_2024_-_rls_-_ind._a_sec._de_infraestrutura_rec_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba com cópia a Secretário de infraestrutura Roberto Patel a necessidade de recuperar a estrada que liga a Com. Rio Verde a MT 325 (bar do Didião).</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/783/indicacao_n_056_-_2024_-_rls_e_lks_-_ind._a_sec._de_educacao_fo._ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/783/indicacao_n_056_-_2024_-_rls_e_lks_-_ind._a_sec._de_educacao_fo._ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba com cópia a Secretária de Educação Lucinéia Martins de Matos a necessidade de esgotar a fossa que está vazando e tampar um buraco que começou a se formar nas laterais da mesma que está localizada no pátio da Escola municipal Nilo Procópio Peçanha.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/784/indicacao_n_057_-_2024_-_dpt_-_ind._a_sec._de_infraestrutura_gal_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/784/indicacao_n_057_-_2024_-_dpt_-_ind._a_sec._de_infraestrutura_gal_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura e Excelentíssimo Prefeito Valdemar Gamba, a necessidade de construção de bueiro ou implantação de galerias pluviais.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/785/indicacao_n_058_-_2024_-_rls_-_ind._ao_diretor_de_transito_refaz_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/785/indicacao_n_058_-_2024_-_rls_-_ind._ao_diretor_de_transito_refaz_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba com cópia Ao diretor de Trânsito, Transporte e Segurança de Alta Floresta, Eder Luciano Cordeiro de Souza a necessidade de refazer a sinalização dos quebra-molas na MT 325 em frente ao Bairro Jardim Universitário.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/786/indicacao_n_059_-_2024_-_fas_-_ind._a_sec._de_educacao_a_instala_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/786/indicacao_n_059_-_2024_-_fas_-_ind._a_sec._de_educacao_a_instala_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de educação a necessidade de instalação da rede elétrica 220 volts no refeitório, da Escola Municipal Professora Sônia Maria Faleiro.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_n_060_-_2024_-_bps_-_ind._a_sec._de_cidade_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_n_060_-_2024_-_bps_-_ind._a_sec._de_cidade_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade com cópia o Departamento de iluminação a necessidade de executar o serviço de limpeza, roçagem e iluminação na entrada do Bairro Planalto.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/788/indicacao_n_061_-_2024_-_rls_e_lks_-_ind._ao_pref._e__sec._infra_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/788/indicacao_n_061_-_2024_-_rls_e_lks_-_ind._ao_pref._e__sec._infra_ocred.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel a Necessidade de patrolamento, cascalhamento e limpezas da laterais da Estrada pombinho no setor de chácaras do Bairro Jardim Panorama.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_n_062_-_2024_-_jvn_-_ind._ao_infraestrutura_pavimentac_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_n_062_-_2024_-_jvn_-_ind._ao_infraestrutura_pavimentac_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realizar a conclusão de Pavimentação na Av. Leandro Adorno que fica localizada no Setor Industrial.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/790/indicacao_n_063_-_2024_-_fas_-_ind._ao_prefeito_ar_condicionado_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/790/indicacao_n_063_-_2024_-_fas_-_ind._ao_prefeito_ar_condicionado_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao prefeito municipal Valdemar Gamba, a necessidade de aquisição de um ar condicionado para a recepção do Centro de Cursos.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/791/indicacao_n_064_-_2024_-_dptc__a_sec._de_saude_manutencao_nos_are_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/791/indicacao_n_064_-_2024_-_dptc__a_sec._de_saude_manutencao_nos_are_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municicipal de Saúde a necessidade manutenção nos ares-condicionados dos PSFs dos bairros Vila Nova, São José Operario e Cidade Alta.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/792/indicacao_n_065_-_2024_-_dls__rec_asf_em_frente_ao_cer.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/792/indicacao_n_065_-_2024_-_dls__rec_asf_em_frente_ao_cer.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de Infraestrutura Roberto Patel, que seja realizado a recuperação asfáltica da rua em frente ao CER (Centro de Reabilitação).</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_n_066_-_2024_-_dls_-_limpeza_av_ariosto_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_n_066_-_2024_-_dls_-_limpeza_av_ariosto_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura c/c a Chefia de Limpeza Urbana necessidade de executar o serviço de limpeza e roçagem ao longo da Avenida Ariosto da Riva.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba o conserto do semáforo da Rua U 05, esquina com a Avenida Ludovico da Riva.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/795/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/795/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos e limpeza na Rua H 14.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/796/indicacao_n_069-_2024_-_dls_-_tapa_buraco_na_rua_airton_senna_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/796/indicacao_n_069-_2024_-_dls_-_tapa_buraco_na_rua_airton_senna_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos na Avenida Ayrton Sena.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_n_070-_2024_-_dls_-__tapa_buraco_na_rua_atraz_da_pam_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_n_070-_2024_-_dls_-__tapa_buraco_na_rua_atraz_da_pam_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos na Rua André Luiz, localizada atrás da PAM (Pronto Atendimento Municipal).</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/798/indicacao_n_071_-_2024_-_dls_-_sec_de_infraestrutura___tapa_bura_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/798/indicacao_n_071_-_2024_-_dls_-_sec_de_infraestrutura___tapa_bura_ocred.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos na Rua D 07.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Meio ambiente com cópia a Secretaria de Cidade, a necessidade de tomar uma providência do terreno que hoje pertence à Marinha (antiga Ceplac), localizada na Avenida Cícero Tavares (1° de maio), no Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_n_073_-_2024_-_csj_-_ao_prefeito_sec_de_gestao_e_segur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_n_073_-_2024_-_csj_-_ao_prefeito_sec_de_gestao_e_segur.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Governo Gestão e Planejamento Srº Robson Quintino com cópia ao Presidente do Conselho de Segurança do Município de Alta Floresta Senhor Laureano Barela, que providencie instalações de Câmaras de Segurança dentro do espaço do Tiro de Guerra (TG) do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_n_074-2024_-_fas_-_ind._ao_prefeito_e_sec._de_inovacao_programa_rotas_rurais.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_n_074-2024_-_fas_-_ind._ao_prefeito_e_sec._de_inovacao_programa_rotas_rurais.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Gamba com cópia ao Ilustríssimo Secretário de Inovação e Desenvolvimento Econômico, Sr. Elói Luiz de Almeida após apreciação e concordância do Soberano Plenário, a necessidade de promover enérgicas ações voltadas a adesão do município ao Programa Rotas Rurais e/ou aplicativo análogo, visando facilitar a logística e integração no município, igualmente o que vem sendo praticado em outros municípios brasileiros.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_n_075-2024_-_jvn__-_ind.__ao_prefeito_e_sec._de_esporte_conselho_municipal_de_esportes.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_n_075-2024_-_jvn__-_ind.__ao_prefeito_e_sec._de_esporte_conselho_municipal_de_esportes.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Esportes e Lazer a necessidade de criar o Conselho Municipal de Esportes, no Município de Alta Floresta.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_n_076-2024_-_jvn__-_ind._a_de_sec._de_infraestrutura_ponte_localizada_nas_proximidades_da_avenida_das_embaubas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_n_076-2024_-_jvn__-_ind._a_de_sec._de_infraestrutura_ponte_localizada_nas_proximidades_da_avenida_das_embaubas.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realizar a operação de reparo urgente da ponte localizada nas proximidades da Avenida das Embaúbas, que dá acesso ao redondo da Rua C</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_n_077-2024_-_csj_-_ind._a_de_sec._de_infraestrutura_re.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_n_077-2024_-_csj_-_ind._a_de_sec._de_infraestrutura_re.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário de Cidade Valdines Antonio Martins Rojas, a necessidade de providenciar três (03) Quebra Molas Redutores de Velocidade, nas Ruas Estrela Guia, Estrela do Oriente e Estrela da Manhã, no Bairro Novo Horizonte, centro da cidade, para que todos possam trafegar com segurança naqueles locais.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_n_078_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_educaca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_n_078_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_educaca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e a Secretaria de Educação a implantação de um Centro de Especialidades para atender os alunos da rede municipal de educação.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_n_079_-_2024_-_dls_-_ind._sec_de_saude_contratacao_de.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_n_079_-_2024_-_dls_-_ind._sec_de_saude_contratacao_de.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA NOVAMENTE à Secretaria de Saúde a contratação de um Terapeuta Ocupacional para atender as demandas do município.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_n_080-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_n_080-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos entre o quebra molas da Rua E 04.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_n_081-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_n_081-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos ao longo da Rua do Araújo, Setor Industrial.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_n_082-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_n_082-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e ao Secretário de Infraestrutura, que seja realizado a Reforma do Ponto de Taxi localizado na Avenida Ludovico da Riva esquina com a Rua F.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_n_083-_2024_-_fas_-_ind._a_prefeito__leilao_publico_dos_veiculos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_n_083-_2024_-_fas_-_ind._a_prefeito__leilao_publico_dos_veiculos.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Municipal, Sr. Valdemar Gamba, a necessidade que viabilize estudos para a realização de um leilão público, dos veículos das Secretarias inservíveis de propriedade do município de.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_n_084-_2024_-_fas_-_ind._a_infraestrutura_e_transito_a_troca_os_redutores_de_velocidades_do_bom_jesus.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_n_084-_2024_-_fas_-_ind._a_infraestrutura_e_transito_a_troca_os_redutores_de_velocidades_do_bom_jesus.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito, transporte e segurança e a Secretaria de Infraestrutura a necessidade de trocar os redutores de velocidades tartarugas e implantar quebra-molas, na rua Sete de Setembro no Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_n_085-_2024_-_csj_-_ind._ao_prefeito_piso_nacional_das_ace-acs.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_n_085-_2024_-_csj_-_ind._ao_prefeito_piso_nacional_das_ace-acs.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária de Saúde Srª Lúcia Tizo a necessidade de que providencie que o setor pertinente da prefeitura municipal possa fazer valer o Piso Nacional das ACE/ACS   de (02) dois salários-mínimos, conforme a Lei Federal aprovada anteriormente.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/854/indicacao_n_086-_2024_-_dls_-_ind._ao_prefeito_centro_de_desenvolvimento_infantil_icog.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/854/indicacao_n_086-_2024_-_dls_-_ind._ao_prefeito_centro_de_desenvolvimento_infantil_icog.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba que realize uma parceria com o Centro de Desenvolvimento Infantil ICOG para atender a demanda dos Autistas e pessoas com Deficiência.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a instalação de uma faixa de pedestre em frente à escola Professora Vilma Dias da Silva de Freitas localizada no Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_n_088-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_construcao_de_sarjetas_nas_ruas_e_avenidas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_n_088-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_construcao_de_sarjetas_nas_ruas_e_avenidas.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretario de Infraestrutura que realize a construção de sarjetas, nas ruas e avenidas onde foram realizadas a reciclagem, pois elas estão se deteriorando.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_n_089-_2024_-_fas_-_ind._a_infraestrutura_patrolamento_para_recuperar_a_avenida_vitoria_regia.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_n_089-_2024_-_fas_-_ind._a_infraestrutura_patrolamento_para_recuperar_a_avenida_vitoria_regia.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feita o patrolamento para recuperar a Avenida Vitória Régia e Rua Lírio no Bairro Jardim das Flores.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_n_090-_2024_-_fas_-_ind._a_infraestrutura_faixa_elevada_na_rotatoria_da_cidade_alta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_n_090-_2024_-_fas_-_ind._a_infraestrutura_faixa_elevada_na_rotatoria_da_cidade_alta.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de construir uma faixa elevada para travessia de pedestres, em todas as vias que dão acesso a rotatória do bairro Cidade Alta, em Alta Floresta - MT.  Como, Av Amazonas, e Av. NS Oeste.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_n_091-_2024_-_fas_-_ind._a_cidade_limpeza_do_terreno_manoel_de_nobrega_35..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_n_091-_2024_-_fas_-_ind._a_cidade_limpeza_do_terreno_manoel_de_nobrega_35..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade, a necessidade de uma ampla limpeza no terreno público caracterizado Lote 1-A e 1-B, no bairro Cidade Bela, consistindo na retirada dos bambus e mato que está invadindo o quintal de uma moradora na Rua Padre Manoel de Nóbrega nº 35, bairro Cidade Bela.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/860/indicacao_n_092-_2024_-_lks_-_ind._a_prefeito_e_saude_duas_ambulancia_para_o_municipio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/860/indicacao_n_092-_2024_-_lks_-_ind._a_prefeito_e_saude_duas_ambulancia_para_o_municipio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba e a Secretaria Municipal de Saúde Lucia Tizzo a necessidade de providenciar a compra de duas Ambulância para atender o Município de Alta Floresta- MT.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_n_093-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_para_o_pdf_ana_neri.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_n_093-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_para_o_pdf_ana_neri.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba e a Secretaria Municipal de Saúde Lucia Tizzo a necessidade de providenciar uma cobertura ampla e abrangente no PSF XII Ana Neri localizado no setor B.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_n_094-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_da_casa_de_apoio_de_cuiaba.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_n_094-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_da_casa_de_apoio_de_cuiaba.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Chico Gamba e a Secretaria Municipal de Saúde Lucia Tizzo a necessidade de providenciar uma nova casa adequada ou fazer uma cobertura ampla e abrangente no lado externo da casa de Apoio localizada em Cuiabá-MT.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_n_095-_2024_-_lks_-_ind._a_prefeito_e_saude_manutencao_dos_ares_condicionados_na_casa_de_apoio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_n_095-_2024_-_lks_-_ind._a_prefeito_e_saude_manutencao_dos_ares_condicionados_na_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e Secretaria Municipal de Saúde necessidade de providenciar a manutenção dos Ares Condicionados instalados na casa de apoio em Cuiabá.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_n_096_-_fas_-_ind._sec._de_saude_a_nec_cilindros_de_oxigenio_p_tod_psfs_do_mun_inclu__z_rur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_n_096_-_fas_-_ind._sec._de_saude_a_nec_cilindros_de_oxigenio_p_tod_psfs_do_mun_inclu__z_rur.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde, a necessidade de disponibilizar cilindros de oxigênio, além de todos equipamentos necessários para sua  utilização, para todos os PSFs do município, incluindo das zonas rurais.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/870/indicacao_n_097_-_2024_-_rls_-_ind._a_sec._de_educacao_de_ar_condicionado_sala_anexa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/870/indicacao_n_097_-_2024_-_rls_-_ind._a_sec._de_educacao_de_ar_condicionado_sala_anexa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação LUCINÉIA MARTINS DE MATOS   a necessidade de instalar aparelhos de ar-condicionado em uma sala anexa da escola Boa Esperança (antiga Rodrigues Alves) localizada na comunidade São Mateus.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/871/indicacao_n_098_-_2024_-_rls_-_sec_de_infraestru__patr_ruas_da_pista_do_cabeca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/871/indicacao_n_098_-_2024_-_rls_-_sec_de_infraestru__patr_ruas_da_pista_do_cabeca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel C/Copia ao prefeito Chico Gamba a necessidade de patrolamento e cascalhamento das ruas da comunidade Pista do Cabeça.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel a necessidade de substituição do bueiro de madeira por uma estrutura nova de aduelas na estrada Nasser Noujain que liga a comunidade Ourolanda a Jacamim e também fazer a modificação da estrada tirando uma curva que atrapalha o tráfego de caminhões, além do patrolamento e cascalhamento de toda a sua extensão.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_n_100-_2024_-_csj_-__escola_sonia_faleiro.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_n_100-_2024_-_csj_-__escola_sonia_faleiro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária de Educação Municipal Srª Lucineia Martins de Matos, a necessidade da criação de uma nova Escola Municipal no Bairro Vila Nova, onde atualmente funciona a extensão da Escola Municipal Professora Sônia Maria Faleiro.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_n_101-_2024_-_fas_-_ind_ao_deputado_nininho_climatizadores_a_feira_livre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_n_101-_2024_-_fas_-_ind_ao_deputado_nininho_climatizadores_a_feira_livre.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual Ondanir Bortolini (Nininho), a necessidade de adquirir climatizadores para a Feira Livre municipal.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/875/indicacao_n_102-_2024_-_csj_-__iluminacao_praca_public_psf_-_vila_nova.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/875/indicacao_n_102-_2024_-_csj_-__iluminacao_praca_public_psf_-_vila_nova.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária de Saúde Srª Lúcia Tizo CC ao Secretário de Cidade Valdines Antônio Martins Rojas  a necessidade  de instalação da rede de energia de baixa tensão para a instalação iluminação Pública no pátio do (FSF) postinho de saúde   do Bairro Vila Nova, para que possa ter mais segurança.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_n_103-_2024_-_dpt_-_ind_ao_pref_e__manuten_pista_de_skate.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_n_103-_2024_-_dpt_-_ind_ao_pref_e__manuten_pista_de_skate.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Municipal Valdemar Gamba com cópia para o Secretário de Cidades, a necessidade de manutenção nas rampas de skate no Skate Park, limpeza e manutenção do calçamento da praça cívica.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/877/indicacao_n_104-_2024_-_rls_-_sec_de_saud_manutencao_da_geladeira_no_psf.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/877/indicacao_n_104-_2024_-_rls_-_sec_de_saud_manutencao_da_geladeira_no_psf.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Departamento de Compras C/c a Secretária de Saúde Lucia Tizo a necessidade do conserto ou a aquisição de geladeira para o PSF da comunidade Rio Verde.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_n_105-_2024_-_fas_-_ind_aos__diego_guimaraes_climatizadores_a_feira_livre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_n_105-_2024_-_fas_-_ind_aos__diego_guimaraes_climatizadores_a_feira_livre.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual Diego Guimarães, a necessidade de adquirir climatizadores para a Feira Livre municipal.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de infraestrutura Sr. Roberto Patel a necessidade de patrolamento e cascalhamento das vias da Vila Rural I, II e III incluindo a Estrada São João.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_n_107-_2024_-_fas_-_ind__ao_prefeito_saude_e_esportes_educador_fisico_nas_academias_publicas_ao_ar_livre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_n_107-_2024_-_fas_-_ind__ao_prefeito_saude_e_esportes_educador_fisico_nas_academias_publicas_ao_ar_livre.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde, Secretaria de Educação e ao Prefeito Valdemar Gamba a necessidade de colocar a disposição um educador físico nas academias públicas ao ar livre, para supervisão e orientação do uso dos aparelhos.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_n_108-_2024_-_csj_-_ind._ao_prefeito_e_infraestrutura_regulariza_o_trafego_da_coleta_de_lixo_do_bairro_boa_nova.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_n_108-_2024_-_csj_-_ind._ao_prefeito_e_infraestrutura_regulariza_o_trafego_da_coleta_de_lixo_do_bairro_boa_nova.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretário de Infraestrutura e Serviços Urbanos, Sr Roberto Patel, a necessidade de solicitar que regulariza o trafego do caminhão da Coleta de Lixo do Bairro Boa Nova para que seja (03) três vezes por semana, nas terças, quintas e aos sábados sendo essa a necessidade do bairro,  para que  fique  limpo e organizado.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/906/indicacao_n_109-_2024_-_rls_-_ind._a_infraestrutura_reparo_de_um_bueiro_localizado_na_estrada_nasser_noujain.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/906/indicacao_n_109-_2024_-_rls_-_ind._a_infraestrutura_reparo_de_um_bueiro_localizado_na_estrada_nasser_noujain.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na Estrada Nasser Noujain que liga a comunidade Ourolanda ao assentamento Jacamim próximo ao lote do Sr. Sandro Roque.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/907/indicacao_n_110-_2024_-_rls_-_ind._a_educacao_dois_armarios_e_duas_mesas_para_professores_para_a_extensao_castelo_branco.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/907/indicacao_n_110-_2024_-_rls_-_ind._a_educacao_dois_armarios_e_duas_mesas_para_professores_para_a_extensao_castelo_branco.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Educação Lucinéia Martins de Matos   a necessidade de se comprar dois armários e duas mesas, para professores, para a extensão Castelo Branco anexo a Escola Boa Esperança.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/916/indicacao_n_111-_2024_-_ods_-_ind._ao_dep._nininho_aquisicao_de.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/916/indicacao_n_111-_2024_-_ods_-_ind._ao_dep._nininho_aquisicao_de.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Deputado Estadual Sr. ODANIR BORTOLINI (NININHO), após apreciação e concordância do Soberano Plenário, a necessidade de viabilizar recursos da ordem de R$ 1,5 milhões, voltada à aquisição de Scooters Elétricas para Agentes Comunitários de Saúde e Agentes Comunitários de Endemias (ACS/ACE).</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/917/indicacao_n_112-_2024_-_mrm_-_ind._a_sec._de_cidade_um_quebra-mo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/917/indicacao_n_112-_2024_-_mrm_-_ind._a_sec._de_cidade_um_quebra-mo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade, que construa um quebra-molas na Av. Campo Alegre, Setor Sul, bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/918/indicacao_n_113-_2024_-_lks_e_rls__-_ind._ao_prefeito_e_sec_de_i.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/918/indicacao_n_113-_2024_-_lks_e_rls__-_ind._ao_prefeito_e_sec_de_i.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretário de Infraestrutura Roberto Patel a Necessidade de patrolar e cascalhar TODAS as ruas do bairro Parque dos Oitis, um trabalho que possibilite o escoamento das águas das chuvas.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao_n_114-_2024_-_lks_e_rls__-_ind._ao_prefeito_pavimentac.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao_n_114-_2024_-_lks_e_rls__-_ind._ao_prefeito_pavimentac.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o prefeito Valdemar Gamba a necessidade da pavimentação asfáltica no Bairro Vila Rica.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_n_115-_2024_-_lks_e_rls__-_ind._a_sec_infraestrutura_p.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_n_115-_2024_-_lks_e_rls__-_ind._a_sec_infraestrutura_p.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretário de Infraestrutura Roberto Patel a Necessidade de patrolar e cascalhar o Setor de Chácara Doutora Irene Bricatti, assim realizando um trabalho que possibilite o escoamento das águas das chuvas.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_n_116-2024_-_csj_-_indica_ao_prefeito_criacao_projeto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_n_116-2024_-_csj_-_indica_ao_prefeito_criacao_projeto.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Chefe do Poder Executivo Municipal, Prefeito Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de promover ações e procedimentos voltados à instituição do Programa Bolsa Atirador aos atiradores do Tiro de Guerra 09-001, sediado neste município, visando apoiar jovens que prestam serviço militar com um auxílio mensal e contribuir para o desenvolvimento da comunidade local.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/922/indicacao_n_117-2024_-_ods_-_indica_a_secret_agric_munic_promove.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/922/indicacao_n_117-2024_-_ods_-_indica_a_secret_agric_munic_promove.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, por meio da Secretaria Municipal de Agricultura e Pecuária, a necessidade de promover um espaço junto à TECNOALTA/2024, com foco voltado para a valorização dos pequenos agricultores familiares e stand para comercialização de produtos.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/923/indicacao_n_118-_2024_-_jvn_-_ind._a_sec._de_cidade_troca_de_lam.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/923/indicacao_n_118-_2024_-_jvn_-_ind._a_sec._de_cidade_troca_de_lam.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade a necessidade de realizar a operação de troca de lâmpadas queimadas na Rua São Luiz localizada no bairro Cidade Alta, próximo ao Escola Rui Barbosa.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/924/indicacao_n_119-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/924/indicacao_n_119-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Diretor de trânsito municipal Eder Souza a necessidade de instalação de dois redutores de velocidade na entrada do bairro Mirante dos Lagos.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_n_120-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_n_120-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Diretor de trânsito municipal Eder Souza a necessidade de instalação de um redutor de velocidade ou uma faixa elevada em frente a escola Semente do saber no jardim Das oliveiras.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/926/indicacao_n_121-_2024_-_fas_-_ind._a_sec_de_saude_que_forneca_va.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/926/indicacao_n_121-_2024_-_fas_-_ind._a_sec_de_saude_que_forneca_va.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde, a necessidade de fornecer um vale alimentação para pacientes e acompanhantes do SUS durante a viagem de ida e volta para Cuiabá e Sinop.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/937/indicacao_n_122-_2024_-_rls_-_ind._a_sec_de_infraestrutura_manut.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/937/indicacao_n_122-_2024_-_rls_-_ind._a_sec_de_infraestrutura_manut.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario de infraestrutura Roberto Patel a necessidade da manutenção no encontro das ruas Pinheiro e Pioneiro Placido de Carli no setor H.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/938/indicacao_n_123-_2024_-_dptc_-_ind._a_sec_de_cidade_e_transito_f.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/938/indicacao_n_123-_2024_-_dptc_-_ind._a_sec_de_cidade_e_transito_f.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Direção de Cidades com cópia a Direção de trânsito necessidade de uma faixa elevada, enfrente a Escola Estadual Jardim Universitário e quebra molas na avenida principal do bairro.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_n_124-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_n_124-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na Rua F, em frente ao CER (Centro Especializado em Reabilitação).</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_n_125-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_n_125-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de Cidades Valdiney Martins a necessidade de troca o portão localizado nos fundos da praça cívica (parquinho), para dar acessibilidade aos cadeirantes.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_n_126-_2024_-_rls_e_lks__-_ind._ao_prefeito_e_sec_de_i.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_n_126-_2024_-_rls_e_lks__-_ind._ao_prefeito_e_sec_de_i.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretário de Infraestrutura Roberto Patel a Necessidade de patrolar, o trecho de chão que fica no Setor G em frente a Zú Centro de Eventos.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/942/indicacao_n_127-_2024_-_dptc_-_ind._ao_prefeito_reestrutura_do_p.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/942/indicacao_n_127-_2024_-_dptc_-_ind._ao_prefeito_reestrutura_do_p.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de promover ações e procedimentos voltados à elaboração e a implementação de um Plano de Cargos, Carreiras e Salários (PCCS) para os Servidores de Fiscalização do município de Alta Floresta.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/943/indicacao_n_128-_2024_-_rls_-_ind._a_sec_de_cidade_limpeza_do_pa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/943/indicacao_n_128-_2024_-_rls_-_ind._a_sec_de_cidade_limpeza_do_pa.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de Cidade Valdines Antônio Martins Rojas a necessidade limpeza do pátio da extensão da escola Castelo Branco anexa a escola Boa Esperança localizadas na comunidade Ourolanda.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/944/indicacao_n_129-_2024_-_rls_e_lks__-_ind._ao_sec_de_esportes_man.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/944/indicacao_n_129-_2024_-_rls_e_lks__-_ind._ao_sec_de_esportes_man.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Esporte e Lazer Claudécio de Oliveira a necessidade de manutenção no telhado do ginásio de esportes Pezão.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/945/indicacao_n_130-_2024_-_fas_-_ind__a_metamat_perfuracao_dos_poco.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/945/indicacao_n_130-_2024_-_fas_-_ind__a_metamat_perfuracao_dos_poco.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, solicita a METAMAT, a necessidade de realizar a perfuração dos poços artesianos nas Escolas do Município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/946/indicacao_n_131-_2024_-_fas_-_ind_ao_transito_e_cidade_construir.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/946/indicacao_n_131-_2024_-_fas_-_ind_ao_transito_e_cidade_construir.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito e Secretaria de Cidade, a necessidade de construir uma faixa elevada de na Avenida do setor F em frente ao CEEDA.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/947/indicacao_n_132-_2024_-_fas_-_ind._do_dep._de_proprios_recolhime.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/947/indicacao_n_132-_2024_-_fas_-_ind._do_dep._de_proprios_recolhime.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretaria de Infraestrutura e Serviços Urbanos, a necessidade de Recolhimento de Móveis Estragados devido à Chuva no bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/948/indicacao_n_133-_2024_-_fas_-_ind._a_sec_de_inf._que_faca_a_limp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/948/indicacao_n_133-_2024_-_fas_-_ind._a_sec_de_inf._que_faca_a_limp.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura com cópia a Secretaria de Cidade, a necessidade da limpeza do córrego Papai Noel, na Avenida Ayrton Senna.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_n_134-_2024_-_fas_-_ind._a_sec_de_cidade_que_faca_roca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_n_134-_2024_-_fas_-_ind._a_sec_de_cidade_que_faca_roca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade, a necessidade de roçagem na Rua José Bonifácio de Andrade, ponte que dá acesso ao Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/970/indicacao_n_135-_2024_-_csj_-_ind._a_sec_de_cidade_e_transito_qu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/970/indicacao_n_135-_2024_-_csj_-_ind._a_sec_de_cidade_e_transito_qu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretaria de Cidade e Direção de Trânsito, a necessidade de providenciar três (03) Quebra Molas nas Ruas Estrela Guia, Estrela da Manhã e Estrela do Oriente, no Setor Novo Horizonte, centro da cidade, para que todos possam trafegar com segurança naqueles locais.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/971/indicacao_n_136-_2024_-_rls_e_lks__-_ind_secr_de_saude_contratac.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/971/indicacao_n_136-_2024_-_rls_e_lks__-_ind_secr_de_saude_contratac.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Chico Gamba e a Secretaria Municipal de Saúde Lucia Tizzo a necessidade de providenciar a contratação de uma Profissional Assistente Social para o PAM (Pronto Atendimento Municipal).</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/972/indicacao_n_137-_2024_-_rls_e_lks__-_ind_secr_de_inf._repare_bue.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/972/indicacao_n_137-_2024_-_rls_e_lks__-_ind_secr_de_inf._repare_bue.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba com cópia ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o reparo de um bueiro localizado na Estrada do Guerino.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/973/indicacao_n_138-_2024_-_dpt__-_ind_secr_de_infraestrutura_recupe.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/973/indicacao_n_138-_2024_-_dpt__-_ind_secr_de_infraestrutura_recupe.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Valdemar Gamba, a necessidade da realização de Pavimentação Asfaltica na Perimetral SE-2 Sul Bairro Boa Nova 3 que ainda não possuem este benefício.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/974/indicacao_n_139-_2024_-_dpt__-_ind_secr_de_infraestrutura_manutencao_dos_bueiros_no_bairro_boa_esperanca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/974/indicacao_n_139-_2024_-_dpt__-_ind_secr_de_infraestrutura_manutencao_dos_bueiros_no_bairro_boa_esperanca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/975/indicacao_n_140-_2024_-_dls__-_ind_ao_prefeito_secr_de_infraestr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/975/indicacao_n_140-_2024_-_dls__-_ind_ao_prefeito_secr_de_infraestr.pdf</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/976/indicacao_n_141-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/976/indicacao_n_141-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade e Departamento de Trânsito, sejam instaladas placas de sinalização no Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/977/indicacao_n_142-_2024_-_jvn__-_ind_ao_sec_de_obras_que_faca_alte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/977/indicacao_n_142-_2024_-_jvn__-_ind_ao_sec_de_obras_que_faca_alte.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realizar a operação de alteração de localização de quebra-molas, localizado na Av. Castro Alves, em frente a Drogaria Avenida Modelo Popular, no Setor J.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM  ao Secretário de infraestrutura Sr. Roberto Patel  para que faça o patrolamento e cascalhamento das vias da Vila Rural I, II e III incluindo a Estrada São João.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/979/indicacao_n_144-_2024_-_fas_-_ind_secr_de_meio_ambiente_limpeza.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/979/indicacao_n_144-_2024_-_fas_-_ind_secr_de_meio_ambiente_limpeza.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Meio ambiente, a necessidade da limpeza do córrego Papai Noel, na Avenida Ayrton Senna.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/980/indicacao_n_145_-_2024_-_fas_-_ind_secr_de_infraestrutura_faixa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/980/indicacao_n_145_-_2024_-_fas_-_ind_secr_de_infraestrutura_faixa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade de construir uma faixa elevada de pedestres na Avenida do setor F em frente ao CEEDA.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/986/indicacao_n_146_-_2024_-_fas_-_ind_secr_de_cidade_poda_das_arvor.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/986/indicacao_n_146_-_2024_-_fas_-_ind_secr_de_cidade_poda_das_arvor.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade, a necessidade de poda das árvores na Rua U-4 A, no centro da cidade.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/987/indicacao_n_147-_2024_-_dls_-_ind._ao_prefeito_e_educacao_parqui.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/987/indicacao_n_147-_2024_-_dls_-_ind._ao_prefeito_e_educacao_parqui.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária Municipal de Educação Lucineia Martins de Matos, a necessidade de Instalar Parquinho infantil na Escola, 19 de Maio no setor Boa Nova, e Escola Guimarães Rosa da Comunidade Santa Lúcia.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/988/indicacao_n_148-_2024_-fas_-_ind._ao_prefeito_e_consorcio_interm.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/988/indicacao_n_148-_2024_-fas_-_ind._ao_prefeito_e_consorcio_interm.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar gamba com cópia Secretaria de Saúde e ao Consórcio Intermunicipal de Saúde, a necessidade de providenciar uma unidade de apoio para pacientes e acompanhantes em Barretos-SP.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/989/indicacao_n_149-_2024_-dpt_-_ind._a_sec._de_obras_pontes_de_adue.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/989/indicacao_n_149-_2024_-dpt_-_ind._a_sec._de_obras_pontes_de_adue.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de construir 03 bueiros com tubos ou a implantação de aduelas de concreto, nas Estradas Rio Verde e Água Limpa.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/990/indicacao_n_150-_2024_-dpt_-_ind._a_sec._de_obras_ponte_de_aduel.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/990/indicacao_n_150-_2024_-dpt_-_ind._a_sec._de_obras_ponte_de_aduel.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de construção de uma ponte com a implantação de aduelas de concreto, na estrada  5ª Sul.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/991/indicacao_n_151-_2024_-rls_-_ind._ao_dep._nininho_encaminhe_patr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/991/indicacao_n_151-_2024_-rls_-_ind._ao_dep._nininho_encaminhe_patr.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual Ondanir Bortolini “Nininho”, o envio de uma Patrulha Mecanizada para a Associação do Assentamento da Jacamim II - AAJAC.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/992/indicacao_n_152-_2024_-rls_-_ind._ao_pref._e_nuc._de_eng._rede_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/992/indicacao_n_152-_2024_-rls_-_ind._ao_pref._e_nuc._de_eng._rede_d.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia ao Núcleo de Pesquisa e Desenvolvimento Urbano a necessidade de que seja feito um projeto da Rede de Água para a Comunidade Pista Do Cabeça.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/993/indicacao_n_153-_2024_-rls_-_ind._a_sec._de_edu._implante_playgr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/993/indicacao_n_153-_2024_-rls_-_ind._a_sec._de_edu._implante_playgr.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação Lucinéia Martins de Matos a necessidade da instalação de um playground infantil na Escola Boa Esperança na Comunidade Ourolanda.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/994/indicacao_n_154-_2024_-fas_-_ind._ao_prefeito_pagamento_de_adici.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/994/indicacao_n_154-_2024_-fas_-_ind._ao_prefeito_pagamento_de_adici.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Prefeitura Municipal, a necessidade de pagamento de adicional de Insalubridade para Funcionários da Iluminação Pública em nossa Cidade.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/995/indicacao_n_155-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/995/indicacao_n_155-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feita o patrolamento para recuperar as Ruas A5, A6 e travessa no final delas que dá acesso as duas Ruas.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/996/indicacao_n_156-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/996/indicacao_n_156-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feita o patrolamento e cascalhamento para recuperar a estrada Paraíso, comunidade de Chácaras Santa Helena.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/997/indicacao_n_157-_2024_-ods__-_ind._a_ao_preefeito_implante_playg.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/997/indicacao_n_157-_2024_-ods__-_ind._a_ao_preefeito_implante_playg.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar gamba a necessidade de instalação de um playground infantil e uma academia ao ar livre no bairro Almeida Prado.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/998/indicacao_n_158-_2024_-_jvn_-_ind._a_sec._de_esporte_ascom.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/998/indicacao_n_158-_2024_-_jvn_-_ind._a_sec._de_esporte_ascom.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Assessoria Especial de Comunicação Social (ASCOM) a necessidade de direcionar um funcionário para atender somente a Secretária de Esportes e Lazer.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/999/indicacao_n_159-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_oper.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/999/indicacao_n_159-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_oper.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realizar a operação de limpeza dos bueiros da Cidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1000/indicacao_n_160-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1000/indicacao_n_160-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento das estradas da comunidade Água Limpa e a manutenção dos dois bueiros dela.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1001/indicacao_n_161-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1001/indicacao_n_161-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento da estrada Cruzeiro do Sul que liga a comunidade Ourolanda até a propriedade do “Nego Véio”.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1002/indicacao_n_162-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1002/indicacao_n_162-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel  para que faça o patrolamento e cascalhamento das vias da Vila Rural I, II e III incluindo a Estrada São João.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1003/indicacao_n_163-_2024_-_rls_e_lks_-_ind._ao_dep._nininho_aquisic.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1003/indicacao_n_163-_2024_-_rls_e_lks_-_ind._ao_dep._nininho_aquisic.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Deputado Estadual Sr. Ondanir Bortoline (Nininho) Solicitando ao Excelentíssimo Senhor Deputado, a destinação de recursos financeiros para a aquisição de um Motocultivador com Caretinha Reboque, para a Associação Comunitária Rural São João, localizado no Município de Alta Floresta-MT</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba a Necessidade de realizar a pavimentação asfáltica a Avenida Vitoria Regia no Bairro Jardim das Flores.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1019/indicacao_n_165-_2024_-_rls_e_lks_-_ind._a_acrimat_que_faca_a_ma.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1019/indicacao_n_165-_2024_-_rls_e_lks_-_ind._a_acrimat_que_faca_a_ma.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA empresa AGRIMAT, responsável pela pavimentação da MT 325, que faça a manutenção de alguns trechos que já se encontram em condições que trazem perigo aos usuários desta via.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1020/indicacao_n_166-_2024_-_rls_e_lks_-_ind._a_infraestrutura_manute.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1020/indicacao_n_166-_2024_-_rls_e_lks_-_ind._a_infraestrutura_manute.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel  para que faça a manutenção da rua enfrente ao posto de saúde PSF1 Vila Nova, pois há um atoleiro com muita água empoçada na entrada principal dificultando a vida dos pacientes.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1021/indicacao_n_167-_2024_-_jvn_-_ind._a_transito_a_implatacao_de__r.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1021/indicacao_n_167-_2024_-_jvn_-_ind._a_transito_a_implatacao_de__r.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia a Secretária de Infraestrutura após apreciação e concordância do Soberano Plenário, a necessidade de acrescentar duas rotatórias, uma no bairro Cidade Bela no final da AV. Amazonas, próximo a escola Cecilia Meireles, e a outra no Centro no final da AV. Ariosto da Riva Neto próximo ao Posto G3.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1022/indicacao_n_168-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1022/indicacao_n_168-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de troca das pontes de madeiras e bueiros, por aduelas ou tubos de concreto da Estrada Cruzeiro do Sul localizada na Comunidade Ourolanda.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1023/indicacao_n_169-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1023/indicacao_n_169-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  ao Secretário de infraestrutura Sr. Roberto Patel para que faça a troca de todos os  bueiros de madeira por uma estrutura nova de aduelas na estrada Nasser Noujain que liga a comunidade Ourolanda a Jacamim..</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1024/indicacao_n_170-_2024_-_rls_e_lks_-_ind._ao_prefeito_e__infraest.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1024/indicacao_n_170-_2024_-_rls_e_lks_-_ind._ao_prefeito_e__infraest.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba com cópia para o Secretário de Infraestrutura Roberto Patel para a recuperação de uma ponte na Vila Rural II (estrada do Guerino).</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1025/indicacao_n_171-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1025/indicacao_n_171-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretário de Infraestrutura Roberto Patel a Necessidade de patrolar e cascalhar a Rua Carlos Augusto de Brito Barros localizada no Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1026/indicacao_n_172-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1026/indicacao_n_172-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretaria de Infraestrutura com copia ao Prefeito Valdemar Gamba, para realizar Faixas Elevadas na Av. Bom Pastor, no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1027/indicacao_n_173-_2024_-_dls_-_ind._a_infraestrutura_recuperacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1027/indicacao_n_173-_2024_-_dls_-_ind._a_infraestrutura_recuperacao.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a recuperação das calçadas nas Avenidas Ariosto e Ludovico da Riva.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1028/indicacao_n_174-_2024_-_dls_-_ind._ao_prefeito_e_a_educacao_cump.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1028/indicacao_n_174-_2024_-_dls_-_ind._ao_prefeito_e_a_educacao_cump.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba e a Secretaria de Educação o cumprimento de diretrizes e metas do Plano Municipal de Educação que está em vigência desde 2015.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1029/indicacao_n_175-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1029/indicacao_n_175-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e ao Secretário de Infraestrutura Roberto Patel, que seja realizado a Revitalização da Praça Cívica do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1030/indicacao_n_176-_2024_-_rls_-_ind._a_infraestrutura_patrolamento.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1030/indicacao_n_176-_2024_-_rls_-_ind._a_infraestrutura_patrolamento.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento da estrada Fazenda Estrela, saindo da Pista do Cabeça.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1031/indicacao_n_177-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1031/indicacao_n_177-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de troca da ponte de madeira “molha bebo” na entrada da Pista do Cabeça, por uma estrutura de concreto (Aduelas).</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1032/indicacao_n_178-_2024_-_rls_-_ind._a_infraestrutura_recuperacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1032/indicacao_n_178-_2024_-_rls_-_ind._a_infraestrutura_recuperacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento das estradas do Assentamento Jacamim.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1033/indicacao_n_179-_2024_-_fas_-_ind._a_infraestrutura_recuperacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1033/indicacao_n_179-_2024_-_fas_-_ind._a_infraestrutura_recuperacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feita o patrolamento e cascalhamento para recuperar a Estrada Lima, Comunidade Central.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1041/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1041/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Cidade Valdiney Martins a necessidade de manutenção dos banheiros da Rodoviária Municipal de Alta Floresta.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1042/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1042/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Cidade Valdiney Martins a necessidade de manutenção da sala da antiga “Marmitaria Maria’s” localizada anexo a Rodoviária Municipal.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1043/indicacao_n_182-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1043/indicacao_n_182-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal, Valdemar Gamba com cópia a Secretário de Infraestrutura Roberto Patel a Necessidade de providenciar tapas buracos em todas as Ruas e Avenidas do Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1044/indicacao_n_183-_2024_-_fas_-_ind._a_sec._de_infraestrutura_recu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1044/indicacao_n_183-_2024_-_fas_-_ind._a_sec._de_infraestrutura_recu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feito recuperação nas Ruas G-7 e Raimundo Carlos de Figueiredo, onde os trechos estão danificados.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1045/indicacao_n_184-_2024_-_fit_-_ind._a_sec._de_cidade_banheiro_na.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1045/indicacao_n_184-_2024_-_fit_-_ind._a_sec._de_cidade_banheiro_na.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal com cópia a Secretaria de Cidade a necessidade de implantação de banheiros na quadra da AMORIB.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1046/indicacao_n_185-_2024_-_ods_-_ind._a_infraestrutura_na_rua_b-1.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1046/indicacao_n_185-_2024_-_ods_-_ind._a_infraestrutura_na_rua_b-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura a necessidade de implantar redutor de velocidade na rua Paulino Comper (B-1) setor B.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1047/indicacao_n_186-_2024_-_rls_e_lks_-_ind._ao_prefeito_pavimentaca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1047/indicacao_n_186-_2024_-_rls_e_lks_-_ind._ao_prefeito_pavimentaca.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Municipal Valdemar Gamba e o Secretário de Infraestrutura Sr. Roberto a necessidade de realizar a pavimentação asfáltica na Avenida Teles Pires onde fica localizado a Casa Lar dos Idoso Pedro Sierra Sanches.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1048/indicacao_n_187-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_camin.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1048/indicacao_n_187-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_camin.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura Roberto Patel que envie um Caminhão Pipa do município para estar molhando diariamente a Perimetral Teles Pires no trecho sem asfalto em frente ao Lar dos Idosos.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1049/indicacao_n_188-_2024_-_dptc_-_ind._ao_infraestrutura_caminhao_p.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1049/indicacao_n_188-_2024_-_dptc_-_ind._ao_infraestrutura_caminhao_p.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  secretaria de cidade a necessidade de realizar uma limpeza em frente á construção da Escola Municipal Semente do saber no Bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1050/indicacao_n_189-_2024_-_dptc_-_ind._ao_saude_mobiliario_da_unida.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1050/indicacao_n_189-_2024_-_dptc_-_ind._ao_saude_mobiliario_da_unida.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municicipal de Saúde a necessidade de atender a demanda de mobiliário da Unidade de Saúde da Comunidade Santa Rita.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1051/indicacao_n_190-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1051/indicacao_n_190-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria de Infraestrutura com cópia a Direção de trânsito a necessidade de realizar a construção de um redutor de velocidade (quebra-molas), na Avenida Perimetral Rogério Silva, entre a NC Metalurgica e a borracharia do Alemão.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1052/indicacao_n_191-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1052/indicacao_n_191-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria Municipal de Infraestrutura com cópia a Direção de trânsito necessidade de realizar que seja construído uma faixa elevada, enfrente a Escola Estadual Jardim Universitário e quebra molas na avenida principal do bairro.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1053/indicacao_n_192-_2024_-_dls_-_ind._ao_sec_de_infraestrura_manute.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1053/indicacao_n_192-_2024_-_dls_-_ind._ao_sec_de_infraestrura_manute.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Rua D-2.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1054/indicacao_n_193-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1054/indicacao_n_193-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Roberto Patel a necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento das estradas Quarta Sul e Quinta Sul, localizadas no setor Sul.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1055/indicacao_n_194-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_molha.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1055/indicacao_n_194-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_molha.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba com Copia ao Secretário de Infraestrutura Roberto Patel que providenciam Caminhões Pipas urgentemente para estarem molhando diariamente todas as Ruas e Avenidas de todos os Bairros que ainda não possuem Pavimentações Asfálticas no Município de Alta Floresta.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1056/indicacao_n_195-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1056/indicacao_n_195-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o prefeito Valdemar Gamba e Secretaria de Infraestrutura a necessidade de realizar Patrolamento, Cascalhamento, saídas de água e manutenções das pontes com situações precárias, na Estrada Céu Azul e na 3º Oeste.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_n_196-_2024_-_fas_-_ind._a_sec._infraestrutura_meio_a.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_n_196-_2024_-_fas_-_ind._a_sec._infraestrutura_meio_a.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Direção de Trânsito com cópia as Secretarias de Meio Ambiente e Cidade a necessidade da retirada da palmeira na esquina da Avenida Raimundo Carlos de Figueiredo (GS) com a Avenida Ariosto da Riva.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1071/indicacao_n_197-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1071/indicacao_n_197-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura a necessidade de implantação de um redutor de velocidade na rua São Pedro , Boa nova I.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1072/indicacao_n_198-_2024_-_fit_-_ind._a_sec._de_cidade_construcao_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1072/indicacao_n_198-_2024_-_fit_-_ind._a_sec._de_cidade_construcao_d.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade a necessidade de   construção de uma área de lazer, praça pública no bairro parque das nações.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1073/indicacao_n_199-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1073/indicacao_n_199-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura a necessidade de implantação de  redutores de velocidade no bairro Parque das Nações.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_n_200-_2024_-_fit_-_ind._a_sec._de_meio_ambiente_fisca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_n_200-_2024_-_fit_-_ind._a_sec._de_meio_ambiente_fisca.pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Meio Ambiente a necessidade de fiscalização dos lotes tomados pelo mato no bairro parque das nações.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_n_201-_2024_-_fit_-_ind._a_direcao_de_transito__sinali.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_n_201-_2024_-_fit_-_ind._a_direcao_de_transito__sinali.pdf</t>
   </si>
   <si>
     <t>O Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a direção de Trânsito a necessidade de implantação de  sinalizadores de trânsito  no bairro Parque das Nações.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_n_202-_2024_-_asr_-_ind._a_sec._de_educacao_instalacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_n_202-_2024_-_asr_-_ind._a_sec._de_educacao_instalacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria da Educação a necessidade de instalação de um corrimão na escada de acesso da Secretaria de Educação.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1077/indicacao_n_203-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_pavim.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1077/indicacao_n_203-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_pavim.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Prefeito Municipal Valdemar Gamba e o Secretário de Infraestrutura Sr. Roberto Patel a necessidade de realizar a pavimentação asfáltica na Rua Brasil que que dá acesso ao Trevo Chapéu de Corro na Grande Cidade Alta.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Francisco Ailton, Leonice Klaus, Naldo da Pista</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1078/indicacao_n_204-2024_-_fas_lks_e_rls_-_indicam_ao_prefeito_cc_se.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1078/indicacao_n_204-2024_-_fas_lks_e_rls_-_indicam_ao_prefeito_cc_se.pdf</t>
   </si>
   <si>
     <t>Os vereadores que a esta subscrevem, no uso da atribuição que lhes confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM ao Prefeito Municipal Valdemar Gamba e ao Secretário de Infraestrutura e Serviços Urbanos Roberto Patel,  após apreciação e concordância do Soberano Plenário, a necessidade de providências urgentes voltadas à resolução da demanda apresentada na obra de escoamento das águas pluviais recentemente executada na rua Carlos Chagas, bairro Cidade Bela, consistindo na reconstrução de trecho das galerias e na limpeza e desobstrução das bocas de lobo, com vistas aos alagamentos, inúmeros transtornos e prejuízos ocasionados aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1079/indicacao_n_205-_2024_-_dls_-_ind._a_sec._de_sinalizacao_na_rodo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1079/indicacao_n_205-_2024_-_dls_-_ind._a_sec._de_sinalizacao_na_rodo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a SINFRA do Estado de Mato Grosso sejam instaladas placas de sinalização na Rodovia MT 325, nos locais de maior movimento como escolas, igrejas e associações de moradores entre outros.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1080/indicacao_n_206-_2024_-_dls_-_ind._ao_prefeito_a_contratacao_de.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1080/indicacao_n_206-_2024_-_dls_-_ind._ao_prefeito_a_contratacao_de.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal a contratação de um Enfermeiro para o Ginásio de Esportes para o acompanhamento de atletas e idosos.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1081/indicacao_n_207-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_reparo_de_um_buraco_na_via_publica_avenida_ludovico_da_riva_neto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1081/indicacao_n_207-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_reparo_de_um_buraco_na_via_publica_avenida_ludovico_da_riva_neto.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de infraestrutura Sr. Roberto Patel para que faça o reparo de um buraco na via publica  Avenida Ludovico da Riva Neto enfrente a loja de Pneus “Pneus Paraná”.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1082/indicacao_n_208-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_educacao_troca_do_onibus_escolar_da_escola_guimaraes_rosa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1082/indicacao_n_208-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_educacao_troca_do_onibus_escolar_da_escola_guimaraes_rosa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretária de educação Sra. Lucineia Martins de Matos com cópia ao Prefeito Municipal Valdemar Gamba, para que faça a troca do ônibus escolar que transporta os alunos da Escola Guimaraes Rosa, Localizada na Comunidade Santa Lucia.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1083/indicacao_n_209-_2024_-_fas_-_ind._a_sec._infraestrutura_tres_redutores_de_velocidades_entre_a_avenida_perimetral_nw_e_rua_laudiceia.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1083/indicacao_n_209-_2024_-_fas_-_ind._a_sec._infraestrutura_tres_redutores_de_velocidades_entre_a_avenida_perimetral_nw_e_rua_laudiceia.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de implantação de três redutores de velocidades entre a Avenida Perimetral NW e Rua Laudiceia.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1084/indicacao_n_210-_2024_-_fas_-_ind._a_sec._infraestrutura_fazer_um_bueiro_de_concreto_e_trocar_a__estrutura_de_aduelas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1084/indicacao_n_210-_2024_-_fas_-_ind._a_sec._infraestrutura_fazer_um_bueiro_de_concreto_e_trocar_a__estrutura_de_aduelas.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade de fazer um bueiro de concreto e trocar a ponte de madeira por uma ponte com estrutura de aduelas de concreto na Estrada Lima na Comunidade Central.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_n_211-_2024_-_fas_-_ind._a_sec._infraestrutura_reparos_em_um_trecho_da_avenida_ayrton_senna.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_n_211-_2024_-_fas_-_ind._a_sec._infraestrutura_reparos_em_um_trecho_da_avenida_ayrton_senna.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade de reparos em um trecho da Avenida Ayrton Senna, no Bairro São José Operário, ao lado do deposito do Baiano da melancia.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/indicacao_n_212-_2024_-_fas_e_dls__-_ind._a_o_prefeito_e_a__sec.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/indicacao_n_212-_2024_-_fas_e_dls__-_ind._a_o_prefeito_e_a__sec.pdf</t>
   </si>
   <si>
     <t>Os vereadores que a esta subscrevem, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba e a Secretaria de Educação, após apreciação e concordância do Soberano Plenário, a necessidade de criação de um Centro de Referência e Atendimento Especializado em Autismo e Transtornos do Desenvolvimento no município de Alta Floresta - MT, reiterando as indicações 323/2022, 142/2023, 400/2023, 516/2023,  078/2024, 086/2024.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/indicacao_n_213-_2024_-_rls_e_lks_-_ind._a_sec._de_saude_manutencao_do_ar_condicionado_da_recepcao_da_pam.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/indicacao_n_213-_2024_-_rls_e_lks_-_ind._a_sec._de_saude_manutencao_do_ar_condicionado_da_recepcao_da_pam.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretária de Saúde sra Lúcia Tizo, que mande uma equipe especializada para fazer a manutenção do ar condicionado da recepção da PAM.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/indicacao_n_214_-_2024_-_ods_-_ind._ao_prefeito_e__infraestrutur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/indicacao_n_214_-_2024_-_ods_-_ind._ao_prefeito_e__infraestrutur.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura, Sr. Roberto Patel, “roçagem e limpeza de mato na pista de caminhada, localizada na Avenida Amazonas, esquina com a Rua Rio de Janeiro, Bairro Cidade Alta.”</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/indicacao_n_215_-_2024_-_asr_-_ind._a_sec._de_saudea_implatacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/indicacao_n_215_-_2024_-_asr_-_ind._a_sec._de_saudea_implatacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Saúde a necessidade de implementação de um sistema de plantão, na Secretaria de Saúde, a fim de melhorar o atendimento.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/indicacao_n_216_-_2024_-_asr_-_ind._a_sec._de_infraestrutura_um.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/indicacao_n_216_-_2024_-_asr_-_ind._a_sec._de_infraestrutura_um.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria da Infraestrutura e Serviços Urbanos a necessidade da construção de um calçadão no Bairro Jardim Tropical rumo a “pista do Cabeça”.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/indicacao_n_217_-_2024_-_asr_-_ind._a_sec._de_saude_construcao_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/indicacao_n_217_-_2024_-_asr_-_ind._a_sec._de_saude_construcao_d.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria da Saúde a necessidade de construção de uma rampa na entrada do posto de saúde do bairro Jardim das Araras.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/indicacao_n_218_-_2024_-_fas_-_ind._aoo_prefeito_cameras_de_segu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/indicacao_n_218_-_2024_-_fas_-_ind._aoo_prefeito_cameras_de_segu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba que através do órgão competente, a necessidade implantação de câmeras de segurança nas ruas em torno do antigo parque Zoobotânico.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_n_219_-_2024_-_asr-_ind._ao_prefeito_playground_na_praca_do_aviao..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_n_219_-_2024_-_asr-_ind._ao_prefeito_playground_na_praca_do_aviao..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Infraestrutura e serviços Urbanos a necessidade de instalação de um Playground na Praça do Avião.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/indicacao_n_220_-_2024_-_fas_-_ind._ao_prefeito_e_saude__aquisicao_de_equipamentos_ortopedicos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/indicacao_n_220_-_2024_-_fas_-_ind._ao_prefeito_e_saude__aquisicao_de_equipamentos_ortopedicos.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a secretaria de saúde a necessidade de que viabilizem estudos para a aquisição de equipamentos ortopédicos, tais como: andador, bengala, cadeira de roda, cadeira de banho, colchão de água, colchão de ar e muleta para município de alta Floresta-MT.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/indicacao_n_221_-_2024_-_fas_-_ind._ao_cidade__limpeza_das_calcadas_das_avenidas_robson_silva_e_bom_pastor.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/indicacao_n_221_-_2024_-_fas_-_ind._ao_cidade__limpeza_das_calcadas_das_avenidas_robson_silva_e_bom_pastor.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a secretaria de cidade, a necessidade de limpeza das calçadas das Avenidas Robson silva e Bom Pastor e fazer a implantação de sinalização de trânsito com placas e faixas nas mesmas.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/indicacao_n_222_-_2024_-_asr_-_ind._ao_prefeito_e_saude_contratacao_de_um_medico_neuropsiquiatra.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/indicacao_n_222_-_2024_-_asr_-_ind._ao_prefeito_e_saude_contratacao_de_um_medico_neuropsiquiatra.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal Valdemar Gamba, com cópia a Secretaria de Saúde a necessidade de contratação de um médico neuropsiquiatra.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/indicacao_n_223_-_2024_-_fas_-_ind._ao_prefeito_e_infraestrutura_tres_redutores_de_velocidade_na_avenida_teles_pires.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/indicacao_n_223_-_2024_-_fas_-_ind._ao_prefeito_e_infraestrutura_tres_redutores_de_velocidade_na_avenida_teles_pires.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a secretaria de Infraestrutura e Serviços Urbanos a necessidade de implantação de três redutores de velocidade na Avenida Teles Pires no Bairro São José operário entre a escola Municipal Vicente Francisco da Silva e a ponte.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/indicacao_n_224_-_2024_-_fit_-_ind._ao_gestao_area_de_lazer_praca_publica_no_bairro_parque_das_nacoes.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/indicacao_n_224_-_2024_-_fit_-_ind._ao_gestao_area_de_lazer_praca_publica_no_bairro_parque_das_nacoes.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Governo, Gestão e Planejamento. a necessidade de   construção de uma área de lazer, praça pública no bairro parque das nações.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/indicacao_n_225_-_2024_-_lks_e_rls__-_ind._ao_dep._guimaraes_4_cadeiras_de_rodas_e__para_a_casa_de_apoio_de_alta_floresta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/indicacao_n_225_-_2024_-_lks_e_rls__-_ind._ao_dep._guimaraes_4_cadeiras_de_rodas_e__para_a_casa_de_apoio_de_alta_floresta.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Deputado Estadual Diego Guimarães a necessidade de encaminhar 4 cadeiras de Rodas e 4 cadeiras de banho para a casa de apoio de Alta Floresta em Cuiabá.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/indicacao_n_226_-_2024_-_lks_-_ind._a_sec._de_cidade_rocagem_do_mato_proximo_a_pista_de_caminhada_na_avenida_amazonas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/indicacao_n_226_-_2024_-_lks_-_ind._a_sec._de_cidade_rocagem_do_mato_proximo_a_pista_de_caminhada_na_avenida_amazonas.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA, o Sr. Valdines Rojas Secretário de Cidade a necessidade de realizar a roçagem do mato próximo a Pista de caminhada na Avenida Amazonas no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1149/indicacao_n_227_-_2024_-_asr_-_ind._a_sec._de_meio_ambiente_arborizacao_no_patio_da_feira_livre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1149/indicacao_n_227_-_2024_-_asr_-_ind._a_sec._de_meio_ambiente_arborizacao_no_patio_da_feira_livre.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Meio Ambiente a necessidade de Elaboração de um Projeto de Arborização no pátio da Feira Livre Municipal.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1150/indicacao_n_228_-_2024_-_asr_-_ind._ao_prefeito_e__sec._de_infraestrutura_pavimentacao_asfaltica_na_pista_do_cabeca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1150/indicacao_n_228_-_2024_-_asr_-_ind._ao_prefeito_e__sec._de_infraestrutura_pavimentacao_asfaltica_na_pista_do_cabeca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realizar pavimentação asfáltica no trecho de aproximadamente 2 Km (Dois Quilômetros) entre a Rodovia 325 e a estrada que dá acesso à vila da pista do cabeça.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/indicacao_n_229_-_2024_-_fas_-_ind._ao_prefeito_e__gestao_de_gov.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/indicacao_n_229_-_2024_-_fas_-_ind._ao_prefeito_e__gestao_de_gov.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia a Secretaria de Governo, Gestão e Planejamento, após apreciação e concordância do Soberano Plenário, a necessidade estudos de viabilidade para a implantação do Programa Restaurante Popular em nosso município, com objetivo garantir o acesso a refeições nutritivas e a baixo custo para a população, especialmente para aqueles em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/indicacao_n_230-2024_-_dpt_-_sec._de_infraestrutura_vale_do_apia.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/indicacao_n_230-2024_-_dpt_-_sec._de_infraestrutura_vale_do_apia.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura, a necessidade de manutenção com patrolamento, cascalhamento e construção de bueiros ou pontes com a implantação de aduelas de concreto na Estrada do Vale do Apiacás.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_n_231-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_n_231-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura à necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento das ruas da comunidade Pista do Cabeça.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/indicacao_n_232-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/indicacao_n_232-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura à necessidade de troca da ponte de madeira na entrada da Pista do Cabeça conhecida como “molha bebo”, por uma estrutura de concreto (Aduelas).</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/indicacao_n_233-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/indicacao_n_233-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura à necessidade de enviar uma equipe para realizar o Patrolamento e o cascalhamento das estradas do Assentamento Jacamim.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/indicacao_n_234-_2024_-_rls_e_lks_-_ind._a_infraestrutura_e_cida.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/indicacao_n_234-_2024_-_rls_e_lks_-_ind._a_infraestrutura_e_cida.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura com cópia a Secretaria de Cidade, a necessidade de enviar uma equipe para realizar a limpeza e recuperação da rua cravinhos na Vila Nova.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/indicacao_n_235-_2024_-_rls_-_ind._a_infraestrutura_reparos_na_e.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/indicacao_n_235-_2024_-_rls_-_ind._a_infraestrutura_reparos_na_e.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura a necessidade de enviar uma equipe para realizar a manutenção da Estrada Nasser Noujain que liga a comunidade Ourolanda ao assentamento Jacamim.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_n_236-2024_-_mrm_-_ind._a_infr._construcao_faixa_eleva.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_n_236-2024_-_mrm_-_ind._a_infr._construcao_faixa_eleva.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos, que construa uma faixa elevada na Avenida Bom Pastor em frente à Escola Jardim das Flores</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_n_237-2024_-_fas_-_ind._a_inf._que_instale_placas_em_r.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_n_237-2024_-_fas_-_ind._a_inf._que_instale_placas_em_r.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade com cópia a Direção de Trânsito, a necessidade de instalação de placas de sinalização em Ruas sem saída do nosso Município.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1168/indicacao_n_238-2024_-_dls_-_ind._ao_pref._e_a_inf._que_instale.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1168/indicacao_n_238-2024_-_dls_-_ind._ao_pref._e_a_inf._que_instale.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretario de Infraestrutura e Serviços Urbanos, que realize a construção de meio fio e sarjetas, na Perimetral Rogerio Silva onde foram realizadas a reciclagem, pois as mesmas estão se deteriorando.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_n_239-2024_-_dls_-_ind._a_agrimat_que_instale_placas_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_n_239-2024_-_dls_-_ind._a_agrimat_que_instale_placas_d.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Empresa AGRIMAT Engenharia e Empreendimentos LTDA sejam instaladas placas de sinalização na Rodovia MT 325, nos locais de maior movimento como escolas, igrejas e associações de moradores entre outros.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_n_240-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_n_240-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade de enviar uma equipe para realizar a manutenção dos pontos críticos das estradas da comunidade Central.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/indicacao_n_241-2024_-_dls_-_ind._a_cidade_poda_das_arvores_no_b.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/indicacao_n_241-2024_-_dls_-_ind._a_cidade_poda_das_arvores_no_b.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria de Cidade, a necessidade de realizar a poda das árvores na rua Castanhal no bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_n_242_-_2024_-_fas_-_ind._sec._de_educacao_a_implantacao_de_uma_escola_municipal_no_bairro_vila_nova.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_n_242_-_2024_-_fas_-_ind._sec._de_educacao_a_implantacao_de_uma_escola_municipal_no_bairro_vila_nova.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal e Secretaria de Educação, a necessidade de Transformar uma extensão escolar em uma escola Municipal no bairro Vila Nova, para atender as crianças das séries iniciais da comunidade e adjacências.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/indicacao_n_243_-_2024_-_asr_-_ind._sec._de_infraestrutura_refor.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/indicacao_n_243_-_2024_-_asr_-_ind._sec._de_infraestrutura_refor.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA à Secretaria de Infraestrutura e Serviços Urbanos com cópia ao Prefeito Municipal Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de reforma geral de todos os pontos de táxis presentes no Município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_n_244_-_2024_-_fas_-_ind._ao_prefeito_e_sec._de_saude_implantacao_de_centro_especializado_pessoas_de_rua.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_n_244_-_2024_-_fas_-_ind._ao_prefeito_e_sec._de_saude_implantacao_de_centro_especializado_pessoas_de_rua.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a secretaria de Saúde, a necessidade de que viabilizem estudos na implantação de Centro de Referência Especializado para População em Situação de Rua (CENTRO POP) no município de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/indicacao_n_245_-_2024_-_fas_-_ind._ao_sec._de_cidade_pinturas_em_quebra_molas_e_redutor_de_velocidades_em_toda_cidade.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/indicacao_n_245_-_2024_-_fas_-_ind._ao_sec._de_cidade_pinturas_em_quebra_molas_e_redutor_de_velocidades_em_toda_cidade.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretaria de  Cidade, Sr. Valdines Antônio Martins Rojas, a necessidade de providenciar Pinturas em Quebra Molas e Redutor de Velocidades em toda cidade.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_n_246-_2024_-_lks_-_sec_de_infraest_-_meio_fio_boa_esperanca_rua_perimetral_nw.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_n_246-_2024_-_lks_-_sec_de_infraest_-_meio_fio_boa_esperanca_rua_perimetral_nw.pdf</t>
   </si>
   <si>
     <t>Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Infraestrutura Roberto Patel a necessidade de construir do meio fio na Rua perimetral NW no bairro Boa Esperança.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_n_247-_2024_-_lks_-_sec_de_infraest_-_infraestrutura_patrolar_e_cascalhar_chacara_dr_irene.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_n_247-_2024_-_lks_-_sec_de_infraest_-_infraestrutura_patrolar_e_cascalhar_chacara_dr_irene.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretária de Infraestrutura Roberto Patel a Necessidade de patrolar e cascalhar o Setor de Chácara Doutora Irene Bricatti, e a estrada Getsemani.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/indicacao_n_248-_2024_-_csj_-_ind_a_inf._quebra-mola_e_placa_de_sializacao_escola_cecilia_meireles.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/indicacao_n_248-_2024_-_csj_-_ind_a_inf._quebra-mola_e_placa_de_sializacao_escola_cecilia_meireles.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretária Municipal de Infraestrutura e Serviços Urbanos, a necessidade urgente de instalação de um quebra-mola e de placa de sinalização em frente à Escola Estadual Cecília Meireles.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_n_249_-_2024_-_fas_-_ind._ao_sec._de_inf._patrolamento.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_n_249_-_2024_-_fas_-_ind._ao_sec._de_inf._patrolamento.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura, a necessidade que seja feito patrolamento nos trechos necessários até a Igreja, este trecho começa na Vicinal Primeira Oeste na Comunidade Santíssima Trindade, Estrada que fica logo depois da Estação de Tratamento de Esgoto, atrás da pista do aeroporto, e na continuidade.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_n_250_-_2024_-_rls_e_lks__-_ind._ao_sec._de_meio_ambie.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_n_250_-_2024_-_rls_e_lks__-_ind._ao_sec._de_meio_ambie.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretária de de Meio Ambiente para que corte uma arvore que se encontra visivelmente podre e instável na Comunidade Rio Verde, ameaçando cair sobre o Posto de Saude que foi reformado a pouco tempo..</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_n_251_-_2024_-_ods_-_ind._ao_prefeito_a_necessidade_de.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_n_251_-_2024_-_ods_-_ind._ao_prefeito_a_necessidade_de.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal a necessidade de envidar esforços em conjunto com todas as pastas pertinentes, para que através de uma consultoria, promova ações de inclusão das áreas rurais no plano diretor, tendo em vista a importância da sustentabilidade.”</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_n_252-2024_-_asr_-__faixa_elevada_nas_proximidades_da.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_n_252-2024_-_asr_-__faixa_elevada_nas_proximidades_da.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade da realização a implementação de uma Faixa Elevada entre a Loja Avenida e o Ponto de Taxi (02).</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/indicacao_n_253_-_2024_-_rls_-_ind_a_sec_de_infroest_o_a_neces_d.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/indicacao_n_253_-_2024_-_rls_-_ind_a_sec_de_infroest_o_a_neces_d.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de infraestrutura Vilma Lemes a necessidade de enviar uma equipe para efetuar a troca das duas estruturas de concreto no bueiro da Estrada do Alonso, Comunidade Água Limpa, pois o mesmo está desmoronando causando riscos aos usuários da via.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_n_254_-_2024_-_fit_-_ind_ao_prefeito_e_sec_de_esporte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_n_254_-_2024_-_fit_-_ind_ao_prefeito_e_sec_de_esporte.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Chico Gamba c/c á Secretaria de Esportes, a necessidade de restauração no ginásio de esportes Chico da Brahma.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_n_255_-_2024_-_dptc_-_ind_infraestrutura_a_necessidade_de_realizar_a_molhagem_da__rua_santa_catarina.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_n_255_-_2024_-_dptc_-_ind_infraestrutura_a_necessidade_de_realizar_a_molhagem_da__rua_santa_catarina.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria Municicipal de Infraestrutura a necessidade de realizar a molhagem da  rua Santa Catarina do Bairro Norte 3.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao_n_256_-_2024_-_csj_-_ind_ao_prefeito_e_saude_instalacao_de__longarinas_e_cobertura_do__psf_v.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao_n_256_-_2024_-_csj_-_ind_ao_prefeito_e_saude_instalacao_de__longarinas_e_cobertura_do__psf_v.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretária Municipal de Saúde Lúcia Tizo, a necessidade de providenciar a instalação de  Longarinas e Cobertura do  PSF V do Bairro Cidade Alta instalado na Rua Fortaleza n° 96.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/indicacao_n_257_-_2024_-_rls_-_ind_a_energisa_para_limpeza_da_rede_eletrica_da_comunidade_rio_verde.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/indicacao_n_257_-_2024_-_rls_-_ind_a_energisa_para_limpeza_da_rede_eletrica_da_comunidade_rio_verde.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a empresa responsável pelo fornecimento de energia, ENERGISA, que faça a limpeza e manutenção da rede elétrica da Estrada do Alonso, Comunidade Água Limpa, Zona Rural de Alta Floresta.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/indicacao_n_258-_2024_-_camara_-_indic_a_sec._estadual_de_infraestr..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/indicacao_n_258-_2024_-_camara_-_indic_a_sec._estadual_de_infraestr..pdf</t>
   </si>
   <si>
     <t>Os vereadores que a esta subscrevem, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA a SINFRA – Secretaria de Estado de Infraestrutura e Logística a necessidade de adotar os procedimentos necessários voltados a execução de uma rotatória na MT-325 no entroncamento com 1ª Vicinal Norte, concomitante as obras de pavimentação asfáltica da Rodovia, objeto da concorrência pública eletrônica nº 28/2023.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/indicacao_n_259_-_2024_-_lks_e_rls_-_ind_ao_dep._guimaraes_micropavimentacao_asfaltico_nas_ruas_do_bairro_jardim_flamboyant.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/indicacao_n_259_-_2024_-_lks_e_rls_-_ind_ao_dep._guimaraes_micropavimentacao_asfaltico_nas_ruas_do_bairro_jardim_flamboyant.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o Deputado Estadual Diego Guimarães a necessidade de viabilizar recursos financeiros através de emenda parlamentar específica para Micropavimentação Asfáltico para todas as Ruas do Bairro Jardim Flamboyant.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/indicacao_n_260_-_2024_-asr_-_ind_ao_prefeito_pavimentacao_asfaltica_na_perimetral_se-2_sul_do_bairro_boa_nova_iii.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/indicacao_n_260_-_2024_-asr_-_ind_ao_prefeito_pavimentacao_asfaltica_na_perimetral_se-2_sul_do_bairro_boa_nova_iii.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade da realização a pavimentação asfáltica da Rua Perimetral Se-2 Sul, do Bairro Boa Nova III.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/indicacao_n_261_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_passarela_entre_os_bairros__almeida_prado_e_araras.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/indicacao_n_261_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_passarela_entre_os_bairros__almeida_prado_e_araras.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade da realização a de uma passarela entre o Bairro Almeida Prado e Jardim Araras.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_n_262_-_2024_-ods_-_ind_a_sec._de_infraestrutura_faixa_elevada_em_frente_a_pizzaria_divina_pizza.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_n_262_-_2024_-ods_-_ind_a_sec._de_infraestrutura_faixa_elevada_em_frente_a_pizzaria_divina_pizza.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA a necessidade de adotar os procedimentos necessários voltados à construção de uma faixa elevada em frente à Pizzaria Divina Pizza, com o objetivo de prevenir acidentes devido ao grande fluxo de pessoas e veículos.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_n_263_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_reparo_de_uma_ponte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_n_263_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_reparo_de_uma_ponte.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba com cópia a secretaria de Infraestrutura, após apreciação e concordância do Soberano Plenário, a necessidade de realização de reparação urgente ou reconstrução em concreto da ponte na Vila Rural que dá acesso à comunidade Paraiso.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde Lucia Tizo, a necessidade de manutenção da rede elétrica do posto de saúde da comunidade São Mateus</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria de obras a necessidade de supressão de uma arvore que se encontra visivelmente podre e instável na Comunidade Rio Verde, ameaçando cair sobre o Posto de Saúde.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Meio Ambiente a necessidade de Limpeza de Galhos de Árvore em torno do Parque Zoobotânico.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/indicacao_n_267-2024_-_rls_e_lks_-_ind_ao_pren_o_abastecimento_carro_camara.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/indicacao_n_267-2024_-_rls_e_lks_-_ind_ao_pren_o_abastecimento_carro_camara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Chefe de Divisão de atendimento e Frotas da Camara Municipal de Alta Floresta o senhor Jurandir Soares de Moura, a necessidade de providenciar o abastecimento de diário dos veículos oficiais da Câmara Municipal, garantindo que todos estejam devidamente abastecidos e prontos para uso sempre que necessário pelos vereadores.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao_n_268-2024_-_rls_e_lks_-_ind_a_sec._de_saude_reparos_nos_ares__do_cer.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao_n_268-2024_-_rls_e_lks_-_ind_a_sec._de_saude_reparos_nos_ares__do_cer.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Saúde Sra. Lúcia Tizo, que seja feito o reparo ou se necessário a troca dos ares-condicionados do setor de Fisioterapia do CER.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao_n_269-2024_-_dptc_-_ind_ao_dep._de_transito_sinalizacao_e_pintura_dos_quebras_molas_da_av_minas_gerais..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao_n_269-2024_-_dptc_-_ind_ao_dep._de_transito_sinalizacao_e_pintura_dos_quebras_molas_da_av_minas_gerais..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  o Departamento Municicipal de transito a necessidade de executar serviço de sinalização e pintura dos quebras molas da av Minas Gerais.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_n_270-2024_-_asr_-_ind_a_infraestrutura_acessibilidade_na_av._ludovico_da_riva_neto_na_passarela_proxima_a_via_moda.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_n_270-2024_-_asr_-_ind_a_infraestrutura_acessibilidade_na_av._ludovico_da_riva_neto_na_passarela_proxima_a_via_moda.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA Secretaria de Infraestrutura e Serviços Urbanos a necessidade da realização de uma rampa de acessibilidade na Av. Ludovico da Riva Neto, na passarela próxima a Via Moda e Sol Eletro para viabilizar a circulação de pessoas com mobilidade reduzida.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_n_271-2024_-_fas_-_ind._a_sec._de_infra_patrolamento_nas_estradas_da_chacaras_santa_rosa..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_n_271-2024_-_fas_-_ind._a_sec._de_infra_patrolamento_nas_estradas_da_chacaras_santa_rosa..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feita o patrolamento e cascalhamento da Primeira Norte e as estradas da comunidade de Chácaras Santa Rosa.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_n_272-2024_-_rls_e_lks_-_ind_ao_infra_e_prefeito_faixa_elevada_em_frente_a_escola_jardim_das_flores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_n_272-2024_-_rls_e_lks_-_ind_ao_infra_e_prefeito_faixa_elevada_em_frente_a_escola_jardim_das_flores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, REINDICAM a Secretaria Municipal de Infraestrutura com cópia a Direção de Trânsito, Transporte e Segurança a necessidade da implantação de faixa elevada para pedestre em frente à Escola municipal Jardim das Flores na Avenida Bom Pastor.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_n_273-2024_-_rls_-_ind_sec_de_infraestrutura_reparos_nos_bueiros_da_pista_do_cabeca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_n_273-2024_-_rls_-_ind_sec_de_infraestrutura_reparos_nos_bueiros_da_pista_do_cabeca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura o reparo e/ou substituição dos bueiros existentes nas estradas da Pista do Cabeça inframencionadas.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/indicacao_n_274-2024_-_asr_-_ind_sec_de_infraestrutura_poste_de_iluminacao_na_academia_da_terceira_idade_na_comunidade_rural_cristo_rei.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/indicacao_n_274-2024_-_asr_-_ind_sec_de_infraestrutura_poste_de_iluminacao_na_academia_da_terceira_idade_na_comunidade_rural_cristo_rei.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA Secretaria de Cidade a necessidade da realização de instalação de poste de iluminação na academia da terceira idade na Comunidade Rural Cristo Rei (Primeira Norte) e na academia da terceira idade do Bairro Jardim Universitário.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao_n_275-2024_-_fas_-_ind._a_sec._de_infraestrutura_de_substituicao_do_bueiro_na_comunidade_nossa_senhora_do_carmo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao_n_275-2024_-_fas_-_ind._a_sec._de_infraestrutura_de_substituicao_do_bueiro_na_comunidade_nossa_senhora_do_carmo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de substituição do bueiro de madeira por um bueiro de concreto na Comunidade Nossa Senhora do Carmo, Vicinal espanhol.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realização do asfaltamento das Ruas do Bairro Parque dos Lagos em frente ao Cemitério Jardim da Saudade.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1269/indicacao_n_277-_2024_-dptc_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_na_comunidade_guadalupe.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1269/indicacao_n_277-_2024_-dptc_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_na_comunidade_guadalupe.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e serviços Urbanos a necessidade de enviar uma equipe para realizar o patrolamento na estrada da Comunidade Nossa Senhora de Guadalupe.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1270/indicacao_n_278-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redutor_de_velocidade_na_rua_a-2.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1270/indicacao_n_278-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redutor_de_velocidade_na_rua_a-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria Municipal de Infraestrutura a necessidade de um redutor de velocidade na Rua Miguel Arcangelo de Souza (A-2) no bairro Jardim Europa.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, A construção de  redutores de Velocidades nas Ruas Padre Geraldo Silva Araújo, (H-15) e na Rua B-6 antes do Ginásio “Cristiano Theofanio Maltezo” (Centro de Treinamento de Voleibol).</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_n_280_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_pintura_de_faixas_de_pedestre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_n_280_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_pintura_de_faixas_de_pedestre.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a pintura de faixas de pedestre em frente aos semáforos da Perimetral Rogerio Silva.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_n_281_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_chacaras_do_loteamento_santa_rosa..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_n_281_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_chacaras_do_loteamento_santa_rosa..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e ao Secretário de Infraestrutura, que seja realizado o patrolamento e o cascalhamento das estradas do Setor de Chácaras do Loteamento Santa Rosa.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_n_282_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_vicinal_primeira_norte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_n_282_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_vicinal_primeira_norte.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e ao Secretário de Infraestrutura, que seja realizado o patrolamento e o cascalhamento da Estrada Rural da Vicinal Primeira Norte.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_n_283_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_instalacao_de_uma_faixa_de_pedestre_no_setor_g_entre_as_ruas_g_04_e_g_05..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_n_283_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_instalacao_de_uma_faixa_de_pedestre_no_setor_g_entre_as_ruas_g_04_e_g_05..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a instalação de uma faixa de pedestre no Setor G, entre as ruas G 04 e G 05.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1284/indicacao_n_284_-_2024_-_fit_-_ind._a_sec_de_infraestrura_implantacao_de_faixa_de_pedestres_na_avenida_uniflor.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1284/indicacao_n_284_-_2024_-_fit_-_ind._a_sec_de_infraestrura_implantacao_de_faixa_de_pedestres_na_avenida_uniflor.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura a necessidade de priorizar a substituição da faixa de pedestres localizada na Avenida Ariosto da Riva, em frente à feira livre, por uma faixa elevada.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1285/indicacao_n_285_-_2024_-_asr_-_ind._a_sec_de_infraestrura_placa_de_sinalizacao_de_rua_sem_saida_na_rua_frei_henrique_de_coimbra.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1285/indicacao_n_285_-_2024_-_asr_-_ind._a_sec_de_infraestrura_placa_de_sinalizacao_de_rua_sem_saida_na_rua_frei_henrique_de_coimbra.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a necessidade de implantação de uma placa de sinalização de rua sem saída, na Rua Frei Henrique de Coimbra, no Bairro Jardim Imperial.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1286/indicacao_n_286_-_2024_-_fas_-_ind._a_sec_de_infraestrura_trocar_o_bueiro_da_primeira_sul.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1286/indicacao_n_286_-_2024_-_fas_-_ind._a_sec_de_infraestrura_trocar_o_bueiro_da_primeira_sul.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de trocar o bueiro da Primeira Sul, Comunidade Nova Esperança.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_n_287-_2024_-_bps_-_ind._ao_sec_de_infraestrura_redutores_de_velocidade_no_bairro_panorama.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_n_287-_2024_-_bps_-_ind._ao_sec_de_infraestrura_redutores_de_velocidade_no_bairro_panorama.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade de construção de  redutores de Velocidades em trechos do bairro Jardim Panorama abaixo especificados.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1288/indicacao_n_288-_2024_-_rls_-_ind._ao_sec_de_saude_e_infraestrutura_reparo_no_encanamento_do_psf_da_pista_do_cabeca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1288/indicacao_n_288-_2024_-_rls_-_ind._ao_sec_de_saude_e_infraestrutura_reparo_no_encanamento_do_psf_da_pista_do_cabeca.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Saúde com cópia a Infraestrutura a URGENTE manutenção do sistema de encanamento do Posto de Saúde da Comunidade Pista do cabeça, o qual se encontra Sem funcionamento por falta d'água.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1290/indicacao_n_289-_2024_-_rls_-_ind._ao_sec_de_infraestrutura_troca_da_ponte_molha_bebo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1290/indicacao_n_289-_2024_-_rls_-_ind._ao_sec_de_infraestrutura_troca_da_ponte_molha_bebo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA NOVAMENTE ao Secretário de Infraestrutura Roberto Patel à necessidade de troca da ponte de madeira “molha bebo” na entrada da Pista do Cabeça, por uma estrutura de concreto (Aduelas).</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1291/indicacao_n_290-_2024_-_fit_-_ind._ao_sec_de_infraestrutura_recuperacao_da_ponte_sobre_rio_brilhante.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1291/indicacao_n_290-_2024_-_fit_-_ind._ao_sec_de_infraestrutura_recuperacao_da_ponte_sobre_rio_brilhante.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura à necessidade de recuperação da ponte sobre Rio Brilhante localizada na Comunidade Bomfim.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1292/indicacao_n_291-_2024_-_fit_-_ind._ao_sec_assistencia_social_a_aparelhos_de_ar-condicionado_no_lar_dos_idosos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1292/indicacao_n_291-_2024_-_fit_-_ind._ao_sec_assistencia_social_a_aparelhos_de_ar-condicionado_no_lar_dos_idosos.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Assistência Social à necessidade de instalação de aparelhos de ar-condicionado para o Lar dos Idosos.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1305/indicacao_n_292-_2024_-_fit_-_ind._ao_sec_de_educacao_construcao_de_uma_quadra_esportiva_na_escola_municipal_nilo_procopio_pecanha.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1305/indicacao_n_292-_2024_-_fit_-_ind._ao_sec_de_educacao_construcao_de_uma_quadra_esportiva_na_escola_municipal_nilo_procopio_pecanha.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação à necessidade de construção de uma quadra esportiva na Escola Municipal Nilo Procópio Peçanha.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1306/indicacao_n_293-_2024_-_dptc_-_ind._ao_sec_de_cidade_limpeza_em_frente_a_escola_semente_do_saber_no_bairro_jardim_das_oliveiras..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1306/indicacao_n_293-_2024_-_dptc_-_ind._ao_sec_de_cidade_limpeza_em_frente_a_escola_semente_do_saber_no_bairro_jardim_das_oliveiras..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a  secretaria de cidade a necessidade de realizar uma limpeza em frente á construção da Escola Municipal Semente do saber no Bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1307/indicacao_n_294-_2024_-_fas_-_ind._ao_sec_de_educacao_manutencao_do_parque_da_escola_municipal_benjamin_de_padoa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1307/indicacao_n_294-_2024_-_fas_-_ind._ao_sec_de_educacao_manutencao_do_parque_da_escola_municipal_benjamin_de_padoa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação, a necessidade de manutenção do parque da Escola Municipal Benjamin de Pádoa.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1308/indicacao_n_295-_2024_-_fas_ind._ao_prefeito_e_sec._de_educacao__propositora_a_doacao_de_materiais_e_uniformes_escolares.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1308/indicacao_n_295-_2024_-_fas_ind._ao_prefeito_e_sec._de_educacao__propositora_a_doacao_de_materiais_e_uniformes_escolares.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia a Secretaria Municipal de educação, após apreciação e concordância do Soberano Plenário a necessidade de análise e encaminhamento a apreciação desta Casa de Leis, a propositura de projeto voltado a garantir a obrigatoriedade do uso de uniforme escolar na rede municipal de ensino e autorização para doação de uniformes e materiais escolares, conforme minuta anexa.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1309/indicacao_n_296-_2024_-_fas_ind._ao_meio_ambiente_a_necessidade_de_retirada_de_arvore_na__rua_do_araujo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1309/indicacao_n_296-_2024_-_fas_ind._ao_meio_ambiente_a_necessidade_de_retirada_de_arvore_na__rua_do_araujo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Meio Ambiente, a necessidade de retirada de uma árvore localizada na Rua do Araujo, Setor Industrial.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1310/indicacao_n_297-_2024_-_fas_ind._a_sec_de_educacao_providencias_para_prevencao_de_acidentes_em_frente_ao_colegio_vilma_dias.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1310/indicacao_n_297-_2024_-_fas_ind._a_sec_de_educacao_providencias_para_prevencao_de_acidentes_em_frente_ao_colegio_vilma_dias.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação, a necessidade tomar Providências para Prevenção de Acidentes em Frente ao Colégio Vilma Dias, na Rua Ln3, Bom Jesus.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao_n_298-_2024_-_rls_-_ind_a_sinfra_reparos_patrolamento_e_cascalhamento_na_mt-419.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao_n_298-_2024_-_rls_-_ind_a_sinfra_reparos_patrolamento_e_cascalhamento_na_mt-419.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA SINFRA – Secretaria de Estado de Infraestrutura e Logística a necessidade a realização de Patrolamento e Cascalhamento das MT-419, MT-160 até o entroncamento com a MT-208.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1313/indicacao_n_299-_2024_-_fas_-_ind._diretoria_de_transito_e_infraestrutura_placas_de_sinalizacao_rua_robson_silva_1.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1313/indicacao_n_299-_2024_-_fas_-_ind._diretoria_de_transito_e_infraestrutura_placas_de_sinalizacao_rua_robson_silva_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Departamento de Trânsito, sejam instaladas placas de sinalização na Av. Robson Silva próximo a Associação do Bom Pastor.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1314/indicacao_n_300_-_2024_-_rls_e_lks_-_ind._sec._de_saude_manutencao_de_3_ares_condicionados_dos_quartos_da_pam.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1314/indicacao_n_300_-_2024_-_rls_e_lks_-_ind._sec._de_saude_manutencao_de_3_ares_condicionados_dos_quartos_da_pam.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretária de Saúde sra Lúcia Tizo, que mande uma equipe especializada para fazer a manutenção de 3 ares condicionados dos quartos da PAM.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1315/indicacao_n_301_-_2024_-_rls_-_ind._ao_prefeito_estrutura_de_concreto_pra_caixa_dagua.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1315/indicacao_n_301_-_2024_-_rls_-_ind._ao_prefeito_estrutura_de_concreto_pra_caixa_dagua.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, a construção de uma estrutura de concreto para suportar as caixas d’ agua que atenderão a população da comunidade Pista Nova, Zona Rural.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_n_302-_2024_-_rls_-_ind._sec._de_educacao_a_implantacao_de_parque_infantil_na_escola_castelo_branco.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_n_302-_2024_-_rls_-_ind._sec._de_educacao_a_implantacao_de_parque_infantil_na_escola_castelo_branco.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Educação Lucinéia Martins, a instalação de um parque infantil na Escola Castelo Branco (extensão da Escola Boa Esperança) visando o desenvolvimento físico, social e emocional das crianças.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_n_303-_2024_-_rls_-_ind._sec._de_educacao_a_troca_do_onibus_escolar_da_linha_fazenda_carolina.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_n_303-_2024_-_rls_-_ind._sec._de_educacao_a_troca_do_onibus_escolar_da_linha_fazenda_carolina.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Educação Lucinéia Martins, a troca do ônibus escolar que atende os alunos da linha Fazenda Carolina, pois o sistema de ar condicionado do ônibus está inoperante.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_n_304-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._sao_mateus.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_n_304-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._sao_mateus.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, a construção de uma estrutura de concreto para suportar as caixas d’ agua que atenderão a população da comunidade São Mateus, Zona Rural.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Educação Lucinéia Martins, a instalação de uma ar condicionado na sala de ensino de educação infantil da Escola Rodrigues Alves (extensão da Escola Boa Esperança) comunidade Ourolanda.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_n_306-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._ourolanda.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_n_306-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._ourolanda.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, a construção de uma estrutura de concreto para suportar as caixas d’água que atenderão a população da comunidade Ourolanda.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_n_307-_2024_-_rls_e_lks_-_ind._a_sec_de_saude_que_troque_o_ar-condicionado_cer.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_n_307-_2024_-_rls_e_lks_-_ind._a_sec_de_saude_que_troque_o_ar-condicionado_cer.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretária de Saúde Sra. Lúcia Tizo, que seja feito o reparo ou se necessário a troca dos 2 ares condicionados do setor de Fisioterapia do CER, pois o sistema de ar condicionado da sala de fisioterapia está apresentando falhas, prejudicando o atendimento dos pacientes.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1322/indicacao_n_308-_2024_-_rls_-_ind._ao_sec_de_obras_roberto_patel_a_troca_do_bueiro_de_madeira_na_estrada_vale_do_apiacas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1322/indicacao_n_308-_2024_-_rls_-_ind._ao_sec_de_obras_roberto_patel_a_troca_do_bueiro_de_madeira_na_estrada_vale_do_apiacas.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de obras Roberto Patel a troca do bueiro de madeira localizado na Estrada Vale do Apíacas (bueiro do chiqueirão) por uma estrutura de concreto, pois a estrutura atualmente em uso, apresenta desgastes significativos, o que pode gerar sérios riscos de acidentes para os usuários.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1323/indicacao_n_309-_2024_-_lks_-_reindica_ao_sec_de_infraestrutura_meio_fio_na_rua_perimetral_nw.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1323/indicacao_n_309-_2024_-_lks_-_reindica_ao_sec_de_infraestrutura_meio_fio_na_rua_perimetral_nw.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, REINDICA ao Secretário de Infraestrutura  Srº Roberto Patel a Necessidade de fazer o meio fio na Rua perimetral NW no bairro Boa Esperança.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_n_310-_2024_-_asr_-_ind._ao_dep._julio_campos_02_duas_lombadas_na_mt-325.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_n_310-_2024_-_asr_-_ind._ao_dep._julio_campos_02_duas_lombadas_na_mt-325.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Governo de Estado e ao Excelentíssimo Deputado Estadual Júlio Campos, a necessidade de implantação de 02 (duas) lombadas na MT-325, KM 6, sendo um antes e outro depois da Igreja Católica, na Comunidade Central, para prevenção de eventuais acidentes no local.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_n_311-_2024_-_fit_-_ind._ao_prefeito_pavimentacao_asfaltica_na_rua_vitoria_regia_bairro_jardim_guarana_ii.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_n_311-_2024_-_fit_-_ind._ao_prefeito_pavimentacao_asfaltica_na_rua_vitoria_regia_bairro_jardim_guarana_ii.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Chico Gamba à necessidade de pavimentação asfáltica na rua Vitória Regia bairro Jardim Guaraná II.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_n_312-_2024_-_fit_-_ind._ao_infraestrutura_redutor_de_velocidade_na_perimetral_dom_pedro_ii_bairro_boa_esperanca..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_n_312-_2024_-_fit_-_ind._ao_infraestrutura_redutor_de_velocidade_na_perimetral_dom_pedro_ii_bairro_boa_esperanca..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura Roberto Patel à necessidade de implantação de um redutor de velocidade na perimetral Dom Pedro II bairro Boa Esperança.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Educação, a necessidade da criação de espaços de leitura equipados com redes de descanso nas creches do Município, visando promover um ambiente acolhedor e estimular o hábito da leitura entre as crianças desde a primeira infância".</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao  Prefeito com cópia a Secretaria de Cidade, que através do órgão competente e Considerando a Lei Municipal Nº 2.903/2024, que autoriza o Poder Executivo a disponibilizar pontos de acesso gratuito à internet para a população, a instalação de uma rede Wi-Fi no Terminal Rodoviário de Alta Floresta.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
@@ -6195,3186 +6195,3186 @@
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária Municipal de Infraestrutura a necessidade Imediata  de realizar a recuperação urgente da ponte na Comunidade nova aliança.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura e Serviços Urbanos com cópia a Direção de Trânsito, Transporte e Segurança a necessidade de implantação de três redutores de velocidades entre a Avenida Perimetral NW, Avenida Padre Jose Anchieta E Rua Laudiceia.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1343/indicacao_n_320-_2024_-_fas_-_ind._ao_infraestrutura_trocar_a_ponte_de_madeira_por_uma_ponte_com_estrutura_de_aduelas.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1343/indicacao_n_320-_2024_-_fas_-_ind._ao_infraestrutura_trocar_a_ponte_de_madeira_por_uma_ponte_com_estrutura_de_aduelas.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade de trocar a ponte de madeira por uma ponte com estrutura de aduelas de concreto na Estrada Antônio Romera.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade de trocar a ponte de madeira por uma ponte com estrutura de aduelas de concreto na Estrada do Pombinho, no Panorama, Estrada que dá acesso as chácaras Disk Tel e do Chileno.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a secretaria de infraestrutura, a necessidade de Instalação de Tubulação para Drenagem de Águas Pluviais na Avenida Mato Grosso, em frente à Casa das Motos.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_n_323-2024_-_dls_-_indica_ao_presidente_mesa_e_comissoes_a_convocacao_do_diretor_aguas_af.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_n_323-2024_-_dls_-_indica_ao_presidente_mesa_e_comissoes_a_convocacao_do_diretor_aguas_af.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Presidente, Mesa Diretora e Comissões Permanentes desta Casa de Leis, após apreciação e concordância do Soberano Plenário, que, consoante a competência estabelecida na Lei Orgânica, REQUEIRAM imediatamente a convocação do diretor da Concessionária dos Serviços Públicos de Água e Esgoto de Alta Floresta, para que se apresente pessoalmente em sessão ordinária, com a finalidade de prestar esclarecimentos sobre a crise e escassez de água potável que afeta o município nos últimos dias.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_n_324-2024_-_dls_prefeito_para_revogar_decretos_dos_reajustes_do_valor_da_agua.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_n_324-2024_-_dls_prefeito_para_revogar_decretos_dos_reajustes_do_valor_da_agua.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, após apreciação e concordância do Soberano Plenário, que proceda imediatamente  com a revogação dos decretos executivos que aprovaram o reajuste tarifário dos serviços públicos de abastecimento de água e esgotamento sanitário dos últimos anos, a exemplo dos decretos nºs 312/2021 e 117/2022 (anexos), que promoveram um reajuste de 12,41% e 14,11%, respectivamente,  além disto, que estabeleça que a taxa mínima seja cobrada proporcionalmente aos dias de fornecimento de água, até que soluções sejam encontradas e postas em prática, no sentido de diminuir os impactos negativos na vida dos altaflorestenses.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_n_325-2024_-_asr_-_indica_a_infraestrutura_redutor_de_velocidade_na_h_7.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_n_325-2024_-_asr_-_indica_a_infraestrutura_redutor_de_velocidade_na_h_7.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA a secretaria de infraestrutura e serviços urbanos a necessidade de implementação de 2 Redutores de Velocidade (quebra-molas) na rua H7, Setor H, Centro, a fim de prevenir eventuais acidentes.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_n_326-2024_-_fas_-_indica_a_infraestrutura_troca_de_ponte_por_aduelas_na_com._ceu_azul.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_n_326-2024_-_fas_-_indica_a_infraestrutura_troca_de_ponte_por_aduelas_na_com._ceu_azul.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade de trocar a ponte de madeira por uma ponte com estrutura de aduelas de concreto na Comunidade Céu Azul, Estrada Vicinal 1° norte.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_n_327_-_2024_-_ods_-_ind._realizacao_de_certame_licitatorio_previlegiando_empresas_locais.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_n_327_-_2024_-_ods_-_ind._realizacao_de_certame_licitatorio_previlegiando_empresas_locais.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, após apreciação e concordância do Soberano Plenário, com o propósito de contribuir para o fortalecimento da economia local e o desenvolvimento sustentável de nossa região, a adoção de medidas que incentivem a participação de empresas e fornecedores locais em processos licitatórios promovidos pela Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Cidade Valdiney Martins a necessidade urgente de limpeza das calhas da rodoviária municipal de Alta Floresta. A acumulação de sujeira e detritos nas calhas tem causado problemas a estrutura.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao deputado Júlio Campos, com cópia à Prefeitura Municipal a necessidade de execução da construção da ponte na rodovia MT 325 próximo à Comunidade Rural Sol Nascente, com a maior brevidade possível, em virtude da quantidade de acidentes ocorridos.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária Municipal de Infraestrutura a necessidade Imediata  de realizar a recuperação urgente da ponte na Comunidade monte alegre (pedra do índio).</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade de Pavimentação Asfáltica e limpeza da Rua P6, Jardim Perimetral em frente às chácaras 1, 2, 3, 4 e 5.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_n_332-_2024_-_asr_-_ind._aos_edis_indicacao_de_honrarias.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_n_332-_2024_-_asr_-_ind._aos_edis_indicacao_de_honrarias.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA aos membros do Legislativo Municipal, após apreciação e concordância do Soberano Plenário, que evitem a outorga de honrarias semelhantes no mesmo período da legislatura, ainda que de autoria distintas, até a regulamentação regimental do assunto.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1368/indicacao_n_333-_2024_-_dptc_-_ind._ao_sec_infraestrutura__pintura_e_placas_na_av_minas_gerais.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1368/indicacao_n_333-_2024_-_dptc_-_ind._ao_sec_infraestrutura__pintura_e_placas_na_av_minas_gerais.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretaria de Infraestrutura a necessidade de executar serviço de sinalização e pintura dos quebras molas da AV. Minas Gerais, Cidade Alta.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1369/indicacao_n_334-_2024_-_asr_-_ind._ao_prefeito_e_metamati_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1369/indicacao_n_334-_2024_-_asr_-_ind._ao_prefeito_e_metamati_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, Sr. Valdemar Gamba com cópia à Companhia Mato-grossense de Mineração (METAMAT), após apreciação e concordância do Soberano Plenário, a necessidade de perfuração de 20 (vinte) poços tubulares, próximo a captação de água e no próximo ano a perfuração de um poço por bairro, para o período de estiagem.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1370/indicacao_n_335-_2024_-_asr_-_ind._ao_prefeito_utilizacao_da_agua_do_lago_parque_das_capivaras.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1370/indicacao_n_335-_2024_-_asr_-_ind._ao_prefeito_utilizacao_da_agua_do_lago_parque_das_capivaras.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, Sr. Valdemar Gamba com cópia à Secretaria de Meio Ambiente, após apreciação e concordância do Soberano Plenário, a necessidade de utilização da água do Lago das Capivaras pelo Reservatório da Águas de Alta Floresta em virtude da Crise Hídrica enfrentada pelo município.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA empresa AGRIMAT, responsável pela pavimentação da MT 325, que faça a manutenção de alguns trechos desta via sentido Pista do cabeça, pois já se encontram em condições que trazem perigo aos usuários da via.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1372/indicacao_n_337-_2024_-_asr_-_ind._ao_agentes_publicos_que_cobiam_assedio_moral_nas_relacoes_de_trabalho.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1372/indicacao_n_337-_2024_-_asr_-_ind._ao_agentes_publicos_que_cobiam_assedio_moral_nas_relacoes_de_trabalho.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA aos agentes públicos em geral, após apreciação e concordância do Soberano Plenário, que evitem e coíbam a prática de assédio moral nas relações de trabalho, principalmente no âmbito da administração direta e indireta de qualquer dos Poderes do Município, sob pena dos rigores da lei, consoante o estabelecido na Lei Municipal nº 2.786, de 13 de março de 2023.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1373/indicacao_n_338-_2024_-_rls_-_ind_a_sec_de_infraest_patrolamento_estrada_cruzeiro_do_sul.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1373/indicacao_n_338-_2024_-_rls_-_ind_a_sec_de_infraest_patrolamento_estrada_cruzeiro_do_sul.pdf</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1378/indicacao_n_339-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1378/indicacao_n_339-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Infraestrutura a troca do bueiro de madeira localizado na Estrada Cruzeiro do Sul KM 30 próximo a Fazenda Castanhal, por uma estrutura de concreto.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1379/indicacao_n_340-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro_faz._carolina.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1379/indicacao_n_340-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro_faz._carolina.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura a troca bueiro de madeira localizado na Estrada Cruzeiro do Sul próximo a Fazenda Carolina, por uma estrutura de concreto.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_n_341-_2024_-_rls_-_ind_a_sec_de_meio_ambiente_poda_das_arvores_do_universitario.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_n_341-_2024_-_rls_-_ind_a_sec_de_meio_ambiente_poda_das_arvores_do_universitario.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA  a Secretária de Meio Ambiente Gercilene Meira Leite, para que efetuem um serviço de poda das arvores que se encontram invadindo a rede elétrica na avenida unemat, Bairro Universitário.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_n_342-_2024_-_dls_-_ind_a_igua_possibilidade_utilizar.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_n_342-_2024_-_dls_-_ind_a_igua_possibilidade_utilizar.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito, com cópia a Concessionária Águas de Alta Floresta/Iguá Saneamento, após apreciação e concordância do Soberano Plenário, para que seja feito um estudo para verificação da possibilidade de utilização da água do rio Cristalino para consumo e se possível fazer a implantação da rede de abastecimento para a cidade, visando minimizar os impactos da crise hídrica que atualmente afeta o município.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_n_343-_2024_-_dls_-_ind_ao_prefeito_recuperacao_mata_c.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_n_343-_2024_-_dls_-_ind_ao_prefeito_recuperacao_mata_c.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Excelentíssimo Prefeito Municipal com cópia à Secretaria Municipal de Meio Ambiente, que seja realizado um estudo detalhado sobre a situação atual da mata ciliar às margens do Rio Taxidermista, seguido de um planejamento para a sua recuperação e manutenção, visando prevenir o assoreamento do rio e suas consequências.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Claudinei de Jesus, Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_n_344-_2024_-_dls_e_csj_-_ind_ao_prefeito_instaurar_pr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_n_344-_2024_-_dls_e_csj_-_ind_ao_prefeito_instaurar_pr.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTA SUBSCREVEM, NO USO DA ATRIBUIÇÃO QUE LHE CONFERE O ARTIGO 157, COMBINADO COM O § 1º DO ARTIGO 158, DO REGIMENTO INTERNO, INDICAM AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, VALDEMAR GAMBA, A NECESSIDADE DO MUNICÍPIO, NA QUALIDADE DE PODER CONCEDENTE, ADOTAR AS MEDIDAS LEGAIS QUANTO À INSTAURAÇÃO DE PROCEDIMENTO ADMINISTRATIVO DE INADIMPLÊNCIA VISANDO A DECLARAÇÃO DA CADUCIDADE E EXTINÇÃO DA CONCESSÃO DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA, COLETA E TRATAMENTO DE ESGOTO SANITÁRIO, E/OU OUTRA FORMA DE EXTINÇÃO,  EM DECORRÊNCIA DA INEXECUÇÃO PARCIAL DO CONTRATO DE CONCESSÃO Nº 344/2002 FIRMADO ENTRE O MUNICÍPIO DE ALTA FLORESTA E ÁGUAS DE ALTA FLORESTA LTDA NA FORMA DO EDITAL DE CONCORRÊNCIA PÚBLICA Nº 001/2002.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_n_345-_2024_-_dls_-_ind_ao_prefeito_c.c_infraestrutura_patrolamento_1a_vicinal_norte.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_n_345-_2024_-_dls_-_ind_ao_prefeito_c.c_infraestrutura_patrolamento_1a_vicinal_norte.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura que determine, com a máxima urgência, a realização do patrolamento da Estrada 1ª Vicinal Norte, localizada na zona rural de Alta Floresta.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_n_346-_2024_-_dls_-_ind_ao_prefeito_c.c_infr._patrolamento_linha_setor_santa_rosa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_n_346-_2024_-_dls_-_ind_ao_prefeito_c.c_infr._patrolamento_linha_setor_santa_rosa.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal que determine, com urgência, a realização do patrolamento da Linha do Setor de Chácaras Santa Rosa.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_n_347-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_n_347-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal e à Secretaria Municipal de Saúde, a necessidade de manutenção preventiva e corretiva do ônibus utilizado para o transporte de pacientes.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_n_348-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_n_348-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o  Regimento Interno desta Casa, INDICA ao Prefeito Municipal e à Secretaria Municipal de Saúde, a necessidade de realizar a manutenção do banheiro e a limpeza externa do PSF Boa Esperança.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_n_349-2024_-_asr_-_ind._prefeito_cc_secret_infr_estr_c.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_n_349-2024_-_asr_-_ind._prefeito_cc_secret_infr_estr_c.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta se subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal, com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade da realização de construção de uma calçada e lixeira na Unidade Básica de Saúde (UBS) do Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_n_350-2024_-_asr_-_ind.__secretaria_infraestrutura_rea.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_n_350-2024_-_asr_-_ind.__secretaria_infraestrutura_rea.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e serviços urbanos a necessidade da realização de reparos no telhado da UBS do bairro Jardim Primavera, pois o mesmo, encontra-se com goteiras, como também, solicito a roçagem do mato na área interna, na parte dos fundos do prédio da unidade, do lote a qual a mesma encontra-se.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_n_351-2024_-_asr_-_ind._prefeito_concessao_do_maestrao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_n_351-2024_-_asr_-_ind._prefeito_concessao_do_maestrao.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, após apreciação e concordância do Soberano Plenário, a necessidade da Concessão do Maestrão ao Esporte Clube de Alta Floresta – ECAF.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_n_352-2024_-_fas_-_ind._sec._cidade_caminhao-pipa_para.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_n_352-2024_-_fas_-_ind._sec._cidade_caminhao-pipa_para.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de cidade, a necessidade de um caminhão-pipa para abastecimento de água no cemitério Municipal Jardim da saudade.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Educação a necessidade aquisição de um veículo para o Conselho de educação.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_n_354-2024_-_csj_-_ind._sec._infraestrutura_e_iluminacao_providenciar_iluminacao_na_estrada_do_bairro_jardim_planalto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_n_354-2024_-_csj_-_ind._sec._infraestrutura_e_iluminacao_providenciar_iluminacao_na_estrada_do_bairro_jardim_planalto.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, e Secretaria  Municipal de Infraestrutura  e Chefia de Iluminação Pública,    a necessidade de providenciar iluminação na estrada do Bairro Jardim Planalto do Município de Alta Floresta – MT.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_n_355-2024_-_fas_-_ind._sec._infraestrutura_reparos_no_asfalto_rua_daniel_almeida_de_godoy_residencial_florata.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_n_355-2024_-_fas_-_ind._sec._infraestrutura_reparos_no_asfalto_rua_daniel_almeida_de_godoy_residencial_florata.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura e Serviços Urbanos, a necessidade de reparos no asfalto próximo ao meio-fio na Rua Daniel Almeida de Godoy, Residencial Florata.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_n_356-2024_-_csj_-_ind._ao_prefeito_e_infraest._asfalto_na_rua_santo_agostinho_no_bairro_boa_nova_tres.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_n_356-2024_-_csj_-_ind._ao_prefeito_e_infraest._asfalto_na_rua_santo_agostinho_no_bairro_boa_nova_tres.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário Municipal de Infraestrutura e Serviços Urbanos Sr° Roberto Patel, a necessidade de providenciar o Asfalto na Rua Santo Agostinho no Bairro Boa Nova três (03)  com a Drenagem necessária para que os moradores possam ter uma melhor qualidade de vida.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_n_357-2024_-_dls_-_ind._prefeito_elaboracao_do_plano_de_mobilidade_urbana_-_pmu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_n_357-2024_-_dls_-_ind._prefeito_elaboracao_do_plano_de_mobilidade_urbana_-_pmu.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, com cópia a Secretaria Municipal de Cidades, após apreciação e concordância do Soberano Plenário, a necessidade de estudo para à elaboração do Plano de Mobilidade Urbana (PMU).</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_n_358-_2024_-_rls_-_ind._ao_sec._de_infraestruturta_manutencao_do_bueiro_de_tubo_corrugado_na_estrada_estrela_vicinal_1.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_n_358-_2024_-_rls_-_ind._ao_sec._de_infraestruturta_manutencao_do_bueiro_de_tubo_corrugado_na_estrada_estrela_vicinal_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de obras Roberto Patel a manutenção do bueiro de tubo corrugado localizado na Estrada Estrela Vicinal 1.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_n_359-2024_-_dls_-_ind._prefeito_implantacao_da_guarda_municipal_de_alta_floresta.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_n_359-2024_-_dls_-_ind._prefeito_implantacao_da_guarda_municipal_de_alta_floresta.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTA SUBSCREVE, NO USO DA ATRIBUIÇÃO QUE LHE CONFERE O ARTIGO 157, COMBINADO COM O § 1º DO ARTIGO 158, DO REGIMENTO INTERNO, INDICA ao Excelentíssimo Prefeito Municipal, Valdemar Gamba, a necessidade da implantação da guarda municipal de Alta Floresta, para que possa auxiliar na segurança do município.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1414/indicacao_n_360-2024_-_asr_-_ind._prefeito_relocacao_imediata_de_um_motorista_para_substituir_o_titular_da_casa_de_apoio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1414/indicacao_n_360-2024_-_asr_-_ind._prefeito_relocacao_imediata_de_um_motorista_para_substituir_o_titular_da_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal com cópia ao Secretário de Gestão e Governo a necessidade da relocação imediata de um motorista para substituir o titular da Casa de Apoio em Cuiabá, que se encontra em período de férias.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário Municipal de Cidades Valdines Antônio Martins Rojas, a necessidade de implantação de um programa de distribuição dos resíduos de material vegetal (triturado) resultante da poda da arborização urbana aos proprietários de hortas comunitárias  e urbanas.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1416/indicacao_n_362-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_associacao_de_moradores_do_santa_rosa..doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1416/indicacao_n_362-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_associacao_de_moradores_do_santa_rosa..doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a METAMAT Companhia Matogrossense de Mineração para perfuração de um Poço Artesiano na Associação de moradores no setor de chácaras na Comunidade Santa Rosa.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1417/indicacao_n_363-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_sub-sede_do_sindicato_dos_investigadores..doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1417/indicacao_n_363-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_sub-sede_do_sindicato_dos_investigadores..doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a METAMAT Companhia Matogrossense de Mineração para perfuração de um Poço Artesiano na sub-sede do Sindicato dos Investigadores de Policia localizado no Bairro Boa Nova.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1418/indicacao_n_364-2024_-_dls_-_ind._sec._de_infraestrutura_tapa_buracos_na_rua_d_04.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1418/indicacao_n_364-2024_-_dls_-_ind._sec._de_infraestrutura_tapa_buracos_na_rua_d_04.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia a Secretaria de Infraestrutura, que faça a recuperação do pavimento através de tapa buracos na Rua D 04 próximo a delegacia.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1419/indicacao_n_365-2024_-_fas_-_ind._sec._de_gestao_e_saude_intensificar_fiscalizacao_aos_maus-tratos_de_animais.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1419/indicacao_n_365-2024_-_fas_-_ind._sec._de_gestao_e_saude_intensificar_fiscalizacao_aos_maus-tratos_de_animais.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA às Secretarias Municipais de Gestão e Planejamento e de Saúde para intensificar ações contra maus-tratos a animais domésticos, por meio de fiscalização adequada.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1420/indicacao_n_366-2024_-_lks_-_ind._sec._de_saude_reforma_e_aquisicao_no_posto_ana_neri.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1420/indicacao_n_366-2024_-_lks_-_ind._sec._de_saude_reforma_e_aquisicao_no_posto_ana_neri.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba e a Secretária Municipal de Saúde Lucia Tizzo a necessidade de providenciar as limpezas e instalações de ares-condicionados onde ainda não possui os mesmos, Bancos na parte externa do posto e uma cobertura ampla e abrangente no PSF XII Ana Neri localizada no setor B.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1421/indicacao_n_367-2024_-_fas_-_ind._sec._de_saude_e_prefeito_alteracao_da_lei_2.762-2022_de_incentivo_as_ace_e_aces.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1421/indicacao_n_367-2024_-_fas_-_ind._sec._de_saude_e_prefeito_alteracao_da_lei_2.762-2022_de_incentivo_as_ace_e_aces.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretaria de Saúde readequação da Lei Municipal nº 2.762/2022 para autorizar o pagamento do incentivo adicional aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE).</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1422/indicacao_n_368-_2024_-_dls_-_ind_ao_dep._botelho_recurso_copa_kaiko_tanaka.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1422/indicacao_n_368-_2024_-_dls_-_ind_ao_dep._botelho_recurso_copa_kaiko_tanaka.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao INDICA ao Deputado Estadual Eduardo Botelho que destine emenda parlamentar no valor de R$ 50.000,00 para a Copa Kaioko Tanaka - 2025.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_n_369-2024_-_lks_-_ind._sec._infraestrutura_e_prefeitro_patrolamento_e_cascalhamento_na_avenida_teles_pires.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_n_369-2024_-_lks_-_ind._sec._infraestrutura_e_prefeitro_patrolamento_e_cascalhamento_na_avenida_teles_pires.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Municipal Valdemar Gamba e o Secretário de Infraestrutura Sr. Roberto Patel a necessidade de realizar patrolamento e cascalhamento na Avenida Teles Pires onde fica localizado a Casa Lar dos Idosos Pedro Sierra Sanches.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_n_370-_2024_-_dls_-_ind_ao_dep._gilberto_cattani_recursos_para_o_fundo_de_seguranca_municipal.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_n_370-_2024_-_dls_-_ind_ao_dep._gilberto_cattani_recursos_para_o_fundo_de_seguranca_municipal.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Estadual de Mato Grosso Gilberto Cattani, que destine uma Emenda Parlamentar para o Fundo de Segurança do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_n_371-_2024_-_dls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_n_371-_2024_-_dls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Deputado Federal de Mato Grosso Coronel Assis, que destine uma Emenda Parlamentar para o Fundo de Segurança do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_n_372-_2024_-_rls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_n_372-_2024_-_rls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretária de Saúde Lucinéia Martins a realização urgente de um serviço de dedetização nas dependências do Posto de Saúde da Comunidade Ouro Verde, pois o ambiente está com surtos de baratas e morcegos.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_n_373-2024_-_fas_-_ind._sec._infraestrutura_patrolamento_e_cascalhamento_na_comunidade_de_chacaras_bela_vista..doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_n_373-2024_-_fas_-_ind._sec._infraestrutura_patrolamento_e_cascalhamento_na_comunidade_de_chacaras_bela_vista..doc</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_n_374-2024_-_dls_-_ind._ao_prefeito_implantacao_de_um_posto_de_saude_no_setor_de_chacaras_no_santa_rosa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_n_374-2024_-_dls_-_ind._ao_prefeito_implantacao_de_um_posto_de_saude_no_setor_de_chacaras_no_santa_rosa.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTA SUBSCREVE, NO USO DA ATRIBUIÇÃO QUE LHE CONFERE O ARTIGO 157, COMBINADO COM O § 1º DO ARTIGO 158, DO REGIMENTO INTERNO, INDICA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, VALDEMAR GAMBA, A NECESSIDADE DA IMPLANTAÇÃO DE UM POSTO DE SAÚDE NO SETOR DE CHÁCARAS NO SANTA ROSA.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_n_375-2024_-_rls_-_ind._a_infraestrutura_reparos_no_buero_da_estrada_cruzeiro_do_sul.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_n_375-2024_-_rls_-_ind._a_infraestrutura_reparos_no_buero_da_estrada_cruzeiro_do_sul.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, REINDICA a Secretaria de de Infraestrutura, troca do bueiro de madeira localizado na Estrada Cruzeiro do Sul KM 30 próximo a Fazenda Castanhal.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_n_376-2024_-_lks_-_ind._ao_prefeito_e_a_saude_reformas_e_ampliacoes_das_unidades_basicas_de_saude.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_n_376-2024_-_lks_-_ind._ao_prefeito_e_a_saude_reformas_e_ampliacoes_das_unidades_basicas_de_saude.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA o Prefeito Valdemar Gamba e a Secretaria Municipal de Saúde Lucia Tizzo a necessidade de providenciar as reformas e ampliações das Unidades Básicas de Saúde de nosso município, sendo eles: PSF São Jose Operário, PSF II cidade bela, PSF IV Santa Rita de Cássia localizado no Bom Pastor e a reforma do PSF V da Cidade Alta.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_n_377-2024_-_csj_-_ind._sec_de_meio_ambiente__e_sec_de_agricultura_implantacao_de_um_programa_de_distribuicao_dos_residuos_de_material_vegetal.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_n_377-2024_-_csj_-_ind._sec_de_meio_ambiente__e_sec_de_agricultura_implantacao_de_um_programa_de_distribuicao_dos_residuos_de_material_vegetal.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Meio Ambiente e Desenvolvimento Sustentável e Secretaria de Agricultura e Pecuária, a necessidade de implantação de um programa de distribuição dos resíduos de material vegetal (triturado) resultante da poda da arborização urbana aos proprietários de hortas comunitárias e urbanas.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_n_378-2024_-_rls_e_lks-_ind._sec_de_infraestrutura_reparos_na_esquina_da_rua_pinheiro_setor_h.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_n_378-2024_-_rls_e_lks-_ind._sec_de_infraestrutura_reparos_na_esquina_da_rua_pinheiro_setor_h.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM a Secretária de de infraestrutura Roberto Patel, os devidos reparos na esquina da Rua Pinheiro, Setor H.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_n_379-2024_-_dptc_-_ind._sec_de_infraestrutura_recuperacao_da_estrada_da_comunidade_monte_alegre..doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_n_379-2024_-_dptc_-_ind._sec_de_infraestrutura_recuperacao_da_estrada_da_comunidade_monte_alegre..doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a  Secretaria Municipal de Infraestrutura  a necessidade de realizar a recuperação da estrada da comunidade monte alegre.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_n_380-2024_-_fas_-_ind._ao_prefeito_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_boa_nova.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_n_380-2024_-_fas_-_ind._ao_prefeito_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_boa_nova.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Prefeitura Municipal, a necessidade de um sistema de drenagem para a Unidade Básica de Saúde no Bairro Boa Nova.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_n_381-2024_-_fas_-_ind._ao_prefeito_e_saude_implantacao_de_uma_nova_ubs_no_bairro_jardim_europa..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_n_381-2024_-_fas_-_ind._ao_prefeito_e_saude_implantacao_de_uma_nova_ubs_no_bairro_jardim_europa..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito com cópia a Secretaria de Gestão e Planejamento e Secretaria de Saúde, a necessidade implantação de uma nova Unidade Básica de Saúde (UBS), no Bairro Jardim Europa.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1443/indicacao_n_382-2024_-_asr_-_ind._ao_prefeito_compra_de_01_uma.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1443/indicacao_n_382-2024_-_asr_-_ind._ao_prefeito_compra_de_01_uma.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal, após apreciação e concordância do Soberano Plenário, a necessidade da compra de 01 (uma) Plataforma Elevatória para os trabalhos elétricos realizados pela secretaria de infraestrutura e serviços urbanos de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_n_383-2024_-_asr_-_ind._ao_prefeito_e_saude_kit_medico.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_n_383-2024_-_asr_-_ind._ao_prefeito_e_saude_kit_medico.pdf</t>
   </si>
   <si>
     <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal com cópia a Secretaria de Saúde, após apreciação e concordância do Soberano Plenário, a necessidade da aquisição de 01 (um) Kit Médico contendo materiais essenciais ao atendimento de primeiros socorros, para cada órgão público municipal de Alta Floresta-MT.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_n_384-2024_-_lks_e_rls_-_ind._ao_prefeito_patrolamento_e_cascalhamentos_com_saidas_de_agua_em_todas_a_ruas_do_bairro_parque_do_lago..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_n_384-2024_-_lks_e_rls_-_ind._ao_prefeito_patrolamento_e_cascalhamentos_com_saidas_de_agua_em_todas_a_ruas_do_bairro_parque_do_lago..pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM o prefeito Valdemar Gamba e o Secretario Roberto Patel a necessidade de realizar Patrolamento e Cascalhamentos com saídas de água em todas a Ruas do Bairro Parque do Lago.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1446/indicacao_n_385-2024_-_asr_-_ind._ao_prefeito_e_governo_vasao_e_drenagem_da_agua_na_casa_de_apoio_em_cuiaba.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1446/indicacao_n_385-2024_-_asr_-_ind._ao_prefeito_e_governo_vasao_e_drenagem_da_agua_na_casa_de_apoio_em_cuiaba.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal com cópia a Secretario de Gestão e Governo a necessidade de realização de vasão e drenagem da água na Casa de Apoio em Cuiabá, em virtude da forte enxurrada que está gerando transtornos no local.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1447/indicacao_n_386-2024_-_asr_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_no_bairro_cidade_bela.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1447/indicacao_n_386-2024_-_asr_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_no_bairro_cidade_bela.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal com cópia a Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realização cascalhamento da rua Padre Manoel de Nobrega e demais ruas do Bairro Cidade Bela que estiverem com valetas em virtude do período de chuva em Alta Floresta-MT.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1448/indicacao_n_387-2024_-_asr_-_ind._ao_prefeito_e_infraestrutura_ligacao_entre_o_bairro_almeida_prado_e_o_bairro_jardim_araras.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1448/indicacao_n_387-2024_-_asr_-_ind._ao_prefeito_e_infraestrutura_ligacao_entre_o_bairro_almeida_prado_e_o_bairro_jardim_araras.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal com cópia a Secretaria de Infraestrutura a necessidade de realização de uma rua para fazer ligação entre o Bairro Almeida Prado e o Bairro Jardim Araras para diminuir o fluxo do trânsito na Av. Perimetral Rogério Silva.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1449/indicacao_n_388-2024_-_asr_-_ind._ao_infraestrutura_desobstrucao_do_bueiro_na_av._castelo_branco_bairro_cidade_bela.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1449/indicacao_n_388-2024_-_asr_-_ind._ao_infraestrutura_desobstrucao_do_bueiro_na_av._castelo_branco_bairro_cidade_bela.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a necessidade de realização desobstrução do bueiro na Av. Castelo Branco, Bairro Cidade Bela para que o fluxo da enxurrada flua sem prejudicar o asfalto e limpeza do mato no entorno.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1450/indicacao_n_389-2024_-_asr_-_ind._a_saude_limpeza_dos_aparelhos_de_ar-condicionado_da_ubs_do_bairro_jardim_primavera.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1450/indicacao_n_389-2024_-_asr_-_ind._a_saude_limpeza_dos_aparelhos_de_ar-condicionado_da_ubs_do_bairro_jardim_primavera.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Prefeitura Municipal com cópia ao Secretário de Gestão e Governo a necessidade de limpeza dos aparelhos de ar-condicionado da UBS do Bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_n_390-2024_-_dls_-_ind._a_direcao_de_trans_rotatorias.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_n_390-2024_-_dls_-_ind._a_direcao_de_trans_rotatorias.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba com cópia a Secretaria Municipal de Infraestrutura, que providencie a construção de uma rotatória na Avenida Airton Senna com a Teles Pires</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1459/indicacao_n_391-2024_-_fas_-_ind._ao_pref_e_saude_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_bom_jesus..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1459/indicacao_n_391-2024_-_fas_-_ind._ao_pref_e_saude_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_bom_jesus..pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Prefeitura Municipal com cópia a Secretaria de Saúde a necessidade de um sistema de drenagem para a Unidade Básica de Saúde no Bairro Bom Jesus.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1460/indicacao_n_392-2024_-_csj_-_ind._ao_pref_e_infraestrutura_patrolamento_e_cascalhamento_do_bairro_jardim_planalto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1460/indicacao_n_392-2024_-_csj_-_ind._ao_pref_e_infraestrutura_patrolamento_e_cascalhamento_do_bairro_jardim_planalto.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretário Municipal de Obras e Infraestruturas Roberto Patel, a necessidade Patrolamento e cascalhamento do Bairro Jardim Planalto.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_n_393-2024_-_csj_-_ind._ao_pref_e_educacao_a_alteracao_das_linhas_de_onibus_19_e_21.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_n_393-2024_-_csj_-_ind._ao_pref_e_educacao_a_alteracao_das_linhas_de_onibus_19_e_21.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretária Municipal de Educação Lucineia Matos , a necessidade de efetuar a mudança  das linhas de  ônibus  19 e 21 que o  trajeto das mesmas possa ser encerrada  na Escola Jardim Universitário para o ano de 2025.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1462/indicacao_n_394-2024_-_csj_-_ind._ao_pref_e_educacao_mudanca__de_endereco_da_extensao_da_escola_vilma_dias_e_escola_19_de_maio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1462/indicacao_n_394-2024_-_csj_-_ind._ao_pref_e_educacao_mudanca__de_endereco_da_extensao_da_escola_vilma_dias_e_escola_19_de_maio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretária Municipal de Educação Lucineia Matos , a necessidade de efetuar  mudança  de endereço, da extensão da Escola Vilma Dias e Escola 19 de Maio para o local onde hoje funciona a Secretaria  de Industria e Comercio de Alta Floresta.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1463/indicacao_n_395-2024_-_fit_-_ind._ao_prefeito_a_criacao_da_feira_da_mulher_empreendedora..pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1463/indicacao_n_395-2024_-_fit_-_ind._ao_prefeito_a_criacao_da_feira_da_mulher_empreendedora..pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba com cópia as Secretarias de Inovação e Desenvolvimento Econômico e Agricultura e Pecuária, a criação da feira da mulher empreendedora.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1464/indicacao_n_396-2024_-_fas_-_ind._ao_sec._de_meio_ambiente_a_retirada_da_arvore_na_rua_do_araujo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1464/indicacao_n_396-2024_-_fas_-_ind._ao_sec._de_meio_ambiente_a_retirada_da_arvore_na_rua_do_araujo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, REINDICA a Secretaria de Meio Ambiente, a necessidade de retirada de uma árvore localizada na Rua do Araujo, Setor Industrial.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1465/indicacao_n_397-2024_-_lks_ao_prefeito_com_copia_a_separ._denominacao_praca_nw-1_como_baiano.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1465/indicacao_n_397-2024_-_lks_ao_prefeito_com_copia_a_separ._denominacao_praca_nw-1_como_baiano.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Valdemar Gamba, com cópia à Secretaria de Divisão Parlamentar da Câmara, a necessidade de que seja dada prioridade à denominação da PRAÇA NW-D1, localizada nas adjacências do bairro Boa Esperança, como “Praça empresário IVAN ROCHA DA SILVA”, popularmente conhecido como “Baiano”, do Mercado do Baiano, com sede em Alta Floresta, observada a devida tramitação do Projeto de Lei no tempo legalmente oportuno, para tanto, de antemão anexada a respetiva Biografia do homenageado.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1473/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1473/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA à Mesa Diretora da Câmara Municipal de Alta Floresta que seja providenciada a realização de concurso público para o provimento de cargos efetivos no quadro de servidores desta Casa de Leis.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1474/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1474/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, que envie uma equipe com as máquinas para realizar o patrolamento e cascalhamento da Estrada Bortolo Frassetto.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_n_400-2024-_asr_-_ind_a_infraestrutura_limpeza_da_esquina_da_rua_h9.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_n_400-2024-_asr_-_ind_a_infraestrutura_limpeza_da_esquina_da_rua_h9.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e serviços urbanos a necessidade da realização da limpeza da esquina da Rua H9.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_n_401-2024-_fit_-_ind_procuradoria_especial_da_mulher.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_n_401-2024-_fit_-_ind_procuradoria_especial_da_mulher.pdf</t>
   </si>
   <si>
     <t>A vereadora que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA à Mesa Diretora da Câmara Municipal de Alta Floresta a necessidade de implantação da Procuradoria Especial da Mulher na Câmara Municipal de Alta Floresta, em conformidade com a minuta de projeto de resolução anexa.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_n_402-2024-_fas_-_ind_cidade_reforma_no_banheiro_do_cemiterio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_n_402-2024-_fas_-_ind_cidade_reforma_no_banheiro_do_cemiterio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade, a necessidade de Reforma dos banheiros do Cemitério Jardim da Saudade.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/indicacao_n_403-2024-_cmaf_-_ind_ao_prefeito_e_sec._de_cultura_a_criacao_de_sistema_de_cadastramento_dos_pioneiros_de_af.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/indicacao_n_403-2024-_cmaf_-_ind_ao_prefeito_e_sec._de_cultura_a_criacao_de_sistema_de_cadastramento_dos_pioneiros_de_af.doc</t>
   </si>
   <si>
     <t>A Câmara Municipal de Alta Floresta através dos vereadores que a esta subscrevem, no uso da atribuição que lhe conferem o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, com o compromisso de valorizar a história e a cultura do município, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia a Secretaria Municipal de Cultura, após apreciação e concordância do Soberano Plenário, a necessidade de promover ações voltadas à criação de um sistema de cadastramento online para as famílias pioneiras que contribuíram para o desenvolvimento de Alta Floresta</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1515/indicacao_n_404-2024-_lks_e_rls__-_ind_ao_infraestrutura_dragagem_e_limpeza_do_rio_na_rua_marechal_deodoro_da_fonseca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1515/indicacao_n_404-2024-_lks_e_rls__-_ind_ao_infraestrutura_dragagem_e_limpeza_do_rio_na_rua_marechal_deodoro_da_fonseca.pdf</t>
   </si>
   <si>
     <t>A Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário de Infraestrutura Roberto Patel com cópia a secretaria de Meio Ambiente a necessidade de realizar a dragagem e limpeza do rio na rua Marechal Deodoro da Fonseca no Bairro Cidade Bela.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1516/indicacao_n_405-_2024_-_asr_-_ind._ao_prefeito_e_sedec_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua_1.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1516/indicacao_n_405-_2024_-_asr_-_ind._ao_prefeito_e_sedec_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a eseta se subscreve, de acordo com o Regimento Interno desta casa, INDICA ao Prefeito Municipal, Sr. Valdemar Gamba com cópia à Secretaria de Desenvolvimento Econômico do Estado de Mato Grosso (SEDEC), a necessidade de perfuração de 20 (vinte) poços tubulares, nos bairros do município de Alta Flroesta-MT, para o período de estiagem do ano de 2025.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_n_406-_2024_-_csj_-_ind._sec._de_cidade_e_departamento_de_iluminacao_reparos_em_algumas_ruas_da_cidade_1.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_n_406-_2024_-_csj_-_ind._sec._de_cidade_e_departamento_de_iluminacao_reparos_em_algumas_ruas_da_cidade_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA Secretário de Cidade Sr. Valdines Antônio Martins Rojas com cópia ao departamento de Iluminação a necessidade de providenciar a Iluminação Pública das Ruas, Monte Sinai do Bairro Bom Pastor, Ruas D-F Centro da Cidade, Rua Faisão Setor Araras, e  Rua Piracicaba Bairro Vila Nova</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_n_407-_2024_-_fas_-_ind._sec._de_infraestrutura_reparos_na_estradas_da_comunidade_boa_vista.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_n_407-_2024_-_fas_-_ind._sec._de_infraestrutura_reparos_na_estradas_da_comunidade_boa_vista.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade que seja feita o patrolamento para recuperar as estradas da comunidade de Chácaras Boa Vista.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_n_408-_2024_-_csj_-_ind._sec._de_infraestrutura_redutor_de_velocidade_na_avenida_robson_silva.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_n_408-_2024_-_csj_-_ind._sec._de_infraestrutura_redutor_de_velocidade_na_avenida_robson_silva.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a secretaria de Infraestrutura, a necessidade de providenciar um (01) Quebra Molas Redutor de Velocidades na Avenida Robson Silva, em frente ao Posto de Combustível Sonho Meu, no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_n_409-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc_vicinal_monte_alegre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_n_409-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc_vicinal_monte_alegre.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de infraestrutura, a necessidade de patrolamento e cascalhamento da Estrada Vicinal Monte Alegre, comunidade Monte Alegre, Zona Rural do Município de Alta Floresta.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_n_410-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_n_410-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade que seja feita o patrolamento para recuperar a estrada São João em frente ao Mercado Moreira do bairro Vila Nova.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_n_411_--_fas_-_ind._sec._de_infraestrutura_a_necessidade_que_seja_feita.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_n_411_--_fas_-_ind._sec._de_infraestrutura_a_necessidade_que_seja_feita.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura, a necessidade que seja feita o patrolamento na Avenida das Orquídeas e roçagem do mato nas Avenidas Primavera e das Orquídeas, bairro Jardim das Flores</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/734/mocao_no_001-2024_-_fas_-_congratulacao_com_a_empresa_ronaldao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/734/mocao_no_001-2024_-_fas_-_congratulacao_com_a_empresa_ronaldao_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Ronaldão Multimarcas pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/735/mocao_no_002-2024_-_bps_-_congratulacao_com_a_casa_da_injecao_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/735/mocao_no_002-2024_-_bps_-_congratulacao_com_a_casa_da_injecao_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Casa da Injeção - Auto Center pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/736/mocao_no_003-2024_-_fit_-_congratulacao_com_os_servidores_do_iba_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/736/mocao_no_003-2024_-_fit_-_congratulacao_com_os_servidores_do_iba_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os servidores do IBAMA de Alta Floresta – MT, pelo esforço, dedicação e retidão que conduzem suas atividades em nosso município e região.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Clínica Veterinária e Pet Shop Polivet pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/756/mocao_no_005-2024_-_dptc_-_congratulacao_com_a_enfermeira_fernan_0001_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/756/mocao_no_005-2024_-_dptc_-_congratulacao_com_a_enfermeira_fernan_0001_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Servidora Municipal Fernanda Santos, por sua dedicação, contribuição e relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/799/mocao_no_006-2024_-_csj_-_congratulacao_com_o_servidor_luiz_lope.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/799/mocao_no_006-2024_-_csj_-_congratulacao_com_o_servidor_luiz_lope.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Servidor Municipal Luiz Lopes Ribeiro, por sua dedicação, contribuição e relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/800/mocao_no_007-2024_-_fas_-_congratulacao_com_a_empresa_maria_euge.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/800/mocao_no_007-2024_-_fas_-_congratulacao_com_a_empresa_maria_euge.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Maria Eugênia pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Servidor Municipal Bruno Santos, por sua dedicação, contribuição e relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/802/mocao_no_009-2024_-_fas_-_congratulacao_a_naiara_galvao_berlanda.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/802/mocao_no_009-2024_-_fas_-_congratulacao_a_naiara_galvao_berlanda.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a NAIARA GALVÃO BERLANDA, pelos seus notáveis feitos e conquistas ao longo de sua vida.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/803/mocao_no_010-2024_-_fas_-_congratulacao_com_a_empresa_jumasa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/803/mocao_no_010-2024_-_fas_-_congratulacao_com_a_empresa_jumasa.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa JUMASA AGRÍCOLA E COMERCIAL pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/804/mocao_no_011-2024_-_jvn_-_congratulacao_o_congratulacoes_com_o_atleta_leri_yuri_nascimento_dorca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/804/mocao_no_011-2024_-_jvn_-_congratulacao_o_congratulacoes_com_o_atleta_leri_yuri_nascimento_dorca.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o atleta Leri Yuri Nascimento Dorca, por suas conquistas extraordinárias no Evento Brasileiro Centro Oeste de Kickboxing, realizado na cidade de Campo Grande, MS, nos dias 24 e 25 de Fevereiro.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/821/mocao_no_012-2024_-_csj_-_congratulacao_com_a_igreja_evangelica_casa_de_oracao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/821/mocao_no_012-2024_-_csj_-_congratulacao_com_a_igreja_evangelica_casa_de_oracao.pdf</t>
   </si>
   <si>
     <t>Congratulação com a Igreja Evangélica Casa de Oração – Encontro com Deus de Alta Floresta, na pessoa da sua Pastora e Presidente Maria de Fátima Sousa Filha de Moraes, pela passagem e comemorações alusiva ao 3º aniversário de fundação</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/831/mocao_no_013-2024_-_lks_-_congratulacao_com_a_servidora_lucia_da_silva.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/831/mocao_no_013-2024_-_lks_-_congratulacao_com_a_servidora_lucia_da_silva.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Servidora Municipal Lucia da Silva Lima, por sua dedicação, contribuição e relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/885/mocao_no_014-2024_-_lks_-_congratulacao_com_a_delegada_ana_paula.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/885/mocao_no_014-2024_-_lks_-_congratulacao_com_a_delegada_ana_paula.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Delegada Ana Paula Reveles Carvalho, pelos notáveis serviços prestados à comunidade e pelo exemplar desempenho suas atribuições.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/886/mocao_no_015-2024_-_csj_-_congratulacao_com_wesley_henrique_lustosa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/886/mocao_no_015-2024_-_csj_-_congratulacao_com_wesley_henrique_lustosa.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÃO com Wesley Henrique Lustosa Alves, mais conhecido como Henrique Alves, ilustre cantor e compositor, em reconhecimento ao talento excepcional e à dedicação exemplar elevando nosso município no âmbito nacional.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/887/mocao_no_016-2024_-_ods_-_congratulacao_com_o_prof._lucas_de_paula_meira.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/887/mocao_no_016-2024_-_ods_-_congratulacao_com_o_prof._lucas_de_paula_meira.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Professor Mestre Lucas de Paula Meira em reconhecimento à sua excepcional e determinante atuação na docência em instituições formais de ensino do município de Alta Floresta.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com à Eletromoveis Martinello, representada pela sua filial F57, pelos excelentes serviços prestados à comunidade local.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/889/mocao_no_018-2024_-_dptc_-_congratulacao_com_a_idesp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/889/mocao_no_018-2024_-_dptc_-_congratulacao_com_a_idesp.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Instituto Desportivo Educacional e Social Presbiteriana – IDESP, extensivo ao treinador Pastor João Quadra Costa e aos paratletas por elevar nosso município no âmbito nacional, em participações e conquistas nos Jogos Paraolímpicos.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/890/mocao_no_019-2024_-_lks_-_congratulacao_com_instrutores_de_autoescola_de_af.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/890/mocao_no_019-2024_-_lks_-_congratulacao_com_instrutores_de_autoescola_de_af.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES aos instrutores de autoescola pelo fundamental papel desempenhado na formação de condutores responsáveis e seguros em nossa comunidade.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/908/mocao_no_020-2024_-_mfpn_-_congratulacao_com_a_professora_joelma.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/908/mocao_no_020-2024_-_mfpn_-_congratulacao_com_a_professora_joelma.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora Joelma dos Santos pelos relevantes serviços prestados e extrema dedicação e empenho com que realiza seus trabalhos em nosso município.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_no_021-2024_-_fas_-_congratulacao_com_a_empresa_revisa_centro_automotivo_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_no_021-2024_-_fas_-_congratulacao_com_a_empresa_revisa_centro_automotivo_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa REVISA CENTRO AUTOMOTIVO pelos seis anos de relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Nilson James de Freitas, carinhosamente conhecido como Professor Aranha, pelos anos de brilhante atuação e trabalho em favor do esporte no município de Alta Floresta e região.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/930/mocao_no_023-2024_-_lks_-_congratulacao_com_o_servidor_nilvan_dos_santos_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/930/mocao_no_023-2024_-_lks_-_congratulacao_com_o_servidor_nilvan_dos_santos_ocred.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Servidor Nilvan dos Santos, pelos notáveis serviços prestados à comunidade e pelo exemplar desempenho suas atribuições.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_no_024-2024_-_jvn_-_congratulacao_o_o_time_de_basquete_sub_17_do_municipio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_no_024-2024_-_jvn_-_congratulacao_o_o_time_de_basquete_sub_17_do_municipio.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Time Sub 17 de Basquete ABAF/SEMEL, em reconhecimento ao seu excepcional desempenho e conquista do título de campeões da Copa Marcelândia.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Hotel Mato Grosso, em reconhecimento ao seu notável desempenho e contribuição para o desenvolvimento do turismo na região.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/981/mocao_no_026-2024_-_dls_-_congratulacoes_com_o_protetor_de_anima.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/981/mocao_no_026-2024_-_dls_-_congratulacoes_com_o_protetor_de_anima.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Sr. Alan Benin pelos seus esforços incansáveis e dedicação inabalável em prol da causa animal em nossa comunidade.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/982/mocao_no_027-2024_-_jvn_-_congratulacoes_com_o_empresario.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/982/mocao_no_027-2024_-_jvn_-_congratulacoes_com_o_empresario.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Empresário Sr. Willian Fonseca de Souza pelos seus notáveis feitos e contribuições para a cidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>Douglas Teixeira, Luciano Silva, Pitoco</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1005/mocao_no_028-2024_-_dls_dpt_dptc_-_apoio_ao_congresso_nacional_em_apoio_a_resolucao_no_2.378-2024_do_crm.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1005/mocao_no_028-2024_-_dls_dpt_dptc_-_apoio_ao_congresso_nacional_em_apoio_a_resolucao_no_2.378-2024_do_crm.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO incondicional à Resolução nº 2.378/2024, do Conselho Federal de Medicina, que proíbe a assistolia fetal na hipótese que especifica, por tratar-se de procedimento cruel e desumano, requerendo-se ao Congresso Nacional medidas para garantir ao referido Conselho, o pleno exercício de suas atribuições legais.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1006/mocao_no_029-2024_-_fit_-_congratulacao_com_a_professora_luciana_ragazzi_carneiro.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1006/mocao_no_029-2024_-_fit_-_congratulacao_com_a_professora_luciana_ragazzi_carneiro.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora de Educação infantil, Luciana Ragazzi Carneiro pelo excelente trabalho desenvolvido há 23 anos no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1007/mocao_no_030-2024_-_fas_-_congratulacao_com_a_servidora_juliene.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1007/mocao_no_030-2024_-_fas_-_congratulacao_com_a_servidora_juliene.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à Sra. Juliene Brigina pela sua notável trajetória pessoal e profissional, e pelos valiosos serviços prestados à comunidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1008/mocao_no_031-2024_-_lks_e_rls_-_congratulacao_com_a_sen._margareth_buzetti.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1008/mocao_no_031-2024_-_lks_e_rls_-_congratulacao_com_a_sen._margareth_buzetti.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Senadora Margareth Buzetti (PSD), pela sua notável atuação em prol da nossa comunidade e da saúde pública em nosso município.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Assados Du’Norte – Espetaria e Distribuidora, em reconhecimento ao seu notável desempenho e contribuição para o desenvolvimento econômico de Alta Floresta.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_no_033-2024_-_dptc_-_congratulacao_dancas_urbanas_do_centr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_no_033-2024_-_dptc_-_congratulacao_dancas_urbanas_do_centr.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES a com a Equipe de Danças Urbanas do Centro de Artes Expressão por seu notável desempenho e contribuição para a cultura e arte em nossa comunidade.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1035/mocao_no_034-2024_-_fas_-_congratulacao_com_drogafarma.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1035/mocao_no_034-2024_-_fas_-_congratulacao_com_drogafarma.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à Drogaria Farma Vida, em reconhecimento ao seu notável compromisso com a saúde e o bem-estar da comunidade.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1036/mocao_no_035-2024_-_ods_-_pesar_a_familia_sistilli.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1036/mocao_no_035-2024_-_ods_-_pesar_a_familia_sistilli.pdf</t>
   </si>
   <si>
     <t>Pesar manifestando solidariedade à família Sistilli pelo passamento do pecuarista Ademir Júnior Sistilli, ocorrido em 20 de abril do corrente.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1037/mocao_no_036-2024_-mrm_-_congratulacao_com_a_sra_rosangela_de_fa.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1037/mocao_no_036-2024_-mrm_-_congratulacao_com_a_sra_rosangela_de_fa.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à senhora Rosângela de Fátima dos Santos, pelo seu inestimável e incansável trabalho como Protetora dos Animais.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1059/mocao_no_037-2024_-_csj_-_congratulacao_com_engenheiro_civil_marcos_diego_neris_de_assuncao.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1059/mocao_no_037-2024_-_csj_-_congratulacao_com_engenheiro_civil_marcos_diego_neris_de_assuncao.doc</t>
   </si>
   <si>
     <t>Congratulação com o Engenheiro Civil Marcos Diego Neris de Assunção por sua dedicação, contribuição e relevantes serviços prestados ao município._x000D_
 Senhor Presidente,</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1060/mocao_no_038-2024_-_lks_-_congratulacao_com_a_servidora_elizabet.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1060/mocao_no_038-2024_-_lks_-_congratulacao_com_a_servidora_elizabet.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a servidora Elizabeth de Oliveira, pelos notáveis serviços prestados à comunidade local e pelo seu compromisso exemplar com a educação e assistência social.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1061/mocao_no_039-2024_-_bps_-_congratulacao_com_a_retifica_reticar.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1061/mocao_no_039-2024_-_bps_-_congratulacao_com_a_retifica_reticar.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Retifica Reticar pela relevante contribuição econômica e social em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1086/mocao_no_040-2024_-_fas_-_mocao_de_louvor_com_a_carvalima_transportes.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1086/mocao_no_040-2024_-_fas_-_mocao_de_louvor_com_a_carvalima_transportes.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE LOUVOR com a Carvalima Transportes, extensiva de maneira geral à sociedade altaflorestense envolvida, pelas ações, esforços conjuntos e solidariedade em favor das vítimas dos temporais e cheias que atingem centenas de cidades do estado do Rio Grande do Sul desde o final de abril.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1087/mocao_no_041-2024_-_csj_-_congratulacao_com_os_medicos_responsavel_pela_selecao_do_concurso.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1087/mocao_no_041-2024_-_csj_-_congratulacao_com_os_medicos_responsavel_pela_selecao_do_concurso.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os médicos Amil Santo Aued, Ari Heidrich, Luana Pereira da Costa Tavares, Sabrina Rocha David Lechinewski, Sérgio Percinoto e Fábio Alexandre do Prado, integrantes da junta médica para inspeção de saúde dos candidatos aprovados no concurso público realizado pela Prefeitura de Alta Floresta, pelo excepcional trabalho realizado na avaliação de saúde dos profissionais classificados.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1088/mocao_no_042-2024_-_ods_-_congratulacao_com_membros_da_aprosoja.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1088/mocao_no_042-2024_-_ods_-_congratulacao_com_membros_da_aprosoja.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os Senhores Willian Piloni, Mateus Berlanda, Anderson Bialéski, delegados APROSOJA, e ao Presidente do Sindicato Rural de Alta Floresta, Walmir Naves Coco, precursores da campanha desencadeada em nosso município, de arrecadação de donativos em favor das famílias afetadas pelas enchentes no Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1089/mocao_no_043-2024_-_dls_-_congratulacao_com_o_cafemil.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1089/mocao_no_043-2024_-_dls_-_congratulacao_com_o_cafemil.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Mercado Cafemil, em reconhecimento ao seu notável desempenho e contribuição para o desenvolvimento econômico de Alta Floresta.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1090/mocao_no_044-2024_-mrm_-_congratulacao_com_pedreira_pallus_ltda.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1090/mocao_no_044-2024_-mrm_-_congratulacao_com_pedreira_pallus_ltda.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à empresa Pedreira Pallus Ltda, em reconhecimento ao seu notável desempenho e contribuição para o desenvolvimento econômico de Alta Floresta.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1091/mocao_no_045-2024_-dls_-_congratulacao_com_a_sra_kelly_sousa_romera_raymundo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1091/mocao_no_045-2024_-dls_-_congratulacao_com_a_sra_kelly_sousa_romera_raymundo.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à senhora Kelly Sousa Romera Raymundo, pelos seus notáveis feitos e contribuições para a cidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1092/mocao_no_046-2024_-_dpt_-_congratulacao_com_a_granja_caione.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1092/mocao_no_046-2024_-_dpt_-_congratulacao_com_a_granja_caione.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES a Granja Caioni, em reconhecimento a contribuição econômica e social em prol  à comunidade altaflorestensse.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1093/mocao_no_047-2024_-_dptc_-_congratulacao_com_a_ivana_corsino_da_rocha.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1093/mocao_no_047-2024_-_dptc_-_congratulacao_com_a_ivana_corsino_da_rocha.pdf</t>
   </si>
   <si>
     <t>ONGRATULAÇÕES com a empreendedora Ivana Corsino da Rocha, em reconhecimento à sua notável trajetória pessoal e profissional no ramo econômico de MESA POSTA.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à Gerlando da Silva Barros, por sua notável contribuição às artes e à educação em nosso município.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/mocao_no_049-2024_-_dls_-_congratulacao_com_a_aluna_isabela_dito.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/mocao_no_049-2024_-_dls_-_congratulacao_com_a_aluna_isabela_dito.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à aluna Isabela Ditos Teles, de 14 anos, do 9º ano do Colégio Alta Floresta, pela conquista do primeiro lugar a nível estadual no 53º Concurso Internacional de Redação de Cartas.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/mocao_no_050-2024_-_ods_-_congratulacao_com_a_equipe_do_dep._nin.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/mocao_no_050-2024_-_ods_-_congratulacao_com_a_equipe_do_dep._nin.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à ilustre equipe do Deputado Estadual Nininho, reconhecendo e enaltecendo o árduo e eficaz labor realizado por cada colaborador, pelo belíssimo exemplo de empenho e dedicação.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_no_051-2024_-_ods_-_congratulacao_com_a_fazenda_anaca.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_no_051-2024_-_ods_-_congratulacao_com_a_fazenda_anaca.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os proprietários da Fazenda Anacã, pelo Projeto produtivo associado a serviços de ecoturismo e observação de aves, que desde 2016 vem se tornando uma referência regional na adoção de práticas mais sustentáveis e na recuperação de áreas degradadas.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/mocao_no_052-2024_-_fas_-_congratulacao_com_a_empresa_recicamp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/mocao_no_052-2024_-_fas_-_congratulacao_com_a_empresa_recicamp.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES empresa RECICAMP, pelos relevantes serviços prestados à comunidade e pelo exemplo de responsabilidade social e ambiental.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/mocao_no_053-2024_-_fit_-_congratulacao_com_a_professora_mariana_trindade.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/mocao_no_053-2024_-_fit_-_congratulacao_com_a_professora_mariana_trindade.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora de Línguas e Empresária, Mariana Trindade Campos, pelo excelente trabalho desenvolvido no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/mocao_no_054-2024_-_fit_-_congratulacao_com_os_servidores_do_ibama.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/mocao_no_054-2024_-_fit_-_congratulacao_com_os_servidores_do_ibama.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os servidores do IBAMA de Alta Floresta - MT, pelo esforço, dedicação e retidão que conduzem suas atividades em nosso município e região.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_no_055-2024_-_jvn_-_congratulacoes_com_os_alunos_da_atletica_praga.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_no_055-2024_-_jvn_-_congratulacoes_com_os_alunos_da_atletica_praga.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES aos atletas da Atlética Praga, pelas conquistas no evento INTERENG.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/mocao_no_056_-2024_-mrm_-_congratulacao_com_a_empresa_auto_expre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/mocao_no_056_-2024_-mrm_-_congratulacao_com_a_empresa_auto_expre.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Expresso Pneus pela excelência no atendimento e a qualidade dos serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/mocao_no_057-2024_-mrm_-_congratulacao_com_calinhos_almeida.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/mocao_no_057-2024_-mrm_-_congratulacao_com_calinhos_almeida.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES Carlos Rodrigues de Almeida, carinhosamente conhecido como Carlinhos da Gazeta, pelo seu relevante serviço prestado à comunidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/mocao_no_058-2024_-_asr_-_dr._hebertt_villarruel_da_silva.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/mocao_no_058-2024_-_asr_-_dr._hebertt_villarruel_da_silva.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Sr. Hebertt Villarruel da Silva, Auditor Público Interno (Alta Floresta – MT), em reconhecimento à sua notável trajetória e às suas inúmeras contribuições para o desenvolvimento e bem-estar de nossa comunidade.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/mocao_no_059-2024_-_dptc_-_congratulacao_com_a_stela_palin.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/mocao_no_059-2024_-_dptc_-_congratulacao_com_a_stela_palin.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empreendedora Stela Palin, em reconhecimento à sua criatividade, dedicação no cenário da moda, por sua inovação e elevação da riqueza cultural de nossa cidade.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/mocao_no_060-2024_-_dls_-_congratulacao_com_empresa_ninus_bike.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/mocao_no_060-2024_-_dls_-_congratulacao_com_empresa_ninus_bike.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa Ninu’s Bike, através dos empresários Ronny Anderson da Silva e Marcia de Souza Almeida da Silva, pelos 6 anos de fundação, avanço e relevante contribuição econômica e social em prol da comunidade Alta-florestense.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/mocao_no_061-2024_-_bps_-_congratulacao_com_a_provisao_marmonari.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/mocao_no_061-2024_-_bps_-_congratulacao_com_a_provisao_marmonari.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Provisão Marmoraria e Porcelanataria pela relevante contribuição econômica em prol da comunidade altaflorestense.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/mocao_no_062-2024_-_camara_-_congratulacao_com_a_ganhadora_da_jo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/mocao_no_062-2024_-_camara_-_congratulacao_com_a_ganhadora_da_jo.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a vencedora do Programa Jovem Senador 2024, Letícia Pimenta Mageski e sua Professora orientadora, Joana Maria Santana Rosalino, que representarão o Mato Grosso, de 05 a 09 de agosto, na Semana de Vivência Legislativa do Senado Federal.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/mocao_no_063-2024_-_csj_-_congratulacao_com_o_pioneiro_desbravad.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/mocao_no_063-2024_-_csj_-_congratulacao_com_o_pioneiro_desbravad.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Pioneiro Desbravador proprietário da Sapataria Líder, pela relevante contribuição econômica e social.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/mocao_no_064-2024_-_ods_-_congratulacao_com_a_bionorte_academia.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/mocao_no_064-2024_-_ods_-_congratulacao_com_a_bionorte_academia.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Bionorte Academia pela excelência de seus serviços prestado a comunidade altaflorestense.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/mocao_no_065-2024_-_ods_-_congratulacao_com_o_locutor_tiago_rodr.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/mocao_no_065-2024_-_ods_-_congratulacao_com_o_locutor_tiago_rodr.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Senhor Tiago Rodrigues de Almeida, por sua dedicação e excelência como locutor de provas funcionais do esporte equestre, atuando como locutor oficial da Associação do Laço de Alta Floresta - ALAF.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_no_066-2024_-_fas_-_congratulacao_com_expocon_e_contribuid.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_no_066-2024_-_fas_-_congratulacao_com_expocon_e_contribuid.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Associação Dos Construtores de Alta Floresta - ADCAF, extensiva a todos os expositores, colaboradores e todos aqueles que contribuíram direta ou indiretamente, para a realização da 1ª Edição da EXPOCON, por sua dedicação e competência demonstradas, fatores essenciais para o êxito do evento realizado nos dias 7 e 8 de junho.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/mocao_no_067-2024_-_bps_-_congratulacao_com_a_sra_val_caldeira.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/mocao_no_067-2024_-_bps_-_congratulacao_com_a_sra_val_caldeira.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à locutora, apresentadora e influenciadora Val Caldeira pelos relevantes serviços prestados à comunidade local e a mídia regional.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/mocao_no_068-2024_-_jvn_-_congratulacoes_com_as_equipes_altaflor.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/mocao_no_068-2024_-_jvn_-_congratulacoes_com_as_equipes_altaflor.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com as equipes altaflorestense, campeãs nos jogos escolares e seleções regionais ocorrido nos dias 21 a 26 de junho.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Agente Comunitária de Saúde, Marcia Fabiana Sobzac, pelo excelente trabalho desenvolvido no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/mocao_no_070-2024_-_dls_-_congratulacao_com_associacao_de_handeb.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/mocao_no_070-2024_-_dls_-_congratulacao_com_associacao_de_handeb.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Associação de Handebol de Alta Floresta – AHAF, pela promoção da 1ª edição da Copa Kayoko Tanaka de Handebol, bem como os relevantes serviços prestados ao esporte de Alta Floresta.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/mocao_no_071-2024_-_dls_-_congratulacao_com_lions_club_pela_camp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/mocao_no_071-2024_-_dls_-_congratulacao_com_lions_club_pela_camp.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o clube de serviço Lions Club, pela promoção da Campanha LEVE, de arrecadação de lixo eletrônico, com a finalidade de transformá-los em fundos que serão direcionados ao Hospital de Câncer de Mato Grosso.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Professor Christian da Silva Costa de pelo excelente trabalho desenvolvido no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>Assunto: CONGRATULAÇÕES com a Escola Municipal Geny Silvério Delarincy pela conquista do Prêmio Alfabetiza MT, em sua 3ª edição.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora Roseli Deise Lopes Corbalan de Queiroz por suas destacadas contribuições à educação e à comunidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>Pesar manifestando solidariedade à família Cattani pelo passamento de Raquel Maziero Cattani Xavier, ocorrido no dia 18 de julho do corrente.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>Douglas Teixeira, Luciano Silva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/mocao_no_076-2024_-_dls_e_dptc_-_congratulacao_com_atletas_e_selecoes_de_af_jogos_escolares.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/mocao_no_076-2024_-_dls_e_dptc_-_congratulacao_com_atletas_e_selecoes_de_af_jogos_escolares.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os atletas e equipes do município de Alta Floresta, pela participação dos Jogos Mato-grossense Estudantis de Seleção e Escolares ocorridos no mês de Julho de 2024.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1253/mocao_no_077-2024_-_fas_-_congratulacao_com_rota_entregas_e_colaboradores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1253/mocao_no_077-2024_-_fas_-_congratulacao_com_rota_entregas_e_colaboradores.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Rota Entregas e a todos os seus colaboradores, em especial aos motoboys, pelos notáveis serviços prestados à nossa comunidade.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/mocao_no_078_-2024_-mrm_-_congratulacao_com_a_borracharia_do_alemao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/mocao_no_078_-2024_-mrm_-_congratulacao_com_a_borracharia_do_alemao.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES Borracharia do Alemão pela excelência no atendimento e a qualidade dos serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/mocao_no_079_-2024_-fit_-_congratulacao_com_a_camila_advogada.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/mocao_no_079_-2024_-fit_-_congratulacao_com_a_camila_advogada.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Advogada Camila Pinheiro da Silva Correa de pelo excelente trabalho desenvolvido no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1266/mocao_no_080-2024_-_fit_-_congratulacao_com_o_senhor_walber_c_carneiro.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1266/mocao_no_080-2024_-_fit_-_congratulacao_com_o_senhor_walber_c_carneiro.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Senhor Walber Cristóforo Carneiro pelo excelente trabalho desenvolvido no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/mocao_no_081-2024_-_dls_-_congratulacao_com_relojoaria_eska.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/mocao_no_081-2024_-_dls_-_congratulacao_com_relojoaria_eska.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao empresário Ismael de Assis Cunha, proprietário da empresa Relojoaria e Ótica Eska, pela sua notável trajetória e contribuição ao comércio local.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1268/mocao_no_082-2024_-_csj_-_congratulacao_ao_casal_raimundo_santana_e_geralda_santana_-_posto_sonho_meu.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1268/mocao_no_082-2024_-_csj_-_congratulacao_ao_casal_raimundo_santana_e_geralda_santana_-_posto_sonho_meu.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao casal de empresários Raimundo Francisco Santana e Geralda Maria de Oliveira Santana, por sua trajetória de vida marcada por determinação, trabalho árduo e empreendedorismo, que culminou na inauguração do Posto de Combustível Sonho Meu, no Bairro Bom Pastor, em agosto de 2024.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1280/mocao_no_083-2024_-_bps_-_congratulacao_com_o_casal_luiz_olavo_e_janete_a_realizacao_do_19_aniversario_da_ibn.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1280/mocao_no_083-2024_-_bps_-_congratulacao_com_o_casal_luiz_olavo_e_janete_a_realizacao_do_19_aniversario_da_ibn.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES  ao casal de pecuaristas Luís Olavo e Janete, pela notável iniciativa de realizar o grandioso evento evangelístico em comemoração ao 19° aniversário da Igreja Batista Nacional (IBN) Shalom, celebrado no último dia 18 de agosto de 2024.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1281/mocao_no_084-2024_-_ods_-_congratulacao_com_o_casal_de_empresarios_andre_e_angelica_e_a_empresa_sao_francisco_veterinaria.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1281/mocao_no_084-2024_-_ods_-_congratulacao_com_o_casal_de_empresarios_andre_e_angelica_e_a_empresa_sao_francisco_veterinaria.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao casal de empresários André Luis Brochini dos Santos e Angélica Finamore Gomes dos Santos, pelos relevantes serviços prestados através da São Francisco Centro Veterinário.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1282/mocao_no_085-2024_-_csj_-_congratulacao_ao_subtenente_de_infantaria_adao_aparecido_da_silva.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1282/mocao_no_085-2024_-_csj_-_congratulacao_ao_subtenente_de_infantaria_adao_aparecido_da_silva.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Subtenente de Infantaria (EB) Adão Aparecido da Silva, em reconhecimento ao seu notável serviço e contribuições ao Exército Brasileiro e ao município de Alta Floresta.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1283/mocao_no_086_-2024_-mrm_-_congratulacao_com_o_servidor_vicente_chardulo.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1283/mocao_no_086_-2024_-mrm_-_congratulacao_com_o_servidor_vicente_chardulo.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Sr. Vicente Chardulo Neto, em reconhecimento ao seu comprometimento e excelência de longos anos de serviço público prestados, contribuindo para o desenvolvimento e bem-estar da nossa sociedade.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1293/mocao_no_087_-2024_-_dpt_-_congratulacao_com_a_empresa_catarinen.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1293/mocao_no_087_-2024_-_dpt_-_congratulacao_com_a_empresa_catarinen.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Empresa Catarinense Magazine pela relevante contribuição econômica e social  em prol do nosso município.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1294/mocao_no_088_-_2024_-_dls_e_csj_-_congratulacao_com_a_dre.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1294/mocao_no_088_-_2024_-_dls_e_csj_-_congratulacao_com_a_dre.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a equipe da Diretoria Regional de Educação de Alta Floresta – DRE/AF-MT, extensivo a todos como diretores, coordenadores, professores, profissionais da educação, alunos e famílias dos alunos pelo brilhante desempenho, resultados e classificação do município de Alta Floresta e região no IDEB - Índice de Desenvolvimento da Educação Básica de 2023.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1301/mocao_no_089_-_2024_-_fit_congratulacao_com_o_grupo_okavango.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1301/mocao_no_089_-_2024_-_fit_congratulacao_com_o_grupo_okavango.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o grupo “OKAVANGO” pelo êxito na realização da Semana do Capoeirista, no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1302/mocao_no_090_-_2024_-_dpt__congratulacao_a_empresa_pneuzao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1302/mocao_no_090_-_2024_-_dpt__congratulacao_a_empresa_pneuzao.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Pneu Tech Ltda (PNEUZÃO) pela relevante contribuição econômica e social  em prol do nosso município.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1303/mocao_no_091-2024_-_dptc_-_congratulacao_com_a_empresa_boneca_de_pano.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1303/mocao_no_091-2024_-_dptc_-_congratulacao_com_a_empresa_boneca_de_pano.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Boneca de Pano, em reconhecimento pelos seus 18 anos de excelência no comércio de roupas e pela sua notável trajetória de crescimento no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1304/mocao_no_092-2024_-_camara_-_postuma_de_louvor_ten._cel._evandro_dias_de_souza.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1304/mocao_no_092-2024_-_camara_-_postuma_de_louvor_ten._cel._evandro_dias_de_souza.pdf</t>
   </si>
   <si>
     <t>MOÇÃO PÓSTUMA DE LOUVOR em tributo à memória do saudoso Tenente Coronel BM Evandro Dias de Souza, ocasião do primeiro ano de seu falecimento, em reconhecimento de sua honrada atuação e brilhante trajetória em nossa Cidade.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1325/mocao_no_093-2024_-_bps_-_congratulacao_com_a_empresa_estrela_de_davi.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1325/mocao_no_093-2024_-_bps_-_congratulacao_com_a_empresa_estrela_de_davi.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à Empresa Estrela de Davi, em reconhecimento pelos relevantes serviços prestados à comunidade e pelo sucesso alcançado ao longo de seus 2 anos e 5 meses de atuação no mercado.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1326/mocao_no_094-2024_-_dptc_-_congratulacao_com_a_equipe_de_robotica_do_senai.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1326/mocao_no_094-2024_-_dptc_-_congratulacao_com_a_equipe_de_robotica_do_senai.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Equipe Forest Guardians, composta por alunos do SENAI Alta Floresta, pelo destacado e brilhante desempenho no Festival SESI de Robótica, na categoria FRC (FIRST Robotic Competition), realizado em Cuiabá.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1327/mocao_no_095_-2024_-mrm_-_congratulacao_com_o_sr._sinomar.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1327/mocao_no_095_-2024_-mrm_-_congratulacao_com_o_sr._sinomar.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Sr. Sinomar Fernando Ribeiro, em reconhecimento à sua significativa trajetória profissional e empreendedora no setor de design gráfico, ao longo de 19 anos de dedicação, inovação e contribuição ao desenvolvimento deste importante segmento.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1328/mocao_no_096_-2024_-mrm_-_congratulacao_com_o_hubner_douglas_lima_de_matos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1328/mocao_no_096_-2024_-mrm_-_congratulacao_com_o_hubner_douglas_lima_de_matos.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Sr. Hubner Douglas Lima de Matos, produtor audiovisual, pelos 18 anos de experiência na área de comunicação e pelos 11 anos de fundação da empresa HD Mídia Produções.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1338/mocao_no_097_-2024_-_ods_-_congratulacao_com_o_barbeiro_luiz_carlos_saraiva_de_arruda.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1338/mocao_no_097_-2024_-_ods_-_congratulacao_com_o_barbeiro_luiz_carlos_saraiva_de_arruda.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Sr. Luiz Carlos Saraiva de Arruda, por sua destacada contribuição à comunidade, especialmente no ramo da barbearia e na formação de profissionais.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1339/mocao_no_098_-2024_-_jvn_-_congratulacao_com_a_empresa_micro_inversor_solar.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1339/mocao_no_098_-2024_-_jvn_-_congratulacao_com_a_empresa_micro_inversor_solar.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Micro Inversor Solar Beira, através dos empresários Fabrício Duarte Pereira e Nininberg Souza Santos pelos avanços e relevante contribuição econômica para Alta Floresta e Região.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1340/mocao_no_099_-2024_-_jvn_-_congratulacao_com_giovani_presotto.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1340/mocao_no_099_-2024_-_jvn_-_congratulacao_com_giovani_presotto.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com Giovani Presotto, em reconhecimento aos relevantes serviços prestados à comunidade e pela sua atuação exemplar no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1341/mocao_no_100-2024_-_camara_-_com_a_escola_de_tempo_integral_jvc.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1341/mocao_no_100-2024_-_camara_-_com_a_escola_de_tempo_integral_jvc.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à Escola de Tempo Integral Jayme Veríssimo de Campos Junior, pela extraordinária pontuação alcançada no Índice de Desenvolvimento da Educação Básica (IDEB), atingindo a nota de 5.1 no ano de 2023, o que representa a melhor nota do município e uma das melhores do Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1342/mocao_no_101-2024_-_fit_-_congratulacoes_com_a_empresa_churrasco_vitoria.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1342/mocao_no_101-2024_-_fit_-_congratulacoes_com_a_empresa_churrasco_vitoria.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa Churrasco Vitória pelos relevantes serviços prestados no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1353/mocao_no_102_-2024_-mrm_-_congratulacao_com_o_paulo_cezar_chardulo.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1353/mocao_no_102_-2024_-mrm_-_congratulacao_com_o_paulo_cezar_chardulo.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o radialista Sr. Paulo Cezar Chardulo, por contribuir de maneira ímpar para o desenvolvimento da comunicação regional.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1354/mocao_no_103_-2024_-mrm_-_congratulacao_com_o_flavia_bulhoes.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1354/mocao_no_103_-2024_-mrm_-_congratulacao_com_o_flavia_bulhoes.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Sra. Flávia Cristina Bulhões Buchmann, por contribuir com relevância para o desenvolvimento da comunicação, cultura e eventos em nosso município.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1364/mocao_no_104-2024_-_dls_-_congratulacao_com_jornalista_danny_bueno.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1364/mocao_no_104-2024_-_dls_-_congratulacao_com_jornalista_danny_bueno.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao colunista e jornalista investigativo Danny Bueno, do site Mato Grosso Ao Vivo, pelos relevantes serviços prestados à sociedade através de seu trabalho especializado em reportagem investigativa.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_no_105-2024-_cmaf_-_congratulacoes_cooperpam_selo_sim.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_no_105-2024-_cmaf_-_congratulacoes_cooperpam_selo_sim.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Cooperativa dos Aquicultores do Portal da Amazônia (COOPERPAM), pela obtenção do selo SIM (Selo de Inspeção Municipal), condição indispensável para certificação de segurança e eficácia nos processos de produção. incentivo da economia local e, principalmente, estímulo da agricultura familiar, gerando emprego e renda de maneira sustentável.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_no_106-2024-_jvn_-_repudio_concessionaria_dos_servicos_agua_e_esgoto.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_no_106-2024-_jvn_-_repudio_concessionaria_dos_servicos_agua_e_esgoto.pdf</t>
   </si>
   <si>
     <t>REPÚDIO à Concessionária dos Serviços Públicos de Água e Esgoto de Alta Floresta, devido ao descaso, maus serviços prestados e incompetência para atender ao interesse da coletividade.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1376/mocao_no_107-2024-_jvn_-_apelo_prefeito_valdemar_gamba.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1376/mocao_no_107-2024-_jvn_-_apelo_prefeito_valdemar_gamba.pdf</t>
   </si>
   <si>
     <t>APELO ao Prefeito Municipal e a Agência Reguladora – Ager/Sinop, visando adotar as providências cabíveis e necessárias para reestabelecer o abastecimento de água do município, bem como medidas que visem evitar que tais problemas se repitam nos anos subsequentes.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1405/mocao_no_108-2024-_cmaf_-_agradecimento_aos_produtores_rurais_pe.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1405/mocao_no_108-2024-_cmaf_-_agradecimento_aos_produtores_rurais_pe.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES e AGRADECIMENTOS sincero com os senhores Aleixo Pianovski, Antenor Sicuto, Antonio Claudemir Mulizine, Carlos Alberto Redondo e Júlio Giacomin, pela generosa e pronta cedência de água de suas represas em um momento de grave estiagem em nosso município.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1406/mocao_no_109_-2024_-_jvn_-_congratulacao_fisiculturistas_no_even.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1406/mocao_no_109_-2024_-_jvn_-_congratulacao_fisiculturistas_no_even.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com os fisiculturistas que representaram com excelência a cidade no evento Pantanal Contest 2024, em Cuiabá, MT, no dia 05 de outubro de 2024.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1433/mocao_no_110-2024_-_csj_-_congratulacao_aos_atiradores_do_tiro_de_guerra_no_ano_de_2024.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1433/mocao_no_110-2024_-_csj_-_congratulacao_aos_atiradores_do_tiro_de_guerra_no_ano_de_2024.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a “Turma Tenente Coronel BM Evandro Dias de Souza” de atiradores do Tiro de Guerra pelo exemplar desempenho e compromisso com a comunidade ao longo do ano de 2024.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1434/mocao_no_111-2024_-_fit_-_congratulacao_com_os_times_finalistas_da_copa_batom.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1434/mocao_no_111-2024_-_fit_-_congratulacao_com_os_times_finalistas_da_copa_batom.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com as equipes finalistas da Copa Batom de Futsal feminino no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1437/mocao_no_112-2024_-_fit_-_congratulacao_com_o_professor_agnaldo.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1437/mocao_no_112-2024_-_fit_-_congratulacao_com_o_professor_agnaldo.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Professor Agnaldo Batista de Lima pela relevante contribuição ao desenvolvimento educacional, cultural e social do município de Alta Floresta.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1438/mocao_no_113-2024_-_dls_-_pesar_a_claudineia_marques_rodrigues.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1438/mocao_no_113-2024_-_dls_-_pesar_a_claudineia_marques_rodrigues.pdf</t>
   </si>
   <si>
     <t>Pesar manifestando solidariedade à família Rodrigues pelo passamento de Claudineia Marques Rodrigues, ocorrido no dia 13 de novembro do corrente.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1453/mocao_no_114-2024_-_asr_-_congratulacao_ao_senhor_napoleao_teixeira_ferreira.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1453/mocao_no_114-2024_-_asr_-_congratulacao_ao_senhor_napoleao_teixeira_ferreira.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Senhor, Napoleão Teixeira Ferreira, pelos relevantes serviços prestados no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1454/mocao_no_115-2024_-_asr_-_congratulacao_ao_senhor_martinho_braz_zabot.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1454/mocao_no_115-2024_-_asr_-_congratulacao_ao_senhor_martinho_braz_zabot.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Senhor, Martinho Braz Zabot, pelos relevantes serviços prestados no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1455/mocao_no_116-2024_-_jvn_-_congratulacao_a_equipe_dojokun_karate.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1455/mocao_no_116-2024_-_jvn_-_congratulacao_a_equipe_dojokun_karate.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com à Equipe DojoKun Karate de Alta Floresta, que, junto com a delegação de Mato Grosso, participou brilhantemente do Campeonato Brasileiro de Karatê 2024, realizado nos dias 16 e 17 de novembro, em Uberaba, Minas Gerais.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1456/mocao_no_117-2024_-_ods_-_congratulacao_com_a_familia_sierra.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1456/mocao_no_117-2024_-_ods_-_congratulacao_com_a_familia_sierra.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a família Sierra, pela inauguração de um prédio com estrutura moderna na Avenida Jayme Campos, contribuindo para o desenvolvimento urbano, econômico e social do município de Alta Floresta.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1457/mocao_no_118-2024_-_mrm_-_congratulacao_com_os_decanos__da_camara_municipal_de_alta_floresta.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1457/mocao_no_118-2024_-_mrm_-_congratulacao_com_os_decanos__da_camara_municipal_de_alta_floresta.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES E AGRADECIMENTO aos servidores decanos da Câmara Municipal de Alta Floresta, pelos longos anos de relevantes serviços prestados ao Poder Legislativo do município, exercendo com dignidade e presteza o seu trabalho.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1478/mocao_no_119-2024_-_fit_-_congratulacao_com_o_tatuador_rogerio_vieira.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1478/mocao_no_119-2024_-_fit_-_congratulacao_com_o_tatuador_rogerio_vieira.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Profissional Tatuador Rogério Vieira dos Santos em reconhecimento à sua trajetória de vida, trabalho artístico e impacto social na promoção da autoestima e valorização cultural através da tatuagem no município de Alta Floresta.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1479/mocao_no_120-2024_-_dls_-_congratulacao_com_a_prof._eni_mackaulli_da_silva_pilger.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1479/mocao_no_120-2024_-_dls_-_congratulacao_com_a_prof._eni_mackaulli_da_silva_pilger.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Professora Eni Mackaulli Da Silva Pilger, pelos relevantes serviços prestados à educação e pela constante busca por excelência em sua formação acadêmica e profissional.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1480/mocao_no_121-2024_-_dptc_-_congratulacao_com_a_aluna_andressa_da_silva_martins.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1480/mocao_no_121-2024_-_dptc_-_congratulacao_com_a_aluna_andressa_da_silva_martins.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a aluna Andressa da Silva Martins, do SENAI, pela conquista alcançada na 16ª Mostra Estadual de Ciência, Tecnologia e Inovação de Mato Grosso (MECTI).</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1481/mocao_no_122-2024_-_dpt-_congratulacao_com_o_supermercado_araujo.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1481/mocao_no_122-2024_-_dpt-_congratulacao_com_o_supermercado_araujo.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a empresa “Supermercado Araújo” pela relevante  contribuição econômica e social em prol do nosso município.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1504/mocao_no_123-2024_-_csj_-_congratulacao_ao_departamento_de_iluminacao_publica.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1504/mocao_no_123-2024_-_csj_-_congratulacao_ao_departamento_de_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o trabalho realizado pela equipe de iluminação pública no período de 2022 a 2024, composta pelos colaboradores Pedro Soares de Souza Neto, Maciel Gonçalves, Vilson de Oliveira, Júlio Cesar Wagner, Lucas da Silva de Paulo e Marcelo Lima dos Santos.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1505/mocao_no_124-2024_-_fit_-_congratulacao_com_as_professoras_valdirene_e_maria_jose.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1505/mocao_no_124-2024_-_fit_-_congratulacao_com_as_professoras_valdirene_e_maria_jose.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com as Professoras Maria José de Souza Carneiro e Valdirene Aparecida Gonçalves por suas notáveis contribuições à educação e à comunidade local do município de Alta Floresta.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1506/mocao_no_125-2024_-_bps_-_congratulacao_com_ricardo_de_oliveira_toscano.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1506/mocao_no_125-2024_-_bps_-_congratulacao_com_ricardo_de_oliveira_toscano.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao senhor Ricardo de Oliveira Toscano, em reconhecimento pelos relevantes serviços prestados à comunidade e pelo empreendedorismo e dedicação ao município.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1507/mocao_no_126-2024_-mrm_-_congratulacao_com_o_grupo_moreira..doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1507/mocao_no_126-2024_-mrm_-_congratulacao_com_o_grupo_moreira..doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Grupo Moreira - Comércio de Alimentos e Vestuários, na pessoa dos empresários Antônio Moreira de Sousa e Francimar Lima de Sousa, pelo notável trabalho realizado ao longo dos anos na cidade de Alta Floresta.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1508/mocao_no_127-2024_-_bps_-_congratulacao_com_a_empresa_grf_incorporadora.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1508/mocao_no_127-2024_-_bps_-_congratulacao_com_a_empresa_grf_incorporadora.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES à empresa GRF Incorporadora, em reconhecimento ao seu notável desempenho e contribuição para o desenvolvimento econômico de Alta Floresta.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1509/mocao_no_128-2024_-_asr_-_congratulacao_ao_senhor_celso_batista_medina.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1509/mocao_no_128-2024_-_asr_-_congratulacao_ao_senhor_celso_batista_medina.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Sr. Celso Batista Medina, evidenciando sua atuação marcante tanto no âmbito profissional quanto social em Alta Floresta.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1510/mocao_no_129-2024_-_asr_-_congratulacao_ao_senhor__antonio_alves_da_silva.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1510/mocao_no_129-2024_-_asr_-_congratulacao_ao_senhor__antonio_alves_da_silva.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Sr. Antônio Alves da Silva, em reconhecimento pelos relevantes serviços prestados à comunidade de Alta Floresta, tanto no campo profissional quanto no âmbito social.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1511/mocao_no_130-2024_-_dls_-_congratulacao_com_o_coordenador_pedagogico_gilvani_franco_kreling.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1511/mocao_no_130-2024_-_dls_-_congratulacao_com_o_coordenador_pedagogico_gilvani_franco_kreling.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com o Professor e Coordenador Pedagógico Gilvani Franco Kreling, da Escola Estadual Jardim Universitário, em reconhecimento ao excelente trabalho desempenhado ao longo de sua gestão, caracterizado pelo comprometimento, profissionalismo e impacto positivo na comunidade escolar.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1512/mocao_no_131-2024_-_cmaf_-_congratulacao_a_equipe_rischuna_-_olimpiada_de_foguetes.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1512/mocao_no_131-2024_-_cmaf_-_congratulacao_a_equipe_rischuna_-_olimpiada_de_foguetes.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES com a Equipe RISCHUNA, composta pelos alunos Ana Clara Ferreira Oliveira Pereira, João Vítor de Campos Ribeiro e Mateus Schuster Simão da Escola Estadual Militar Dom Pedro II, pela brilhante conquista do Título de Campeã na Mostra Brasileira de Foguetes (MOBFOG) 2024, alcançando a incrível marca de 256 metros com seu foguete.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1524/mocao_no_132-2024_-_csj_-_congratulacao_ao_senhor__celco_ferreira_dos_santos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1524/mocao_no_132-2024_-_csj_-_congratulacao_ao_senhor__celco_ferreira_dos_santos.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES ao Servidor Celço Ferreira dos Santos, por sua relevante contribuição ao longo 31 anos dedicados ao município.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/670/oficio_n_007-2024_-_pl_2.282-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/670/oficio_n_007-2024_-_pl_2.282-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.282/2024,em regime de tramitação URGÊNCIA ESPECIAL, que tem como súmula: “DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS EXISTENTES E CRIAÇÃO DE NOVOS COM CARACTERÍSTICAS DE CHÁCARAS DE RECREIO E/OU RURAIS NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1012/oficio_010-2024_dpt_sms_-_pam_emenda_retifica.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1012/oficio_010-2024_dpt_sms_-_pam_emenda_retifica.pdf</t>
   </si>
   <si>
     <t>Com os meus cordiais cumprimentos, eu, vereador Derci Paulo Trevisan, no uso de minha prerrogativas legais e regimentais, considerando o Oficio 151/2024 SMS/GABINETE do dia 09/04 do corrente, da lavra da Secretária Municipal de Saúde, apresentando justificativa de inviabilidade técnica para atendimento do objeto constante na alínea a), inciso I, art. 1º da Emenda Impositiva n° 037/2023, de minha autoria, no tocante ao valor de R$ 104.258,73 (cento e quatro mil, duzentos e cinquenta e oito reais e setenta e três centavos), direcionado à Secretaria Municipal de Saúde, junto à AÇÃO 2171 MANUTENÇÃO DO PRONTO ATENDIMENTO MUNICIPAL - PAM, para manutenção e aquisição de materiais de higiene pessoal para os pacientes, em virtude do objeto proposto já estar sendo atendido e, portanto, inviável a aplicação do referido recurso financeiro, diante disso, venho por meio deste SOLICITAR a alteração do sobredito objeto inicialmente proposto, com o intuito de que a Secretaria Municipal de Saúde possa u</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/678/oficio_n_015-2023_-_pl_2.281-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/678/oficio_n_015-2023_-_pl_2.281-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a retirada de tramitação do Projeto de Lei n.º 2281/2024, que tem por súmula: “AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR READEQUAÇÃO NOS ANEXOS DO PLANO PLURIANUAL - PPA 2022-2025 DO MUNICÍPIO DE_x000D_
 ALTA FLORESTA/MT E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/671/oficio_n_021-2024_-_pl_2.283-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/671/oficio_n_021-2024_-_pl_2.283-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação EM Regime de URGÊNCIA ESPECIAL e aprovação do Projeto de Lei n.º 2.283/2024, que tem por súmula “DISPÕE SOBRE O REAJUSTE DOS BENEFÍCIOS MANTIDOS PELO INSTITUTO DE PREVIDÊNCIA DO SERVIDOR MUNICIPAL DE ALTA FLORESTA-IPREAF”.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/672/oficio_n_023-2024_-_pl_2.284-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/672/oficio_n_023-2024_-_pl_2.284-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação em regime de URGÊNCIA ESPECIAL e aprovação do Projeto de Lei n.º 2.284/2024, que tem por súmula “AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR READEQUAÇÃO NOS ANEXOS DO PLANO PLURIANUAL – PPA 2022-2025 DO MUNICÍPIO DE ALTA FLORESTA/MT E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/673/oficio_n_024-2024_-_pl_2.285-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/673/oficio_n_024-2024_-_pl_2.285-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação em regime de URGÊNCIA ESPECIAL e aprovação do Projeto de Lei n.º 2.285/2024, que tem por súmula: “DISPÕE SOBRE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES DO MUNICÍPIO DE ALTA FLORESTA/MT, E DOS SERVIDORES DO IPREAF, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/674/oficio_n_025-2024_-_pl_2.286-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/674/oficio_n_025-2024_-_pl_2.286-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação em regime de URGÊNCIA ESPECIAL e aprovação do Projeto de Lei n.º 2.286/2024, que tem por súmula: “DISPÕE SOBRE A AUTORIZAÇÃO DO MUNICÍPIO DE ALTA FLORESTA A FIRMAR CONVÊNIO COM A AGÊNCIA REGULADORA DE SERVIÇOS PÚBLICOS DELEGADOS DO MUNICÍPIO DE SINOP - AGER SINOP, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/676/oficio_n_026-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/676/oficio_n_026-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a CONVOCAÇÃO DE SESSÃO EXTRAORDINÁRIA nos termos do Regimento Interno da Câmara Municipal de Alta Floresta/MT, para apreciação/votação dos Projetos 2.282/2024, 2.283/2024, 2.284/2024, 2.285/2024 e 2.286/2024:</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/675/oficio_n_028-2024_-_pl_2.287-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/675/oficio_n_028-2024_-_pl_2.287-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação em regime de URGÊNCIA ESPECIAL e aprovação do Projeto de Lei n.º 2.287/2024, que tem por súmula: “ AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERÁVIT FINANCEIRO DO EXERCÍCIO DE 2023, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883/2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/677/oficio_n_029-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/677/oficio_n_029-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a CONVOCAÇÃO DE SESSÃO EXTRAORDINÁRIA nos termos do_x000D_
 'Regimento Interno da Câmara Municipal de Alta Floresta/MT, para apreciação/votação do Projeto de Lei n° 2.287/2024:</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/679/oficio_32-2024_-_protocolado.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/679/oficio_32-2024_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a modificação do tramite do projeto Lei n.º 2.282/2024, que tem como_x000D_
 súmula: “DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS EXISTENTES E CRIAÇÃO DE NOVOS COM CARACTERÍSTICAS DE CHÁCARAS DE RECREIO E/OU RURAIS NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS”_x000D_
 encaminho através do oficio n.º 007/2024 — GP. _x000D_
 Que seja retirado da tramitação em regime de urgência e passe a tramitar em regine ordinário.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/689/oficio_no_036-2024_-_pl_2.288-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/689/oficio_no_036-2024_-_pl_2.288-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.288/2024, que por sumula "AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR Readequação NOS ANEXOS DO PLANO PLURIANUAL - PPA 2022-2025 DO MUNICIPIO DE ALTA FLORESTAIMT E DA OUTRAS PROVIDENCIAS"._x000D_
 _x000D_
 O presente Projeto de Lei visa realizar a readequação nos anexos do Plano Plurianual — PPA 2022-2025 com compatibilidade com a Lei de Diretrizes_x000D_
 Orçamentarias — LDO e Lei Orçamentaria Anual — LOA — 2024 do município de Alta Floresta/MT._x000D_
 _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE_x000D_
 URGENCIA ESPECIAL.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/690/oficio_no_037-2024_-_pl_2.288-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/690/oficio_no_037-2024_-_pl_2.288-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a Convocação DE SESSAO EXTRAORDINARIA nos termos do Regimento Interno da Camara Municipal de Alta Floresta/MT, para apreciação/votação do Projeto 2.288/2024:_x000D_
 _x000D_
 PROJETO DE LEI N.° 2.288/2024, SUMULA: "AUTORIZA 'O EXECUTIVO MUNICIPAL A REALIZAR Readequação NOS ANEXOS DO_x000D_
 PLANO PLURIANUAL - PPA 2022-2025 DO MUNICIPIO DE ALTA FLORESTA/MT E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/708/of_046-2024-gp_-_enc_p_de_lei_2289-2024_-_superavit_financeiro_-_pmaf.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/708/of_046-2024-gp_-_enc_p_de_lei_2289-2024_-_superavit_financeiro_-_pmaf.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.289/2024, que tem por súmula:“AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERAVIT_x000D_
 FINANCEIRO DO EXERCÍCIO DE 2024, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883, DE 21 DE DEZEMBRO_x000D_
 DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 _x000D_
 O presente Projeto de Lei tem por objetivo a autorização para utilização do superávit financeiro apurado no Anexo 14 - Balanço Patrimonial do Exercício de 2023 (Lei 4.320/64 — DCASP), destinados a acobertar despesas importantes já que os recursos vinculados deverão ser aplicados no objeto para os quais foram reservados, ainda que em exercício subsequente ao ingresso, conforme disposto no parágrafo único do Artigo 8º da Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/721/of_53-2024-_encaminha_projeto_de_lei_2.290-2024_-_complemento_de_repasse_de_valores_clube_de_volei_-.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/721/of_53-2024-_encaminha_projeto_de_lei_2.290-2024_-_complemento_de_repasse_de_valores_clube_de_volei_-.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação em REGIME DE URGÊNCIA ESPECIAL e aprovação do Projeto de Lei n.º 2.289/2024, que tem por súmula:“AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERAVIT FINANCEIRO DO EXERCÍCIO DE 2024, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883, DE 21 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS”. O presente Projeto de Lei tem por objetivo a autorização para utilização do superávit financeiro apurado no Anexo 14 - Balanço Patrimonial do Exercício de 2023 (Lei 4.320/64 — DCASP), destinados a acobertar despesas importantes já que os recursos vinculados deverão ser aplicados no objeto para os quais foram reservados, ainda que em exercício subsequente ao ingresso, conforme disposto no parágrafo único do Artigo 8º da Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a Convocação DE SESSAO EXTRAORDINARIA nos termos do Regimento Interno da Camara Municipal de Alta Floresta/MT, para apreciação/votação do Projeto 2.290/2024</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/739/of_56-2024-_encaminha_projeto_de_lei_2.291-2024_-alteraei_2.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/739/of_56-2024-_encaminha_projeto_de_lei_2.291-2024_-alteraei_2.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.291/2024, que tem por súmula “ALTERA DISPOSITIVOS DA LEI 2.734/2022, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/764/oficio_no_071-2024_-_gp_-_pedido_de_urgencia_especial.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/764/oficio_no_071-2024_-_gp_-_pedido_de_urgencia_especial.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a modificação do regime de tramitação e aprovação relativo ao projeto de lei n° 2.291/2024 que tem como súmula "ALTERA DISPOSITIVOS DA LEI 2.734/2022, E DÁ OUTRAS PROVIDÊNCIAS" de regime de tramitação ORDINÁRIO, para regime de tramitação em URGÊNCIA ESPECIAL.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/813/oficio_n_075-2024_-_pl_2.292-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/813/oficio_n_075-2024_-_pl_2.292-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Exceléncia a tramitagdo e aprovagdo do Projeto de Lei n.°_x000D_
 2.292/2024, que tem por simula: “ACRESCENTA O PARAGRAFO UNICO NO ARTIGO 1.° DA LEI 1.721/2009, E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/814/oficio_n_076-2024_-_pl_2.293-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/814/oficio_n_076-2024_-_pl_2.293-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Exceléncia a tramitagdo e aprovag¢do do Projeto de Lei n.” 2.293/2024, que tem por sumula: “AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS RECEBIDOS DA UNIAO PARA_x000D_
 CUMPRIMENTO DA ASSISTENCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022, E DA_x000D_
 OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/815/oficio_n_077-2024_-_pl_2.294-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/815/oficio_n_077-2024_-_pl_2.294-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Exceléncia a tramitagdo e aprovagdo do Projeto de Lei n.°_x000D_
 2.294/2024, que tem por simula: “DISPOE SOBRE A PROIBICAO DE NOVAS LIGACOES DE ENERGIA ELETRICA E DE AGUA E ESGOTO EM_x000D_
 LOTEAMENTOS CLANDESTINOS SEM A AUTORIZACAO PREVIA DO PROPRIETARIO NO AMBITO DO MUNICIiPIO DE ALTA FLORESTA-MT, E_x000D_
 DA OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/816/oficio_n_078-2024_-_pl_2.295_-_2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/816/oficio_n_078-2024_-_pl_2.295_-_2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenté-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Exceléncia a tramitagdo e aprovagdo do Projeto de Lei n.°_x000D_
 2.295/2024, que tem por sumula: “DISPOE SOBRE A POLITICA MUNICIPAL DE HABITACAO DE INTERESSE SOCIAL, A REESTRUTURACAO DO FUNDO MUNICIPAL DE HABITACAO DE INTERESSE SOCIAL E DO CONSELHO MUNICIPAL DE HABITACAO DE INTERESSE SOCIAL E DA OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/818/oficio_n_079-2024_-_pl_2.296-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/818/oficio_n_079-2024_-_pl_2.296-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimenta-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovado do Projeto de Lei n.°_x000D_
 2.296/2024, que tem por simula: “AUTORIZA O MUNICIPIO DE ALTA FLORESTA/MT A REPASSAR AO SINDICATO RURAL DE ALTA FLORESTA A QUANTIA DE RS 100.000,00 (CEM MIL REAIS) PARA AUXILIAR NA REALIZACAO DA TECNOALTA/2024, E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/891/oficio_109-2024-gp_retirada_tramitacao_plc_2.272-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/891/oficio_109-2024-gp_retirada_tramitacao_plc_2.272-2023.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a retirada de tramitação do Projeto de Lei n.° 2272/2023, que tem por súmula: "DISPÕE SOBRE A INSTITUIÇÃO DA GRATIFICAÇÃO POR PRODUTIVIDADE AOS SERVIDORES QUE MENCIONA NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA-MT, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.297/2024, que tem por súmula: “AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A REPASSAR À , E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/895/of_111-2024-gp-_encaminha_projeto_de_lei_2.297-2024_-_associacao_servidores_do_sistema_penitenciario.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/895/of_111-2024-gp-_encaminha_projeto_de_lei_2.297-2024_-_associacao_servidores_do_sistema_penitenciario.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.298/2024, que tem por súmula: “AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A REPASSAR À , E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/912/of_117-2024-gp-_encaminha_projeto_de_lei_2.299-2024_-.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/912/of_117-2024-gp-_encaminha_projeto_de_lei_2.299-2024_-.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n. 2.299/2024, que tem por súmula: "ALTERA E ACRESCENTA DISPOSITIVOS A LEI COMPLEMENTAR N° 2.808/2023, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua integra em regime de urgência especial. Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/913/of_119-2024-gp-_encaminha_projeto_de_lei_2.300-2024_-.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/913/of_119-2024-gp-_encaminha_projeto_de_lei_2.300-2024_-.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.300/2024, que tem por súmula: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NA ESTRUTURA DA LEI 2.883/2023 - LEI ORÇAMENTÁRIA ANUAL (LOA) DO MUNICÍPIO DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua integra, em regime de urgência especial</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/914/of_123-2024-gp-_encaminha_projeto_de_lei_2.301-2024_-.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/914/of_123-2024-gp-_encaminha_projeto_de_lei_2.301-2024_-.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.301/2024, que tem por súmula: "ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR N° 1.527/2006, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra, em regime de urgência especial.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/904/of_124-2024-gp-_encaminha_projeto_de_lei_2.302-2024_-.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/904/of_124-2024-gp-_encaminha_projeto_de_lei_2.302-2024_-.doc</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.302/2024, que tem por súmula: “ALTERA E ACRESCENTA DISPOSITIVOS À LEI COMPLEMENTAR Nº 2.771//2023, E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra, em regime de urgência especial</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/934/of_136-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2295.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/934/of_136-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2295.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a modificação do regime de tramitação e aprovação relativo ao Projeto de Lei n.° 2.295/2024, que tem como súmula: "DISPÕE SOBRE A POLÍTICA MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL, A REESTRUTURAÇÃO DO FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DO CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS", d regime de tramitação ORDINÁRIO para regime de tramitação em URGENCIA ESPECIAL.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/959/of_152-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2303-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/959/of_152-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2303-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a modificação do regime de tramitação e aprovação relativo ao Projeto de Lei n.º 2.303/2024, que tem como súmula: “AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A RATIFICAR AS ALTERAÇÕES E ASSINAR O PROTOCOLO DE INTENÇÕES ALTERADO E CONSOLIDADO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REGIÃO DO ALTO TAPAJÓS QUE ENTRE SI CELEBRAM OS MUNICÍPIOS DE ALTA FLORESTA/MT, APIACÁS/MT, NOVA BANDEIRANTES/MT, NOVA MONTE VERDE/MT, PARANAÍTA/MT E CARLINDA/MT, E DÁ OUTRAS PROVIDÊNCIAS”, d regime de tramitação ORDINÁRIO para regime de tramitação em URGÊNCIA ESPECIAL._x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/958/of_153-2024-_gp-_encaminha_projeto_de_lei_2304-2024_-.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/958/of_153-2024-_gp-_encaminha_projeto_de_lei_2304-2024_-.doc</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.304/2024, que tem por súmula: “DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/953/oficio_159-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/953/oficio_159-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a retirada de tramitação do Projeto de Lei n.° 2282/2024, que tem por_x000D_
 súmula: "DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS EXISTENTES E CRIAÇÃO DE NOVOS COM CARACTERÍSTICAS_x000D_
 DE CHÁCARAS DE RECREIO E/OU RURAIS NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.305/2024, que tem por súmula: TORNA OBRIGATÓRIA A CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS DE PROFESSORES E FUNCIONÁRIOS DOS ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS DE EDUCAÇÃO BÁSICA E DE EDUCAÇÃO INFANTIL, DO MUNICÍPIO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA ESPECIAL, considerando-se a necessidade de que o presente projeto seja analisado em regime de urgência especial.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1014/of_174-2024-gp_-_encaminha_projeto_de_lei_2307-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1014/of_174-2024-gp_-_encaminha_projeto_de_lei_2307-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.307/2024, que tem por_x000D_
 súmula “DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO EM PROCEDER A DISPENSA PARCIAL DOS ENCARGOS DEVIDOS RELATIVOS À MULTA DE MORA, AOS JUROS DE MORA, DOS CRÉDITOS DA FAZENDA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/950/oficio_no_183-2024_-_gab.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/950/oficio_no_183-2024_-_gab.pdf</t>
   </si>
   <si>
     <t>SOLICITA alteração de objeto inicialmente proposto pela Emenda Impositiva nº 044/2023, constante da alínea a), inciso II, art. 1º , em face do impedimento técnico apresentado pela Secretaria Municipal de Fazenda, com o intuito de que a entidade indicada possa utilizar os recursos conforme a seguir especificado: “alocação de recursos financeiros da ordem de R$ 65.000,00 (sessenta e cinco mil reais) no Gabinete do Prefeito, subvenção à ASSOCIACAO NOSSA CASA, a Casa de Apoio “Nossa Casa”, para manutenção e custeio da entidade, compreendendo a aquisição de material de consumo e equipamentos”.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1016/of_185-2024-gp_-_encaminha_projeto_de_lei_2308-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1016/of_185-2024-gp_-_encaminha_projeto_de_lei_2308-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.308/2024, que tem por súmula: “INSERE O LOTE AF-1/11-B COMO PERÍMETRO URBANO DESCONTÍNUO E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA, com o intuito de agilizar as providências para a regularização do Aterro Sanitário Municipal.,_x000D_
 _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1039/oficio_n_186-2024_-_gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1039/oficio_n_186-2024_-_gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.309/2024, que tem por súmula: AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A PROCEDER AO REPASSE À ASSOCIAÇÃO DE MORADORES DO BAIRRO SANTA MARIA COM FINALIDADE DE FOMENTAR PRÁTICAS ESPORTIVAS, EDUCACIONAIS E CULTURAIS A JOVENS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA ESPECIAL, considerando-se a necessidade de que o presente projeto seja analisado em regime de urgência especial. Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração._x000D_
 _x000D_
 Atenciosamente,</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1066/oficio.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1066/oficio.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.310/2024, que tem por súmula: “DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS RURAIS PARA AGRICULTURA FAMILIAR, LAZER/ TURISMO, RECREAÇÃO E EM ATIVIDADES PRODUTIVAS E/OU RESIDÊNCIA NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/oficio_254-2024_-_gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/oficio_254-2024_-_gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.°_x000D_
 2.311/2024, que tem por súmula: "ALTERA DISPOSITIVOS DA LEI 2.931/2024, E DÁ OUTRAS PROVIDENCIAS"._x000D_
 _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE_x000D_
 URGÊNCIA. _x000D_
 _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra._x000D_
 _x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/oficio_293-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/oficio_293-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, à presença de Vossa Excelência, encaminhar as razões do VETO TOTAL n° 004/2024, referente_x000D_
 ao Projeto de Lei n.° 023/2024, iniciativa do Poder legislativo, que "INSTITUI O PROGRAMA BANCA DO ESPORTE NO MUNICÍPIO DE ALTA_x000D_
 FLORESTA".</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/oficio_n_308-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/oficio_n_308-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Projeto de Lei n.º_x000D_
 2314/2024 que “Dispõe sobre a Elaboração da Lei de Diretrizes Orçamentárias — LDO para o Exercício de 2025 e dá outras providências._x000D_
 _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra._x000D_
 Por fim, informamos que os anexos desta Projeto de Lei, serão protocolados em arquivo digital formato PDF._x000D_
 _x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1274/oficio_328-2024_-_gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1274/oficio_328-2024_-_gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, à presença de Vossa Excelência, encaminhar as razões do VETO TOTAL n° 008/2024, referente_x000D_
 ao Projeto de Lei n.° 022/2024, iniciativa do Poder legislativo, que "GARANTE O DIRIETO DE PRIORIDADE DE MATRÍCULA DE IRMÃOS NA MESMA_x000D_
 UNIDADE ESCOLAR DA REDE MUNICIPAL DE EDUCAÇÃO DE ALTA FLORESTA"._x000D_
 _x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1279/oficio_329-2024_-_gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1279/oficio_329-2024_-_gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n. ° 2.315/2024_x000D_
 que "ACRESCENTA DISPOSITIVO À LEI COMPLEMENTAR N° 1.527/2006, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra._x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distintá consideração.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1349/oficio_n_375-2024.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1349/oficio_n_375-2024.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.317/2024_x000D_
 que "ALTERA DISPOSITIVOS DA LEI N° 2.949/2024, E DÁ OUTRAS PROVIDENCIAS"._x000D_
 _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE_x000D_
 URGENCIA ESPECIAL._x000D_
 _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1366/oficio_n_379-2024_-_gp_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1366/oficio_n_379-2024_-_gp_ocred.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º_x000D_
 2318/2024, que tem por súmula: “ESTIMA A RECEITA, FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA/MT PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra._x000D_
 _x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.319/2024_x000D_
 que “DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DE UMA UNIDADE ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS”. Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA ESPECIAL._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1471/ofcio_439-2024_ocred.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1471/ofcio_439-2024_ocred.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.320/2024_x000D_
 que “DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE TRANSPORTES - FMT, VINCULADO À SECRETARIA DE INFRAESTRUTURA E SERVIÇOS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA ESPECIAL.  _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1537/oficio_n._468-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1537/oficio_n._468-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.322/2024_x000D_
 que "AUTORIZA O MUNICÍPIO DE ALTA FLORESTA A ADERIR AO PROGRAMA DE CIRURGIAS ELETIV AS DO MUNICÍPIO DE PARANAÍTA, E DÁ OUTRAS PROV IDENCIAS". _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE_x000D_
 URGENCIA ESPECIAL. _x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1540/oficio_n._469-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1540/oficio_n._469-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.323/2024_x000D_
 que "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM O MUNICÍPIO DE PARANAÍTA E DÁ OUTRAS PROVIDENCIAS". _x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE_x000D_
 URGENCIA ESPECIAL._x000D_
 Contando com vossa habitual atenção, esperamos que seja o presente Projeto de Lei analisado, obtendo deliberação favorável em sua íntegra._x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e consideração.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1538/oficio_n._471-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1538/oficio_n._471-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a CONV OCAÇÃ O DE SESSÃ O EX TRAORDINÁ RIA nos_x000D_
 termos do Regimento Interno da Câmara Municipal de Alta FlorestalMT, para  apreciação/votação dos Projetos de Lei n.°2.322/2024:_x000D_
 Projeto de Lei n.°2.322/2024, que tem por súmula: "AUTORIZA O MUNICÍPIO DE ALTA FLORESTA A ADERIR AO PROGRAMA DE CIRURGIAS_x000D_
 ELETIV AS DO MUNICÍPIO DE PARANAÍTA, E DÁ OUTRAS PROV IDÊNCIAS". O Projeto de Lei foi encaminhado para ser apreciado em Regime de Urgência Especial.   Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1539/oficio_n._472-2024-gp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1539/oficio_n._472-2024-gp.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo, vimos, por intermédio deste, solicitar de Vossa Excelência a CONV OCAÇÃ O DE SESSAO EX TRAORDINÁ RIA nos_x000D_
 termos do Regimento Interno da Câmara Municipal de Alta Floresta/MT, para apreciação/votação dos Projetos de Lei n.°2.323/2024:_x000D_
 Projeto de Lei n.° 2.323/2024, que tem por súmula: "AUTORIZA O PODER EX ECUTIV O MUNICIPAL A CELEBRAR TERMO DE CONV ÊNIO COM O_x000D_
 MUNICÍPIO DE PARANAÍTA E DÁ OUTRAS PROV IDÊNCIAS". _x000D_
 O Projeto de Lei foi encaminhado para ser apreciado em Regime de Urgência Especial._x000D_
 Sendo só o que se apresenta para o momento, renovamos nossos votos de alta estima e distinta consideração.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1547/ofgab757_-_ao_executivo_oficializa_encaminhamento_da_relacao_e_das_emendas_impositivas_2025.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1547/ofgab757_-_ao_executivo_oficializa_encaminhamento_da_relacao_e_das_emendas_impositivas_2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Orcamento Impositivo 2025. Relacao das Emendas Impositivas_x000D_
 Senhor Prefeito,_x000D_
 Corn os meus cumprimentos, CONSIDERANDO a previsao constitucional do orcamento_x000D_
 publico impositivo aos estados e municipios direcionado as emendas individuais, instrumento pelo qual_x000D_
 os paliamentares tern espaco para apresentar emendas a Lei Orcamentaria Anual, indicando recursos_x000D_
 do Municipio para determinadas obras, projetos, orgaos da administracao ou instituicoes;_x000D_
 CONSIDERANDO a inclusao, do nominado "orcamento impositivo" no ambito deste Municipio,_x000D_
 nos termos que preceitua o Artigo 77-A da Lei Organica do Municipio, consoante as alteracoes_x000D_
 introduzidas pelas Emendas a Lei Organica N° 036/2023 (DOC/TCE-MT DE 10/02/2023) e N° 037/2024_x000D_
 (DOC/TCE-MT DE 17/04/2024);_x000D_
 CONSIDERANDO a regulamentacao disposta na Lei Municipal n° 2.949/2024 (LDO/2025) e,_x000D_
 conforme preceitua o Artigo 32, caput, da mesma Lei, ENCAMINHO de acordo corn as formalidades_x000D_
 legais a relacao das emendas impositivas aprovadas, por unanimidad</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>Oficio Solicitação Plenário</t>
   </si>
   <si>
     <t>EQUER a utilização do Plenário Arnaldo Corcino da Rocha, para o dia 25/05/2024 (sábado), a partir das 8h00min, para a realização da reunião do partido CIDADANIA</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>REQUER a utilização do Plenário Arnaldo Corcino da Rocha, para o dia 06/06/2024 (quinta-feira), a partir das 19h00min, incluindo sistema de climatização, som e colaboradores para operar os equipamentos, com a finalidade de debater acerca da “REVISÃO E ATUALIZAÇÃO DO PLANO DIRETOR DO MUNICIPIO DE ALTA FLORESTA”.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/oficio_074-2024_-_smads-gab.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/oficio_074-2024_-_smads-gab.pdf</t>
   </si>
   <si>
     <t>Ao tempo em que cumprimento Vossa Senhoria, e desde já enalteço o papel de dessa casa de leis que tanto contribui com o desenvolvimento de nosso território._x000D_
 _x000D_
 E sabendo desse grande trabalho prestado por essa casa, venho compartilhar com todos os nobres vereadores que o município está elaborando o Integrada de Resíduos Sólidos (PMGIRS' Plano Municipal de Gestão que será uma política pública que dará um grande avanço ao nosso município._x000D_
 _x000D_
 E nesse momento já está disponibilizados para Consulta Pública da sociedade (disponível link: https://www.altafloresta.mt.gov.brf) perdurando esse período por 30 dias (26/06 a 26/07) e no dia 30/07/2024 haverá audiência pública do PMGIRS que é uma das fases primordial para participação da sociedade no processo de construção da nossa política pública._x000D_
 _x000D_
 E nesse sentido peço a possibilidade de expor perante essa casa seja em uma reunião com os vereadores ou palavra na tribuna a importância do apoio do legislativo nessa construção mutua e conjunta do PMGIRS</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/oficio_n_102-2024-cpd.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/oficio_n_102-2024-cpd.pdf</t>
   </si>
   <si>
     <t>Em conformidade com o disposto no parágrafo único, artigo 34-A do Regimento Interno dessa Casa, a Prefeitura Municipal de Alta Floresta, através da Comissão de Acompanhamento e Avaliação dos Trabalhos Referente à Revisão e Atualização do Plano Diretor do Município de Alta Floresta, conforme Decreto n° 151/2024, REQUER a utilização do Plenário, sistema de som e climatização, incluindo colaboradores para operar os equipamentos, para a realização de uma Audiência Pública no dia 04 de JULHO de 2024, a partir das 19h:00m, com finalidade de debater acerca da REVISÃO E ATUALIZAÇÃO_x000D_
 DO PLANO DIRETOR DO MUNICÍPIO DE ALTA FLORESTA</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1062/oficio_no_009352024sroager.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1062/oficio_no_009352024sroager.pdf</t>
   </si>
   <si>
     <t>REQUER a utilização do Plenário Arnaldo Corcino da Rocha, para o dia 27/06/2024 (quinta-feira), a partir das 9h00min, para a realização da Audiência Pública de Ouvidoria da AGER/MT, com objetivo de ouvir a sociedade dos municípios que compõem o Mercado 7 , sobre os serviços que estão dentro de suas competências, tais como: saneamento, rodovias, portos, hidrovias, travessias, balsas, energia elétrica (Fiscalização da Geração e Distribuição), transporte, ônibus, distribuição de gás canalizado e ferrovias._x000D_
 Autoria: Agência Estadual de Regulação de Mato Grosso - AGER/MT.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/691/01_redacao_final_do_projeto_de_lei_-_2286_-_convenio_ager-sinop.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/691/01_redacao_final_do_projeto_de_lei_-_2286_-_convenio_ager-sinop.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO MUNICÍPIO DE ALTA FLORESTA A FIRMAR CONVÊNIO COM A AGÊNCIA REGULADORA DE SERVIÇOS PÚBLICOS DELEGADOS DO MUNICÍPIO DE SINOP - AGER SINOP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/744/02_redacao_final_do_projeto_de_lei_-_2.289_-_autz_exec_abrir_credito_adic_suplementar_por_superavit.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/744/02_redacao_final_do_projeto_de_lei_-_2.289_-_autz_exec_abrir_credito_adic_suplementar_por_superavit.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, POR CONTA DOS RECURSOS DO SUPERÁVIT FINANCEIRO DO EXERCÍCIO DE 2024, NO ORÇAMENTO VIGENTE DA PREFEITURA MUNICIPAL, CONSTANTE DA LEI N.º 2.883, DE 21 DE DEZEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/893/03_redacao_final_ao_projeto_de_lei__012-2024_-_mrm_-_altera_dispositivos_da_lei_111-86.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/893/03_redacao_final_ao_projeto_de_lei__012-2024_-_mrm_-_altera_dispositivos_da_lei_111-86.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº 111/86, DE 10 DE JUNHO DE 1986, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/910/04_redacao_final_ao_projeto_de_lei__010-2024_-_fas_-_acresc_inci.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/910/04_redacao_final_ao_projeto_de_lei__010-2024_-_fas_-_acresc_inci.pdf</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1057/05_redacao_final_do_projeto_de_lei_-_2.304_-_assistencia_social.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1057/05_redacao_final_do_projeto_de_lei_-_2.304_-_assistencia_social.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1058/06_redacao_final_do_projeto_de_lei_-_2.307_-refis.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1058/06_redacao_final_do_projeto_de_lei_-_2.307_-refis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO EM PROCEDER A DISPENSA PARCIAL DOS ENCARGOS DEVIDOS RELATIVOS À MULTA DE MORA, AOS JUROS DE MORA, DOS CRÉDITOS DA FAZENDA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/07_redacao_final_do_projeto_de_lei_-_2.306_-festival_de_quadrilh.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/07_redacao_final_do_projeto_de_lei_-_2.306_-festival_de_quadrilh.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ‘ARRAIÁ DA FLORESTA’ - FESTIVAL DE QUADRILHAS JUNINAS DO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA REGULAMENTAÇÃO DA VACINAÇÃO CONTRA O VIRUS HPV EM CRIANÇAS E ADOLESCENTES DENTRO DO PERIMETRO ESCOLAR, NUMA AÇÃO DA SECRETARIA DE SAÚDE E SECRETARIA DE EDUCAÇÃO LEVANDO A INFORMAÇÃO CONTRA OUTRAS DOENÇAS SEXUALMENTE TRANSMISSIVEIS E IMUNIZAÇÃO CONTRA O PAPILOMA DO VIRUS HUMANO.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE CRIAÇÃO DO PROGRAMA “COLO PARA MÃE” DEDICADO A AÇÕES DE CONSCIENTIZAÇÃO, INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL DE MULHERES GESTANTES, PARTURIENTES E PUÉRPERAS NO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A REGULAMENTAÇÃO DE DISTRIBUIÇÃO GRATUITA DE REPELENTES DO MOSQUITO AEDES AEGYPTI NA REDE MUNICIPAL DE SAÚDE, VISANDO A IMPLEMENTAÇÃO DO PROGRAMA "ALTA FLORESTA SEM DENGUE.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA IMPLANTAÇÃO DO PROGRAMA "VISÃO NOTA 10", QUE DETERMINA A NECESSIDADE DE REALIZAR EXAMES OFTALMOLÓGICOS PARA ESTUDANTES MATRICULADOS NA REDE PÚBLICA DE ENSINO FUNDAMENTAL NO MUNICÍPIO DE ALTA FLORESTA.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/13__redacao_final_do_projeto_de_lei_-_2.310_-_regularizacao_chac.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/13__redacao_final_do_projeto_de_lei_-_2.310_-_regularizacao_chac.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRITÉRIOS PARA REGULARIZAÇÃO DE LOTEAMENTOS RURAIS PARA AGRICULTURA FAMILIAR, LAZER/ TURISMO, RECREAÇÃO E EM ATIVIDADES PRODUTIVAS E/OU RESIDÊNCIA NO MUNICÍPIO DE ALTA FLORESTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/14_redacao_final_ao_projeto_de_lei__030-2024_-_fas_e_dls_-_subst__sinais_por_music_nas_esc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/14_redacao_final_ao_projeto_de_lei__030-2024_-_fas_e_dls_-_subst__sinais_por_music_nas_esc.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUBSTITUIÇÃO DE SINAIS SONOROS NOS ESTABELECIMENTOS DAS REDES PÚBLICA E PRIVADA DE ENSINO POR SINAIS DE MUSICAIS A FIM DE NÃO GERAR INCÔMODOS SENSORIAIS ÀS PESSOAS COM HIPERSENSIBILIDADE AUDITIVA E OU TRANSTORNO DO ESPECTRO AUTISTA-TEA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/15_redacao_final_ao_projeto_de_lei__032-2024_-_acrescenta__unico_ao_art._4o_modif_9o_caput_da_lei_2.885-2023.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/15_redacao_final_ao_projeto_de_lei__032-2024_-_acrescenta__unico_ao_art._4o_modif_9o_caput_da_lei_2.885-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSTIVOS DA LEI Nº 2.885/2023, DE 22 DE DEZEMBRO DE 2023”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1346/16_redacao_final_do_projeto_de_lei_2.314-2024_-ldo_2025_-_com_anexos.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1346/16_redacao_final_do_projeto_de_lei_2.314-2024_-ldo_2025_-_com_anexos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIA (LDO), DO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>OFALI</t>
   </si>
   <si>
     <t>Oficio Alteração Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/ofgabver009-2024-fit_remanejamento_-_alteracao_objeto_emenda_imp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/ofgabver009-2024-fit_remanejamento_-_alteracao_objeto_emenda_imp.pdf</t>
   </si>
   <si>
     <t>SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 039/2023, constante da alínea c), inciso II, art. 1º, em face do apontamento/sugestão apresentado pela SEMEL por meio do Ofício nº 085/2024, de 26/04/2024, com o intuito de que a Secretaria Municipal de Esportes e Lazer possa utilizar os recursos conforme a seguir especificado: c) alocação de recursos financeiros da ordem de R$ 40.000,00 (quarenta mil reais) na Secretaria de Esportes e Lazer, junto à AÇÃO 2102 INCENTIVO AS PRÁTICAS DESPORTIVAS, sendo: 1) R$ 33.250,00 (trinta e três mil e duzentos e cinquenta reais) para realização da Copa Batom – edição de março e edição especial de outubro – Lei Municipal n° 2.825; e 2) R$ 6.750,00 (seis mil e setecentos e cinquenta reais) para aplicação na realização da Copa Helena da Riva de Futsal Feminino.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/oficio_013-2024_gab_do_prefeito_cc_secret_fazda_-_alteracao_objeto_emenda_impositiva.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/oficio_013-2024_gab_do_prefeito_cc_secret_fazda_-_alteracao_objeto_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 037/2023, constante da alínea a), inciso II, art. 1º, em face do impedimento técnico apresentado pelos ofícios nº 201/2024 e 204/2024 do Gabinete Executivo, no intuito de que os recursos possam ser utilizados conforme a seguir especificado: a) alocação de recursos financeiros da ordem de R$ 60.000,00 (sessenta mil reais) no Gabinete do Prefeito, sendo: R$ 45.000,00 voltados à aquisição de 3 (três) Kit’s de Equipamentos para Academia ao Ar Livre para Melhor Idade, para atender os espaços da antiga Amorib, da Cidade Alta anexo a Igreja são Miguel e para atender a Praça do bairro Jardim Sol Nascente; e R$ 15.000,00 (quinze mil reais) subvenção a Associação Cuida Bem de Mim (Projeto Cuida Bem de Mim), para aquisição de uma Motoneta Honda Modelo Biz 110 e/ou Elite 125, devidamente documentada e emplacada, incluindo 2 (dois) capacetes.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/ofgabver018-2024-asr-_remanejamento_-_alteracao_objeto_emenda_impositiva_043-2023__araras_cristo_rei_sol_nasc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/ofgabver018-2024-asr-_remanejamento_-_alteracao_objeto_emenda_impositiva_043-2023__araras_cristo_rei_sol_nasc.pdf</t>
   </si>
   <si>
     <t>SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 033/2023, constantes das alíneas a), b) e c), inciso II, art. 1°, em face do impedimento técnico apresentado pelo Gabinete Executivo, com o intuito de que as entidades possar ser atendidas com os recursos conforme a seguir especificado: a) alocação de recursos financeiros da ordem de R$ 23.950,00 (vinte e três mil novecentos e cinquenta reais) junto a respectiva dotação orçamentária, voltado à aquisição de climatizadores de ar para atender a AMJA Associação Comunitária do Jardim Araras; b) alocação de recursos financeiros da ordem de R$ 24.000,00 (vinte e quatro mil reais) junto a respectiva dotação orçamentária, voltado à aquisição de um Atomizador Super Turbo 400 litros para atender a Associação Comunitária Rural Cristo Rei; e c) alocação de recursos financeiros da ordem de R$ 38.500,00 (trinta e oito mil e quinhentos reais) junto a respectiva dotação orçamentária, voltado à aquisição de um Atomizador Supe</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>Com os meus cordiais cumprimentos, eu, vereador Francisco Ailton dos Santos, no uso de minha prerrogativas legais e regimentais, considerando a Decisão Administrativa cc. o v. Ofício nº 170/2024-GE, de 26 de abril de 2024,  apresentando justificativa de impedimento técnico para atendimento do objeto constante na alínea a), inciso II, art. 1º da Emenda Impositiva n° 040/2023, de minha autoria, no tocante ao valor de R$ 50.000,00 (cinquenta mil reais), direcionado à para a Associação Comunitária Bom Jesus, para custeio, aplicação, manutenção e investimentos e melhorias estruturais da entidade, pelos motivos que especifica, venho por meio deste SOLICITAR a alteração do sobredito objeto inicialmente proposto e a destinação do mesmo, com o intuito de que a Secretaria Municipal de Esporte e Lazer possa utilizar os recursos conforme a seguir especificado: 	_x000D_
 (...)_x000D_
 a) alocação de recursos financeiros da ordem de R$ 50.000,00 (cinquenta mil reais) na Secretaria Municipal de Esporte e Lazer, junt</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1064/oficio_024-2024_fas-_emenda_construtores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1064/oficio_024-2024_fas-_emenda_construtores.pdf</t>
   </si>
   <si>
     <t>2024-GE, de 26 de abril de 2024,  apresentando justificativa de impedimento técnico para atendimento do objeto constante na alínea b), inciso II, art. 1º da Emenda Impositiva n° 040/2023, de minha autoria, no tocante ao valor de R$ 35.000,00 (trinta e cinco mil reais), direcionado à para a Associação dos Construtores de Alta Floresta – ADCAF para custeio, aplicação, manutenção e investimentos e melhorias estruturais da entidade, em virtude do da reprovação do projeto apresentado por falta de documentos que não foram apresentados, diante disso, venho por meio deste SOLICITAR a alteração do sobredito objeto inicialmente proposto e a destinação do mesmo, com o intuito de que a Secretaria Municipal de Infraestrutura e Serviços Urbanos possa utilizar os recursos conforme a seguir especificado: 	_x000D_
 (...)_x000D_
 b) alocação de recursos financeiros da ordem de R$ 35.000,00 (trinta e cinco mil reais) na Secretaria Municipal de Infraestrutura e Serviços Urbanos, junto à AÇÃO de CONVÊNIO COM INSTITUIÇÕES</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>Oficio n° 023/2024 - SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 043/2023, constante da alínea a), inciso II, art. 1º, em face do impedimento técnico apresentado pelo Gabinete Executivo, com o intuito de que a entidade possa ser atendida com os recursos conforme a seguir especificado: a) alocação de recursos financeiros da ordem de R$ 15.000,00 (quinze mil reais) no ÓRGÃO: 07 SECRETARIA DE ASSISTÊNCIA SOCIAL E CIDADANIA, junto a respectiva dotação orçamentária, voltado à aquisição de produtos para o Banco Ortopédico, mantido pelo Rotary Club de Alta Floresta, como cadeiras de rodas, botas ortopédicas, andadores, cadeiras de banho e muletas.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>Oficio 024/2024 - SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 043/2023, constante da alínea e), inciso II, art. 1º, em face do impedimento técnico apresentado pelo Gabinete Executivo, com o intuito de que a  entidade possa ser atendida com os recursos conforme a seguir especificado: e) alocação de recursos financeiros da ordem de R$ 10.000,00 (dez mil reais) no ÓRGÃO: 09 SECRETARIA DE ESPORTES E LAZER / SUBFUNÇÃO: 812 DESPORTO COMUNITÁRIO / AÇÃO: 2102 INCENTIVO ÀS PRÁTICAS DESPORTIVAS, junto a respectiva dotação orçamentária, voltado à aquisição de materiais e artigos esportivos para a AMJA Associação Comunitária do Jardim Araras.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/ofgabver047-2024-lks_remanejamento_-_alteracao_objeto_emenda_imp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/ofgabver047-2024-lks_remanejamento_-_alteracao_objeto_emenda_imp.pdf</t>
   </si>
   <si>
     <t>SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 042/2023, constante da alínea a), inciso II, art. 1º, em face do impedimento técnico/sugestão apresentado pela SEMEL por meio do Ofício nº 087/2024, de 26/04/2024, com o intuito de que comunidade possa ser atendida conforme a seguir especificado: a) alocação de recursos financeiros da ordem de R$ 104.258,73 (cento e quatro mil, duzentos e cinquenta e oito reais e setenta e três centavos) na Secretaria de Esportes e Lazer, junto as respectivas dotações orçamentárias, voltados a revitalização e disponibilidade de espaços de lazer no bairro Boa Esperança, consistindo na implantação de playground infantil/parquinho de atividades e construção de quadra de areia, no espaço público caracterizado Praça NW-D, na esquina da Rua Laudicéia (NW-C2) c/ a Rua NW-E.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/ofgabver055-2024-csj_remanejamento_-_alteracao_objeto_emenda_imp.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/ofgabver055-2024-csj_remanejamento_-_alteracao_objeto_emenda_imp.pdf</t>
   </si>
   <si>
     <t>SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 035/2023, constante da alínea b), inciso II, art. 1º, em face do impedimento técnico apresentado pelo Gabinete Executivo, no intuito de que os recursos possam ser utilizados conforme a seguir especificado: b) alocação de recursos financeiros da ordem de R$ 28.258,73 (vinte e oito mil, duzentos e cinquenta e oito reais e setenta e três centavos) no Gabinete do Prefeito, subvenção à AFTKD – Associação Alta Floresta de TAE KWON DO – CNPJ Nº 07.826.058/0001-38, para realização de competições direcionadas ao esporte, bem como entrega de premiação e colaboração com material esportivo à crianças de baixa renda de nossa cidade; c) alocação de recursos financeiros da ordem de R$ 16.000,00 (dezesseis mil reais) no Órgão: 09 Secretaria Municipal de Esportes e Lazer, junto à respectiva dotação orçamentária, para aplicação na aquisição de uniformes para os atletas das diversas modalidades esportivas, que irão participar</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/ofgabver113-2024-rls-ratificacao-alteracao_objeto_emenda_imposit.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/ofgabver113-2024-rls-ratificacao-alteracao_objeto_emenda_imposit.pdf</t>
   </si>
   <si>
     <t>SOLICITA a alteração de objeto inicialmente proposto pela Emenda Impositiva nº 045/2023, constante da alínea g), inciso II, art. 1º, em face do impedimento técnico apresentado pelo Ofício nº 202/2024 do Gabinete Executivo, no intuito de que a comunidade possa ser atendida  com os recursos conforme adiante especificado: g) alocação de recursos financeiros da ordem de R$ 7.129,37 (sete mil, cento e vinte e nove reais e trinta e sete centavos) no ÓRGÃO: 13 SECRETARIA DE AGRICULTURA E PECUÁRIA, junto a respectiva dotação orçamentária, voltado à aquisição de materiais necessários à implantação de uma rede mestre de água na Comunidade São Mateus, consistindo na aquisição de 04 tubo água pvc 6m 50mm e 02 tanques/caixas d’água Mod. Botijão Azul polietileno 5.000LTS.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>CAG</t>
   </si>
   <si>
     <t>Contas Anuais de Governo</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de Mato Grosso</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1299/contas_exercicio_2023_pmaf_144dpi_75.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1299/contas_exercicio_2023_pmaf_144dpi_75.pdf</t>
   </si>
   <si>
     <t>Processo nº 53.737-3/2023 – Contas Anuais de Governo – Exercício de 2023, da Prefeitura Municipal de Alta Floresta.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9681,67 +9681,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/680/pl_001-2024-_ods_bps_dls_fas_e_mrm_revoga_art_7o_da_lei_2.885-20.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/682/pl_002-2024-_mesa_diretora_-_altera_disp_lei_1.957-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/683/pl_003-2024-_mesa_diretora_-_revisao_geral_anual_rga_exerc._2023-servidores..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/694/pl_004-2024_-_declaracao_de_utilidade_publica_assispen-af.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/695/pl_005-2024_-_declaracao_de_utilidade_publica_o_morhan.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/737/pl_006-2024_-_declaracao_de_utilidade_publica_o_moto_clube_roda_presa_280_ocred.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/743/pl_007-2024_-_declaracao_de_util_pub_a_ass_com_do_jardim_panorama.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/762/pl_008-2024_-_declaracao_de_utilidade_publica_a_associacao_de_moradores_da_comunidade_rural_getsemani.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/765/pl_009-2024-_fas_lks_rls_jvn_e_bps_altera_dispositivos_da_lei_2.896-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/822/pl_010-2024_-_fas_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_ipiranga.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/823/pl_011-2024_-_csj_-__dec_de_util_pub__aftkd_-_associacao_af_de_t.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/830/pl_012-2024-_mrm_altera_dispositivos_da_lei_111-86.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/849/pl_013-2024-_csj_e_mrm_-_denomina_dirceu_kynast_campo_sintetico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/850/pl_014-2024_-_ods_-_denominacao_vias_publicas_do_loteamento_resi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/866/pl_015-2024_-_rls_lks_-_dec_de_util_pub__a_associacao_comunitaria_rural_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/896/pl_016-2024_-_dls_-_denominacao_vias_publicas_do_loteamento_resi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/899/pl_017-2024-_dptc_-_dia_da_biblia_e_inclui_no_calendario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/911/pl_018-2024-dptc_-_estabelece_e_regulamenta_vacinacao_contra_o_h.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/932/pl_019-2024-_jvn-_revoga_lei_municipal_2.702-2022_e_represtina_a_2.453-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/915/pl_020-2024-_dptc_-_doacao_de_cabelo_para_pessoas_com_cancer.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/954/proj.lei.n.021.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/955/proj.lei.n.022.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/965/pl_023-2024_-_dptc_-banca_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/966/pl_024-2024_-_dptc_-_distribuicao_gratuita_de_repelentes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/968/pl_025-2024_-_dptc_-_visao_nota_10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/960/pl_026-2024_-_jvn_csj_mrm_fas_dptc_dls_-_acresce__2o__e___recla.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/985/pl_027-2024_-_fit_-_copa_kayoko_tanaka_de_handebol.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1040/pl_028-2024_-_fit_-_instituii_campanha_junho_verde.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1069/pl_029-2024_-_dls_-_acrecesnta_dispositivo_da_lei_2.749-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/proj.lei.n.030.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/pl_031-2024_-_mrm_-_reconhece_copa_trairao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/pl_032-2024-_ods_acrescenta__unico_ao_art._4o_modif_9o_caput_da.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/pl_033-2024-_mrm_-_reconhece_e_inclui_malha_viaria_estradas_do_v.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/pl_034-2024_-_csj_-_decl_de_util__pub_associacao_altaflorestense.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/pl_035-2024_-_jvn_-_dec_de_util_pub__a_associacao_de_handebol.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/pl_036-2024_-_jvn_-_decl_de_util__pub_associacao_de_basquete_alt.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_037-2024_-_rls__altera_lei_no_1983-2012_malha_viaria_estrela.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1428/pl_038-2024_-_fas__proibicao_do_uso_de_celular_em_sala_de_aula.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1436/aacc.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1466/pl_040-2024_-_fit_-_declaracao_de_utilidade_publica_do_grupo_okavango_capoeira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1472/pl_041-2024_-_fit_-_declaracao_de_utilidade_publica_a_associacao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1483/pl_043-2024_-_ods_-_declaracao_de_utilidade_publica_clube_de_aeromodelismo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1525/pl_044-2024_-_dls_-_declaracao_de_utilidade_publica_liga_matogro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1526/pl_045-2024_-_dls_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_europa_e_ipiranga.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1527/pl_046-2024_-_ods_e_dpt_-_declaracao_de_utilidade_publica_sociedade_hoasqueira_beneficente_divino_criador.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1528/pl_047-2024_-_ods_-_declaracao_de_utilidade_publica_-_floresta_off_road_4x4.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_-_2281_-_adequacao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_n_2.282-2024_-__loteamento_de_chacaras.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/665/oficio_n_021-2024_-_pl_2.283-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_n_2.284-2024_-_adequacao_ppa..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_n_2.285-2024_-__rga_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_n_2.286-2024_-_convenio_ager-sinop.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_n_2.287-2024_-_-_superavit_financeiro_-_ipreaf.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/688/projeto_de_lei_no_2.288-2024_-_readequacao_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/707/projeto_de_lei_-_2289_-_superavit_financeiro_-_pmaf.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_-_2290_-_clube_floresta_de_volei_-_complementacao_do_repasse_de_valor_para_super_lig.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_2.291_-_altera_disp_lei_2.734-2022_ocred.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/806/proj.lei.n.2.292.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/807/projeto_de_lei_-_2293_-_enfermagem_atualizado.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/805/proj.lri.n.2.294.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_lei_-_2295_-_habitacao_popular.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/817/projeto_de_lei_n_2.296-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_lei_-_2297_-_associacao_comunitaria_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_lei_-_2298_-_associacao_dos_servidores_do_sistema_penitenciario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_-_2299_-_altera_lei_2.808-2023.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_-_2300_-_dispoe_sobre_a_abertura_de_credito_adic.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/902/proj.lei.n.2.301.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_-_2302_-_altera_lei_2771-2023_-_estatuto_da_educacao.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_de_lei_-_2303_-_protocolo_de_intencoes_do_consorcio_inte.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/957/proj.lei.n.2.304.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/969/projeto_de_lei_n_2.305-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1010/proj.lei.n.2.306.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1011/projeto_de_lei_-_2307_-_refis.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1015/projeto_de_lei_-_2308_-_perimetro_urbano_descontinuo_-_aterro_sanitario.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1017/projeto_de_lei_n_2.309-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_-_2310_-_loteamento_de_chacaras.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_-_2311_-_refis.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_-_2312-2024_-_permuta_de_imoveis-com_anexo...pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/projeto_de_lei_-_2313_-_altera_aliquota_de_contribuicao_patronal.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/projeto_de_lei_n_2.314-2024-ldo_-_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_n_2.315-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1297/proj.lei.n.2.316.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1348/proj.lei.n.2.317.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1363/projeto_de_lei_-_2318-2024_loa_-_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1467/projeto_de_lei_2.319-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1468/projeto_de_lei_-_2320_-_dispoe_sobre_a_criacao_do_fundo_municipa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1469/proj.lei.n.2.321.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1541/projeto_de_lei_-_2322_-_autoriza_adesao_ao_programa_de_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1542/projeto_de_lei_-_2323_-_convenio_com_municipio_de_paranaita.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_decreto_legislativo_no__001-2024_-_vereadores_-_premi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/848/projeto_de_decreto_legislativo_no__002-2024_-_vereadores_-_comenda_ariosto_da_riva_edicao_2024_personalidades_q_especifica.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/984/projeto_de_decreto_legislativo_no__003-2024_-_ods_titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1018/projeto_de_decreto_legislativo_no__004-2024_-_fas-_titulo_cidada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1347/projeto_de_decreto_legislativo_no__005-2024_comissao_de_fiscalizacao_-_dispoe_sobre_as_contas_gov_pref_af_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_decreto_legislativo_no__006-2024_-_fit_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1387/projeto_de_decreto_legislativo_no__007-2024_-_dpt-_titulo_cidada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1389/projeto_de_decreto_legislativo_no__009-2024_-_rls_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1390/projeto_de_decreto_legislativo_no__010-2024_-_lks_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1391/projeto_de_decreto_legislativo_no__011-2024_-_asr_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1392/projeto_de_decreto_legislativo_no__012-2024_-_dptc_-_titulo_cida.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1393/projeto_de_decreto_legislativo_no__013-2024_-_mrm_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1394/projeto_de_decreto_legislativo_no__014-2024_-_csj_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1402/projeto_de_decreto_legislativo_no__015-2024_-_jvn_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1403/projeto_de_decreto_legislativo_no__016-2024_-_bps_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/684/projeto_de_resolucao_no_001-2024-__altera_resolucao__no_194-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/825/projeto_de_resolucao_no_002-2024-__mesa_e_demais_-_altera_resolucao__no_219-2023.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1484/projeto_de_resolucao_no_003-2024-__mesa__-_pequenas_compras.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/692/emenda_n_001-2024_-_fit_-_modificativa_e_aditiva_ao_pl_2.286-202.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/845/emenda_n_003-2024_-_mrm_e_fas_-_modificativa_ao_pl_012-2024_protoc_34-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1013/emenda_n_005-2024_-_fit_-__aditiva_ao_pl_2.304-2024__proc_55-202.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1038/emenda_n_006-2024_-_fit_-_modificativa_ao_pl_2.307-2024_protoc_6.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1067/emenda_n_007-2024_-_cpg_-__mod_ao_pl_2.306-2024__proc_68-2024_festival_de_quadrilhas_juninas_-_arraia_da_floresta.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1068/emenda_n_008-2024_-_cpg_-_supressiva_ao_pl_2.309-2024__proc_71-2024_associacao_de_moradores_do_bairro_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_n_009-2024_-_dptc_-_substitutiva_ao_pl_018-2024_protoc_48.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_n_010-2024_-_dptc_-_substitutiva_ao_pl_021-2024_protoc_52.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_n_011-2024_-_dptc_-_substitutiva_ao_pl_024-2024_protoc_62.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_n_012-2024_-_dptc_-_substitutiva_ao_pl_025-2024_protoc_64.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_n_013-2024_-_cljrf_-_modificativa_ao_pl_023-2024_protoc_61-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/emenda_n_014-2024_-_cpg_-__mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/emenda_n_015-2024_-_bps_e_fit_-_mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/emenda_n_016-2024_-_dls_-_aditiva_ao_pl_032-2024_protoc_80-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/emenda_n_017-2024_-_cpg_-__mod_ao_pl_030-2024__proc_76-2024_-_substituicao_de_sinais_por_musicas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_n_018-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_n_019-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1312/emenda_n_020-2024_-_ods_-_aditiva_e_moficiativa_ao_pl_2.314-2023_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1486/emenda_n_021-2024_-_fit_-_modificativa_ao_pl_2.318-2024_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1487/emenda_n_022-2024_-_asr-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1488/emenda_n_023-2024_-_bps_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1489/emenda_n_024-2024_-_csj_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1490/emenda_n_025-2024_-_dls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1491/emenda_n_026-2024_-_dpt_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1492/emenda_n_027-2024_-_dptc_-_impositiva_ao_pl_2.318-2024_-_loa_202.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1493/emenda_n_028-2024_-_fit_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1494/emenda_n_029-2024_-_fas_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1495/emenda_n_030-2024_-_jvn_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1496/emenda_n_031-2024_-_lks_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1497/emenda_n_032-2024_-_mrm_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1498/emenda_n_033-2024_-_ods_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1499/emenda_n_034-2024_-_rls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1500/emenda_n_035-2024_-_comissao_de_fiscalizacao_-_modificativa_ao_p.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1452/emenda_n_036-2024_-_fit_-__aditiva_ao_pl_038-2024__proc_107-2024_proibicao_do_celular_no_ambito_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1501/emenda_n_037-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1502/emenda_n_038-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1503/emenda_n_039-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1520/emenda_n_040-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1521/emenda_n_041-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1522/emenda_n_042-2024_-_fit_-_substitutiva_ao_pl_042-2024_protoc_114.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/846/veto_n_001-2024_-_pl_065-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/847/veto_n_002-2024_-_pl_009-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/veto_n_003-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/veto_n_004-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/veto_n_005-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1238/veto_n_006-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/veto_n_007-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1273/veto_n_008-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1298/veto_n_009-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_131-_cljrf__-_proc_048-2024_-_pl_018-2024_-_estabelece_e.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_132-_cljrf__-_proc_052-2024_-_pl_021-2024_-_colo_para_ma.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_133-_cljrf__-_proc_062-2024_-_pl_024-2024_-_distribuicao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_134-_cljrf__-_proc_064-2024_-_pl_025-2024_-_visao_nota_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/681/requerimento_n._001-2024_-_bps_dls_fas_mrm_ods-_requerem_tramita.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/685/requerimento_n._002-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/686/requerimento_n._003-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/687/requerimento_n._004-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/693/requerimento_n._005-2024_-_csj-__requer_retirada_do_projeto_de_lei_no_2.284-2024_adequacao_do_ppa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_n._006-2024_-_jvn-__requer_lista_de_empresa_que_pag_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/730/requerimento_n._007-2024_-_fas_rls_lks_e_dls_requer_informacoes_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/731/requerimento_n._008-2024_-dls_fas_lks_e_rls_-_lista_de_informaco_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/732/requerimento_n._009-2024_-dls_-_compra_de_materiais_para_o_trans_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/733/requerimento_n._010-2024_-dls_-_notas_fiscais_dos_fogos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/757/requerimento_n._011-2024_-fit_-_extratos_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/758/requerimento_n._012-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/759/requerimento_n._013-2024_-_fit_e__-_requerem_tramitacao_em_regim.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/760/requerimento_n._014-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/761/requerimento_n._015-2024_-_bps_mrm_fas_lks_e_rls_-_requer_tramit_ocred.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/809/requerimento_n._017-2024_-dls_-_frota_da_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/763/requerimento_n._018-2024_-_csj_bps_asr_jvn_e_ods_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_008-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/766/requerimento_n._020-2024_-_fas_lks_rls_jvn_e_bps_requer_urgencia_especial_ao_pl_009-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_n._021-2024_-_dls-_requer_informacoes_de_despesas_realizadas_na_festa_de_fim_de_ano.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_n._022-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/820/requerimento_n._023-2024_-_mfpn_-_requer_informacoes_do_bairro_jardim_planalto2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/832/requerimento_n._024-2024_-_csj_fas_asr_bps_e_ods_-_requer_tramit.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/833/requerimento_n._025-2024_-_mesa_diretora_e_demais_vers._requer_t.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_n._028-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_n._029-2024_-_rls_lks_fas_bps_e_manoel_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_015-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_n._030-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_n._031-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_n._032-2024_-_mrm_fas_dpt_asr_e_dptc_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/909/requerimento_n._033-2024_-_dls_dpt_jvn_ods_e_mfpn_-_requer_tr.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/898/requerimento_n._034-2024_-_vereadores_-_governo_do_estado_medida.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/897/requerimento_n._035-2024_-_vereadores_subscritos-_requer_tramita.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/927/requerimento_n._036-2024_-_dls-_requer_informacoes_de_denuncias.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/931/requerimento_n._037-2024_-_csj_-_requer_quais_os_planejamentos_u.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/935/requerimento_n._038-2024_-_dls-_requer_informacoes_diarias_prime.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/936/requerimento_n._039-2024-_cjs_-_requer_retirada_de_tramitacao_pl_2.294-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/961/requerimento_n._040-2024_-_jvn_csj_mrm_fas_dptc_dls_-_requer_tra.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1094/requerimento_n._041-2024_-_rls-_requer_anuencia_de_falta_da_sess.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1095/requerimento_n._042-2024_-_lks-_requer_anuencia_de_falta_da_sess.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1096/requerimento_n._043-2024_-_rls_-_requer_informacoes_sobre_a_obra.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_n._044-2024_-_asr_-_requer_anuencia_de_falta_da_ses.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1098/requerimento_n._045-2024_-_dls_-_requer_pedidos_de_alvaras_de_construcoes_protocoladas.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1099/requerimento_n._046-2024_-_dls_-_requer_contratos_de_publicidades_e_propagandas.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1100/requerimento_n._047-2024_-dls_-_informacoes_sobre_despesas_refer.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1101/requerimento_n._048-2024_-_fit_-_requer_solicitgacao_de_informac.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_n._049-2024_-_fit_-_requer_solicitgacao_de_informacoes_sobre_a_malha_viaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/requerimento_n._055-2024_-_jvn-fas-rls-_asr-ods_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_055-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/requerimento_n._056-2024_-_rls_-_requer_informacoes_sobre_a_proj.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/requerimento_n._057-2024_-_rls_e_lks_-_requer_projeto_e_planilha.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/requerimento_n._058-2024-_fit_-_requer_vistas_pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_n._059-2024_-_fit_-_requer_informacoes_gastos_x_arr.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_n._060-2024_-_dls_-_requer_informacoe_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_n._061-2024_-_dls_-_requer__informacoe_secretaria_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_n._062-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_02-07-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_n._063-2024_-_dls_-_requer_informacoe_nucleo_de_pesquisa_urbano.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1350/requerimento_n._064-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_13-07-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1352/requerimento_n._066-2024_-_dls_-_requer_informacoes_concessionaria_aguas_de_alta_floresta.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1386/requerimento_n._067-2024_-_dls_-_requer_informacoes_sobre_a_quan.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1395/requerimento_n._068-2024_-_mesa_diretora_-_requer_retificacao_qu.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1404/requerimento_n._076-2024_-_dls_-_requer_informacoes_sobre_a_creches_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1435/requerimento_n._078-2024_-_jvn_-_requer_copia_da_ata_de_reuniao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1458/requerimento_n._083-2024_-_dls_-_requer_informacoes_sobre_a_crec.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1485/requerimento_n._086-2024_-_mesa_diretora_-_requer_tramitacao_em.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1531/requerimento_n._090-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_044-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1532/requerimento_n._091-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_045-2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1533/requerimento_n._092-2024_-_dpt-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_046-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1534/requerimento_n._093-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_047-2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/696/indicacao_n_001-_2024_-_csj_-_ind._ao_prefeito_e_educacao_projeto_piloto_pra_educacao_fisica_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_n_002-_2024_-_csj_-_ind._ao_prefeito_e_diretor_de_esporte_assesibilidade_de_cadeirantes_no_ginasio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_n_003-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_avenida_d.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_n_004-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_g_06.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_n_005-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_instalacao_de_quebra_molas_na_perimetral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_n_006-_2024_-_dls_-_ind._ao_prefeito_e_cidade_placas_de_sinalizacao_na_rua_e-4..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_n_007-_2024_-_lks_-_ind._ao_prefeito_e_saude_mobilia_para_a_casa_de_apoio_da_capital.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_n_008-_2024_-_fit_-_ind._ao_sec._de_transito_faixa_de_pedestres_em_frente_na_escola_jardim_das_flores.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_n_009-_2024_-_asr_-_ind._a_sec._de_cidade_e_dep._de_iluminacao_poda_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_n_010-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_h-6.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_n_011-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_e-2.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_n_012-_2024_-_dls_-_ind._a_cidade_limpeza_e_rocagem_da_praca_no_bairro_cidade_bela.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/710/indicacao_n_013-_2024_-_rls__-_ind._a_infraestrutura_cascalhamento_da_estrada_nasser_noujain.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/711/indicacao_n_014-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_na_comunidade_28.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/712/indicacao_n_015-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_estrada_estrela_vicinal_ii..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_n_016-_2024_-_rls__-_ind._a_infraestrutura_manutencao_da_serra_do_seu_ermelino.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_n_017-_2024_-_rls__-_ind._a_infraestrutura_patrolamento_e_cascalhamento_de_um_trecho_em_frente_a_propriedade_do_seu_ermelino.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_n_018-_2024_-_dptc__-_ind._a_infraestrutura_e_meio_ambiente_limpeza_do_corrego_severo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_n_019-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_na_psf_do_bairro__boa_nova_i.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_n_020-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_recuperacao_das_ruas_do_boa_nova.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/718/indicacao_n_021-_2024_-_dptc__-_ind._a_cidade_e_meio_ambiente_retirada_de_lixo_e_entulhos_do_setor_urbano.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_n_022-_2024_-_fas_-_ind._a_sec._de_assistencia_social_e_saude_distribuicao_de_cordoes_de_girassol_para_indentificacao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/723/indicacao_n_023-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/724/indicacao_n_024-_2024_-_mrm_-_indica_ao_prefeito_prorrogar_os_ef.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/725/indicacao_n_025-_2024_-_rls_-_indica_bueiro_e_curva_na_estrada_n.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/726/indicacao_n_026-_2024_-_fas__-_ind._a_infraestrutura_cascalhamen.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/727/indicacao_n_027-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_do.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/728/indicacao_n_028-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_ta.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/746/indicacao_n_031-_2024_-_fit_-_ind._a_sec._de_educacao_reparos_no_parque_da_escola_benjamim_padoa_ocred.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/747/indicacao_n_032-_2024_-_fit_-_ind._a_sec._de_saude_e_o_prefeito_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/748/indicacao_n_033_-_2024_-_fit_-_ind._a_sec._de_educacao_drenagem_ocred.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/749/indicacao_n_034_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/750/indicacao_n_035_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/751/indicacao_n_036_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/752/indicacao_n_037_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/753/indicacao_n_038_-_2024_-_rls_e_lks_-_ind._ao_pref._e_sec._de_sau_ocred.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/754/indicacao_n_039_-_2024_-_rls_e_lks_-_ind._ao_pref._e_infraestrut_ocred.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/755/indicacao_n_040_-_2024_-_csj_-_ind._ao_infraestrutura_recuperaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/768/indicacao_n_041_-_2024_-_fas_-_ind._ao_prefeito_projeto_de_lei_v_ocred.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_n_042-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_pa_ocred.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_n_043-_2024_-_dptc__-_ind._ao_prefeito_pagamento_piso_ocred.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/771/indicacao_n_044_-_2024_-_fas_-_ind._a_sec._de_educacao_a_reparos_ocred.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_n_045_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/774/indicacao_n_047_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_n_048_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_n_049_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_n_050_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_n_051_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_n_052_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_n_053_-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_o_reg_ocred.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_n_054-2024_-_mrm_-_indica_ao_dep_dilmar_dal_bosco_deno_ocred.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/782/indicacao_n_055_-_2024_-_rls_-_ind._a_sec._de_infraestrutura_rec_ocred.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/783/indicacao_n_056_-_2024_-_rls_e_lks_-_ind._a_sec._de_educacao_fo._ocred.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/784/indicacao_n_057_-_2024_-_dpt_-_ind._a_sec._de_infraestrutura_gal_ocred.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/785/indicacao_n_058_-_2024_-_rls_-_ind._ao_diretor_de_transito_refaz_ocred.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/786/indicacao_n_059_-_2024_-_fas_-_ind._a_sec._de_educacao_a_instala_ocred.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_n_060_-_2024_-_bps_-_ind._a_sec._de_cidade_ocred.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/788/indicacao_n_061_-_2024_-_rls_e_lks_-_ind._ao_pref._e__sec._infra_ocred.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_n_062_-_2024_-_jvn_-_ind._ao_infraestrutura_pavimentac_ocred.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/790/indicacao_n_063_-_2024_-_fas_-_ind._ao_prefeito_ar_condicionado_ocred.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/791/indicacao_n_064_-_2024_-_dptc__a_sec._de_saude_manutencao_nos_are_ocred.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/792/indicacao_n_065_-_2024_-_dls__rec_asf_em_frente_ao_cer.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_n_066_-_2024_-_dls_-_limpeza_av_ariosto_ocred.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/795/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/796/indicacao_n_069-_2024_-_dls_-_tapa_buraco_na_rua_airton_senna_ocred.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_n_070-_2024_-_dls_-__tapa_buraco_na_rua_atraz_da_pam_ocred.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/798/indicacao_n_071_-_2024_-_dls_-_sec_de_infraestrutura___tapa_bura_ocred.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_n_073_-_2024_-_csj_-_ao_prefeito_sec_de_gestao_e_segur.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_n_074-2024_-_fas_-_ind._ao_prefeito_e_sec._de_inovacao_programa_rotas_rurais.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_n_075-2024_-_jvn__-_ind.__ao_prefeito_e_sec._de_esporte_conselho_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_n_076-2024_-_jvn__-_ind._a_de_sec._de_infraestrutura_ponte_localizada_nas_proximidades_da_avenida_das_embaubas.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_n_077-2024_-_csj_-_ind._a_de_sec._de_infraestrutura_re.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_n_078_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_educaca.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_n_079_-_2024_-_dls_-_ind._sec_de_saude_contratacao_de.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_n_080-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_n_081-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_n_082-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_n_083-_2024_-_fas_-_ind._a_prefeito__leilao_publico_dos_veiculos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_n_084-_2024_-_fas_-_ind._a_infraestrutura_e_transito_a_troca_os_redutores_de_velocidades_do_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_n_085-_2024_-_csj_-_ind._ao_prefeito_piso_nacional_das_ace-acs.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/854/indicacao_n_086-_2024_-_dls_-_ind._ao_prefeito_centro_de_desenvolvimento_infantil_icog.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_n_088-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_construcao_de_sarjetas_nas_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_n_089-_2024_-_fas_-_ind._a_infraestrutura_patrolamento_para_recuperar_a_avenida_vitoria_regia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_n_090-_2024_-_fas_-_ind._a_infraestrutura_faixa_elevada_na_rotatoria_da_cidade_alta.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_n_091-_2024_-_fas_-_ind._a_cidade_limpeza_do_terreno_manoel_de_nobrega_35..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/860/indicacao_n_092-_2024_-_lks_-_ind._a_prefeito_e_saude_duas_ambulancia_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_n_093-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_para_o_pdf_ana_neri.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_n_094-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_da_casa_de_apoio_de_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_n_095-_2024_-_lks_-_ind._a_prefeito_e_saude_manutencao_dos_ares_condicionados_na_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_n_096_-_fas_-_ind._sec._de_saude_a_nec_cilindros_de_oxigenio_p_tod_psfs_do_mun_inclu__z_rur.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/870/indicacao_n_097_-_2024_-_rls_-_ind._a_sec._de_educacao_de_ar_condicionado_sala_anexa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/871/indicacao_n_098_-_2024_-_rls_-_sec_de_infraestru__patr_ruas_da_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_n_100-_2024_-_csj_-__escola_sonia_faleiro.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_n_101-_2024_-_fas_-_ind_ao_deputado_nininho_climatizadores_a_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/875/indicacao_n_102-_2024_-_csj_-__iluminacao_praca_public_psf_-_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_n_103-_2024_-_dpt_-_ind_ao_pref_e__manuten_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/877/indicacao_n_104-_2024_-_rls_-_sec_de_saud_manutencao_da_geladeira_no_psf.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_n_105-_2024_-_fas_-_ind_aos__diego_guimaraes_climatizadores_a_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_n_107-_2024_-_fas_-_ind__ao_prefeito_saude_e_esportes_educador_fisico_nas_academias_publicas_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_n_108-_2024_-_csj_-_ind._ao_prefeito_e_infraestrutura_regulariza_o_trafego_da_coleta_de_lixo_do_bairro_boa_nova.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/906/indicacao_n_109-_2024_-_rls_-_ind._a_infraestrutura_reparo_de_um_bueiro_localizado_na_estrada_nasser_noujain.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/907/indicacao_n_110-_2024_-_rls_-_ind._a_educacao_dois_armarios_e_duas_mesas_para_professores_para_a_extensao_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/916/indicacao_n_111-_2024_-_ods_-_ind._ao_dep._nininho_aquisicao_de.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/917/indicacao_n_112-_2024_-_mrm_-_ind._a_sec._de_cidade_um_quebra-mo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/918/indicacao_n_113-_2024_-_lks_e_rls__-_ind._ao_prefeito_e_sec_de_i.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao_n_114-_2024_-_lks_e_rls__-_ind._ao_prefeito_pavimentac.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_n_115-_2024_-_lks_e_rls__-_ind._a_sec_infraestrutura_p.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_n_116-2024_-_csj_-_indica_ao_prefeito_criacao_projeto.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/922/indicacao_n_117-2024_-_ods_-_indica_a_secret_agric_munic_promove.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/923/indicacao_n_118-_2024_-_jvn_-_ind._a_sec._de_cidade_troca_de_lam.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/924/indicacao_n_119-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_n_120-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/926/indicacao_n_121-_2024_-_fas_-_ind._a_sec_de_saude_que_forneca_va.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/937/indicacao_n_122-_2024_-_rls_-_ind._a_sec_de_infraestrutura_manut.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/938/indicacao_n_123-_2024_-_dptc_-_ind._a_sec_de_cidade_e_transito_f.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_n_124-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_n_125-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_n_126-_2024_-_rls_e_lks__-_ind._ao_prefeito_e_sec_de_i.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/942/indicacao_n_127-_2024_-_dptc_-_ind._ao_prefeito_reestrutura_do_p.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/943/indicacao_n_128-_2024_-_rls_-_ind._a_sec_de_cidade_limpeza_do_pa.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/944/indicacao_n_129-_2024_-_rls_e_lks__-_ind._ao_sec_de_esportes_man.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/945/indicacao_n_130-_2024_-_fas_-_ind__a_metamat_perfuracao_dos_poco.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/946/indicacao_n_131-_2024_-_fas_-_ind_ao_transito_e_cidade_construir.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/947/indicacao_n_132-_2024_-_fas_-_ind._do_dep._de_proprios_recolhime.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/948/indicacao_n_133-_2024_-_fas_-_ind._a_sec_de_inf._que_faca_a_limp.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_n_134-_2024_-_fas_-_ind._a_sec_de_cidade_que_faca_roca.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/970/indicacao_n_135-_2024_-_csj_-_ind._a_sec_de_cidade_e_transito_qu.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/971/indicacao_n_136-_2024_-_rls_e_lks__-_ind_secr_de_saude_contratac.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/972/indicacao_n_137-_2024_-_rls_e_lks__-_ind_secr_de_inf._repare_bue.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/973/indicacao_n_138-_2024_-_dpt__-_ind_secr_de_infraestrutura_recupe.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/974/indicacao_n_139-_2024_-_dpt__-_ind_secr_de_infraestrutura_manutencao_dos_bueiros_no_bairro_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/975/indicacao_n_140-_2024_-_dls__-_ind_ao_prefeito_secr_de_infraestr.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/976/indicacao_n_141-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/977/indicacao_n_142-_2024_-_jvn__-_ind_ao_sec_de_obras_que_faca_alte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/979/indicacao_n_144-_2024_-_fas_-_ind_secr_de_meio_ambiente_limpeza.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/980/indicacao_n_145_-_2024_-_fas_-_ind_secr_de_infraestrutura_faixa.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/986/indicacao_n_146_-_2024_-_fas_-_ind_secr_de_cidade_poda_das_arvor.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/987/indicacao_n_147-_2024_-_dls_-_ind._ao_prefeito_e_educacao_parqui.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/988/indicacao_n_148-_2024_-fas_-_ind._ao_prefeito_e_consorcio_interm.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/989/indicacao_n_149-_2024_-dpt_-_ind._a_sec._de_obras_pontes_de_adue.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/990/indicacao_n_150-_2024_-dpt_-_ind._a_sec._de_obras_ponte_de_aduel.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/991/indicacao_n_151-_2024_-rls_-_ind._ao_dep._nininho_encaminhe_patr.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/992/indicacao_n_152-_2024_-rls_-_ind._ao_pref._e_nuc._de_eng._rede_d.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/993/indicacao_n_153-_2024_-rls_-_ind._a_sec._de_edu._implante_playgr.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/994/indicacao_n_154-_2024_-fas_-_ind._ao_prefeito_pagamento_de_adici.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/995/indicacao_n_155-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/996/indicacao_n_156-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/997/indicacao_n_157-_2024_-ods__-_ind._a_ao_preefeito_implante_playg.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/998/indicacao_n_158-_2024_-_jvn_-_ind._a_sec._de_esporte_ascom.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/999/indicacao_n_159-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_oper.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1000/indicacao_n_160-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1001/indicacao_n_161-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1002/indicacao_n_162-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1003/indicacao_n_163-_2024_-_rls_e_lks_-_ind._ao_dep._nininho_aquisic.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1019/indicacao_n_165-_2024_-_rls_e_lks_-_ind._a_acrimat_que_faca_a_ma.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1020/indicacao_n_166-_2024_-_rls_e_lks_-_ind._a_infraestrutura_manute.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1021/indicacao_n_167-_2024_-_jvn_-_ind._a_transito_a_implatacao_de__r.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1022/indicacao_n_168-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1023/indicacao_n_169-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1024/indicacao_n_170-_2024_-_rls_e_lks_-_ind._ao_prefeito_e__infraest.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1025/indicacao_n_171-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1026/indicacao_n_172-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1027/indicacao_n_173-_2024_-_dls_-_ind._a_infraestrutura_recuperacao.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1028/indicacao_n_174-_2024_-_dls_-_ind._ao_prefeito_e_a_educacao_cump.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1029/indicacao_n_175-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1030/indicacao_n_176-_2024_-_rls_-_ind._a_infraestrutura_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1031/indicacao_n_177-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1032/indicacao_n_178-_2024_-_rls_-_ind._a_infraestrutura_recuperacao.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1033/indicacao_n_179-_2024_-_fas_-_ind._a_infraestrutura_recuperacao.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1041/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1042/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1043/indicacao_n_182-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1044/indicacao_n_183-_2024_-_fas_-_ind._a_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1045/indicacao_n_184-_2024_-_fit_-_ind._a_sec._de_cidade_banheiro_na.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1046/indicacao_n_185-_2024_-_ods_-_ind._a_infraestrutura_na_rua_b-1.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1047/indicacao_n_186-_2024_-_rls_e_lks_-_ind._ao_prefeito_pavimentaca.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1048/indicacao_n_187-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_camin.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1049/indicacao_n_188-_2024_-_dptc_-_ind._ao_infraestrutura_caminhao_p.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1050/indicacao_n_189-_2024_-_dptc_-_ind._ao_saude_mobiliario_da_unida.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1051/indicacao_n_190-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1052/indicacao_n_191-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1053/indicacao_n_192-_2024_-_dls_-_ind._ao_sec_de_infraestrura_manute.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1054/indicacao_n_193-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1055/indicacao_n_194-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_molha.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1056/indicacao_n_195-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_n_196-_2024_-_fas_-_ind._a_sec._infraestrutura_meio_a.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1071/indicacao_n_197-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1072/indicacao_n_198-_2024_-_fit_-_ind._a_sec._de_cidade_construcao_d.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1073/indicacao_n_199-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_n_200-_2024_-_fit_-_ind._a_sec._de_meio_ambiente_fisca.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_n_201-_2024_-_fit_-_ind._a_direcao_de_transito__sinali.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_n_202-_2024_-_asr_-_ind._a_sec._de_educacao_instalacao.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1077/indicacao_n_203-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_pavim.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1078/indicacao_n_204-2024_-_fas_lks_e_rls_-_indicam_ao_prefeito_cc_se.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1079/indicacao_n_205-_2024_-_dls_-_ind._a_sec._de_sinalizacao_na_rodo.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1080/indicacao_n_206-_2024_-_dls_-_ind._ao_prefeito_a_contratacao_de.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1081/indicacao_n_207-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_reparo_de_um_buraco_na_via_publica_avenida_ludovico_da_riva_neto.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1082/indicacao_n_208-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_educacao_troca_do_onibus_escolar_da_escola_guimaraes_rosa.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1083/indicacao_n_209-_2024_-_fas_-_ind._a_sec._infraestrutura_tres_redutores_de_velocidades_entre_a_avenida_perimetral_nw_e_rua_laudiceia.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1084/indicacao_n_210-_2024_-_fas_-_ind._a_sec._infraestrutura_fazer_um_bueiro_de_concreto_e_trocar_a__estrutura_de_aduelas.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_n_211-_2024_-_fas_-_ind._a_sec._infraestrutura_reparos_em_um_trecho_da_avenida_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/indicacao_n_212-_2024_-_fas_e_dls__-_ind._a_o_prefeito_e_a__sec.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/indicacao_n_213-_2024_-_rls_e_lks_-_ind._a_sec._de_saude_manutencao_do_ar_condicionado_da_recepcao_da_pam.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/indicacao_n_214_-_2024_-_ods_-_ind._ao_prefeito_e__infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/indicacao_n_215_-_2024_-_asr_-_ind._a_sec._de_saudea_implatacao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/indicacao_n_216_-_2024_-_asr_-_ind._a_sec._de_infraestrutura_um.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/indicacao_n_217_-_2024_-_asr_-_ind._a_sec._de_saude_construcao_d.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/indicacao_n_218_-_2024_-_fas_-_ind._aoo_prefeito_cameras_de_segu.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_n_219_-_2024_-_asr-_ind._ao_prefeito_playground_na_praca_do_aviao..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/indicacao_n_220_-_2024_-_fas_-_ind._ao_prefeito_e_saude__aquisicao_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/indicacao_n_221_-_2024_-_fas_-_ind._ao_cidade__limpeza_das_calcadas_das_avenidas_robson_silva_e_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/indicacao_n_222_-_2024_-_asr_-_ind._ao_prefeito_e_saude_contratacao_de_um_medico_neuropsiquiatra.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/indicacao_n_223_-_2024_-_fas_-_ind._ao_prefeito_e_infraestrutura_tres_redutores_de_velocidade_na_avenida_teles_pires.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/indicacao_n_224_-_2024_-_fit_-_ind._ao_gestao_area_de_lazer_praca_publica_no_bairro_parque_das_nacoes.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/indicacao_n_225_-_2024_-_lks_e_rls__-_ind._ao_dep._guimaraes_4_cadeiras_de_rodas_e__para_a_casa_de_apoio_de_alta_floresta.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/indicacao_n_226_-_2024_-_lks_-_ind._a_sec._de_cidade_rocagem_do_mato_proximo_a_pista_de_caminhada_na_avenida_amazonas.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1149/indicacao_n_227_-_2024_-_asr_-_ind._a_sec._de_meio_ambiente_arborizacao_no_patio_da_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1150/indicacao_n_228_-_2024_-_asr_-_ind._ao_prefeito_e__sec._de_infraestrutura_pavimentacao_asfaltica_na_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/indicacao_n_229_-_2024_-_fas_-_ind._ao_prefeito_e__gestao_de_gov.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/indicacao_n_230-2024_-_dpt_-_sec._de_infraestrutura_vale_do_apia.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_n_231-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/indicacao_n_232-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/indicacao_n_233-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/indicacao_n_234-_2024_-_rls_e_lks_-_ind._a_infraestrutura_e_cida.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/indicacao_n_235-_2024_-_rls_-_ind._a_infraestrutura_reparos_na_e.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_n_236-2024_-_mrm_-_ind._a_infr._construcao_faixa_eleva.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_n_237-2024_-_fas_-_ind._a_inf._que_instale_placas_em_r.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1168/indicacao_n_238-2024_-_dls_-_ind._ao_pref._e_a_inf._que_instale.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_n_239-2024_-_dls_-_ind._a_agrimat_que_instale_placas_d.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_n_240-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/indicacao_n_241-2024_-_dls_-_ind._a_cidade_poda_das_arvores_no_b.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_n_242_-_2024_-_fas_-_ind._sec._de_educacao_a_implantacao_de_uma_escola_municipal_no_bairro_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/indicacao_n_243_-_2024_-_asr_-_ind._sec._de_infraestrutura_refor.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_n_244_-_2024_-_fas_-_ind._ao_prefeito_e_sec._de_saude_implantacao_de_centro_especializado_pessoas_de_rua.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/indicacao_n_245_-_2024_-_fas_-_ind._ao_sec._de_cidade_pinturas_em_quebra_molas_e_redutor_de_velocidades_em_toda_cidade.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_n_246-_2024_-_lks_-_sec_de_infraest_-_meio_fio_boa_esperanca_rua_perimetral_nw.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_n_247-_2024_-_lks_-_sec_de_infraest_-_infraestrutura_patrolar_e_cascalhar_chacara_dr_irene.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/indicacao_n_248-_2024_-_csj_-_ind_a_inf._quebra-mola_e_placa_de_sializacao_escola_cecilia_meireles.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_n_249_-_2024_-_fas_-_ind._ao_sec._de_inf._patrolamento.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_n_250_-_2024_-_rls_e_lks__-_ind._ao_sec._de_meio_ambie.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_n_251_-_2024_-_ods_-_ind._ao_prefeito_a_necessidade_de.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_n_252-2024_-_asr_-__faixa_elevada_nas_proximidades_da.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/indicacao_n_253_-_2024_-_rls_-_ind_a_sec_de_infroest_o_a_neces_d.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_n_254_-_2024_-_fit_-_ind_ao_prefeito_e_sec_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_n_255_-_2024_-_dptc_-_ind_infraestrutura_a_necessidade_de_realizar_a_molhagem_da__rua_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao_n_256_-_2024_-_csj_-_ind_ao_prefeito_e_saude_instalacao_de__longarinas_e_cobertura_do__psf_v.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/indicacao_n_257_-_2024_-_rls_-_ind_a_energisa_para_limpeza_da_rede_eletrica_da_comunidade_rio_verde.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/indicacao_n_258-_2024_-_camara_-_indic_a_sec._estadual_de_infraestr..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/indicacao_n_259_-_2024_-_lks_e_rls_-_ind_ao_dep._guimaraes_micropavimentacao_asfaltico_nas_ruas_do_bairro_jardim_flamboyant.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/indicacao_n_260_-_2024_-asr_-_ind_ao_prefeito_pavimentacao_asfaltica_na_perimetral_se-2_sul_do_bairro_boa_nova_iii.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/indicacao_n_261_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_passarela_entre_os_bairros__almeida_prado_e_araras.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_n_262_-_2024_-ods_-_ind_a_sec._de_infraestrutura_faixa_elevada_em_frente_a_pizzaria_divina_pizza.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_n_263_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_reparo_de_uma_ponte.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/indicacao_n_267-2024_-_rls_e_lks_-_ind_ao_pren_o_abastecimento_carro_camara.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao_n_268-2024_-_rls_e_lks_-_ind_a_sec._de_saude_reparos_nos_ares__do_cer.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao_n_269-2024_-_dptc_-_ind_ao_dep._de_transito_sinalizacao_e_pintura_dos_quebras_molas_da_av_minas_gerais..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_n_270-2024_-_asr_-_ind_a_infraestrutura_acessibilidade_na_av._ludovico_da_riva_neto_na_passarela_proxima_a_via_moda.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_n_271-2024_-_fas_-_ind._a_sec._de_infra_patrolamento_nas_estradas_da_chacaras_santa_rosa..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_n_272-2024_-_rls_e_lks_-_ind_ao_infra_e_prefeito_faixa_elevada_em_frente_a_escola_jardim_das_flores.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_n_273-2024_-_rls_-_ind_sec_de_infraestrutura_reparos_nos_bueiros_da_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/indicacao_n_274-2024_-_asr_-_ind_sec_de_infraestrutura_poste_de_iluminacao_na_academia_da_terceira_idade_na_comunidade_rural_cristo_rei.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao_n_275-2024_-_fas_-_ind._a_sec._de_infraestrutura_de_substituicao_do_bueiro_na_comunidade_nossa_senhora_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1269/indicacao_n_277-_2024_-dptc_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_na_comunidade_guadalupe.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1270/indicacao_n_278-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redutor_de_velocidade_na_rua_a-2.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_n_280_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_pintura_de_faixas_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_n_281_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_chacaras_do_loteamento_santa_rosa..pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_n_282_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_vicinal_primeira_norte.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_n_283_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_instalacao_de_uma_faixa_de_pedestre_no_setor_g_entre_as_ruas_g_04_e_g_05..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1284/indicacao_n_284_-_2024_-_fit_-_ind._a_sec_de_infraestrura_implantacao_de_faixa_de_pedestres_na_avenida_uniflor.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1285/indicacao_n_285_-_2024_-_asr_-_ind._a_sec_de_infraestrura_placa_de_sinalizacao_de_rua_sem_saida_na_rua_frei_henrique_de_coimbra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1286/indicacao_n_286_-_2024_-_fas_-_ind._a_sec_de_infraestrura_trocar_o_bueiro_da_primeira_sul.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_n_287-_2024_-_bps_-_ind._ao_sec_de_infraestrura_redutores_de_velocidade_no_bairro_panorama.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1288/indicacao_n_288-_2024_-_rls_-_ind._ao_sec_de_saude_e_infraestrutura_reparo_no_encanamento_do_psf_da_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1290/indicacao_n_289-_2024_-_rls_-_ind._ao_sec_de_infraestrutura_troca_da_ponte_molha_bebo.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1291/indicacao_n_290-_2024_-_fit_-_ind._ao_sec_de_infraestrutura_recuperacao_da_ponte_sobre_rio_brilhante.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1292/indicacao_n_291-_2024_-_fit_-_ind._ao_sec_assistencia_social_a_aparelhos_de_ar-condicionado_no_lar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1305/indicacao_n_292-_2024_-_fit_-_ind._ao_sec_de_educacao_construcao_de_uma_quadra_esportiva_na_escola_municipal_nilo_procopio_pecanha.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1306/indicacao_n_293-_2024_-_dptc_-_ind._ao_sec_de_cidade_limpeza_em_frente_a_escola_semente_do_saber_no_bairro_jardim_das_oliveiras..pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1307/indicacao_n_294-_2024_-_fas_-_ind._ao_sec_de_educacao_manutencao_do_parque_da_escola_municipal_benjamin_de_padoa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1308/indicacao_n_295-_2024_-_fas_ind._ao_prefeito_e_sec._de_educacao__propositora_a_doacao_de_materiais_e_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1309/indicacao_n_296-_2024_-_fas_ind._ao_meio_ambiente_a_necessidade_de_retirada_de_arvore_na__rua_do_araujo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1310/indicacao_n_297-_2024_-_fas_ind._a_sec_de_educacao_providencias_para_prevencao_de_acidentes_em_frente_ao_colegio_vilma_dias.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao_n_298-_2024_-_rls_-_ind_a_sinfra_reparos_patrolamento_e_cascalhamento_na_mt-419.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1313/indicacao_n_299-_2024_-_fas_-_ind._diretoria_de_transito_e_infraestrutura_placas_de_sinalizacao_rua_robson_silva_1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1314/indicacao_n_300_-_2024_-_rls_e_lks_-_ind._sec._de_saude_manutencao_de_3_ares_condicionados_dos_quartos_da_pam.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1315/indicacao_n_301_-_2024_-_rls_-_ind._ao_prefeito_estrutura_de_concreto_pra_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_n_302-_2024_-_rls_-_ind._sec._de_educacao_a_implantacao_de_parque_infantil_na_escola_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_n_303-_2024_-_rls_-_ind._sec._de_educacao_a_troca_do_onibus_escolar_da_linha_fazenda_carolina.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_n_304-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_n_306-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._ourolanda.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_n_307-_2024_-_rls_e_lks_-_ind._a_sec_de_saude_que_troque_o_ar-condicionado_cer.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1322/indicacao_n_308-_2024_-_rls_-_ind._ao_sec_de_obras_roberto_patel_a_troca_do_bueiro_de_madeira_na_estrada_vale_do_apiacas.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1323/indicacao_n_309-_2024_-_lks_-_reindica_ao_sec_de_infraestrutura_meio_fio_na_rua_perimetral_nw.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_n_310-_2024_-_asr_-_ind._ao_dep._julio_campos_02_duas_lombadas_na_mt-325.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_n_311-_2024_-_fit_-_ind._ao_prefeito_pavimentacao_asfaltica_na_rua_vitoria_regia_bairro_jardim_guarana_ii.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_n_312-_2024_-_fit_-_ind._ao_infraestrutura_redutor_de_velocidade_na_perimetral_dom_pedro_ii_bairro_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1343/indicacao_n_320-_2024_-_fas_-_ind._ao_infraestrutura_trocar_a_ponte_de_madeira_por_uma_ponte_com_estrutura_de_aduelas.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_n_323-2024_-_dls_-_indica_ao_presidente_mesa_e_comissoes_a_convocacao_do_diretor_aguas_af.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_n_324-2024_-_dls_prefeito_para_revogar_decretos_dos_reajustes_do_valor_da_agua.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_n_325-2024_-_asr_-_indica_a_infraestrutura_redutor_de_velocidade_na_h_7.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_n_326-2024_-_fas_-_indica_a_infraestrutura_troca_de_ponte_por_aduelas_na_com._ceu_azul.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_n_327_-_2024_-_ods_-_ind._realizacao_de_certame_licitatorio_previlegiando_empresas_locais.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_n_332-_2024_-_asr_-_ind._aos_edis_indicacao_de_honrarias.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1368/indicacao_n_333-_2024_-_dptc_-_ind._ao_sec_infraestrutura__pintura_e_placas_na_av_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1369/indicacao_n_334-_2024_-_asr_-_ind._ao_prefeito_e_metamati_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1370/indicacao_n_335-_2024_-_asr_-_ind._ao_prefeito_utilizacao_da_agua_do_lago_parque_das_capivaras.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1372/indicacao_n_337-_2024_-_asr_-_ind._ao_agentes_publicos_que_cobiam_assedio_moral_nas_relacoes_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1373/indicacao_n_338-_2024_-_rls_-_ind_a_sec_de_infraest_patrolamento_estrada_cruzeiro_do_sul.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1378/indicacao_n_339-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1379/indicacao_n_340-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro_faz._carolina.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_n_341-_2024_-_rls_-_ind_a_sec_de_meio_ambiente_poda_das_arvores_do_universitario.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_n_342-_2024_-_dls_-_ind_a_igua_possibilidade_utilizar.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_n_343-_2024_-_dls_-_ind_ao_prefeito_recuperacao_mata_c.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_n_344-_2024_-_dls_e_csj_-_ind_ao_prefeito_instaurar_pr.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_n_345-_2024_-_dls_-_ind_ao_prefeito_c.c_infraestrutura_patrolamento_1a_vicinal_norte.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_n_346-_2024_-_dls_-_ind_ao_prefeito_c.c_infr._patrolamento_linha_setor_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_n_347-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_n_348-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_n_349-2024_-_asr_-_ind._prefeito_cc_secret_infr_estr_c.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_n_350-2024_-_asr_-_ind.__secretaria_infraestrutura_rea.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_n_351-2024_-_asr_-_ind._prefeito_concessao_do_maestrao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_n_352-2024_-_fas_-_ind._sec._cidade_caminhao-pipa_para.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_n_354-2024_-_csj_-_ind._sec._infraestrutura_e_iluminacao_providenciar_iluminacao_na_estrada_do_bairro_jardim_planalto.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_n_355-2024_-_fas_-_ind._sec._infraestrutura_reparos_no_asfalto_rua_daniel_almeida_de_godoy_residencial_florata.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_n_356-2024_-_csj_-_ind._ao_prefeito_e_infraest._asfalto_na_rua_santo_agostinho_no_bairro_boa_nova_tres.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_n_357-2024_-_dls_-_ind._prefeito_elaboracao_do_plano_de_mobilidade_urbana_-_pmu.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_n_358-_2024_-_rls_-_ind._ao_sec._de_infraestruturta_manutencao_do_bueiro_de_tubo_corrugado_na_estrada_estrela_vicinal_1.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_n_359-2024_-_dls_-_ind._prefeito_implantacao_da_guarda_municipal_de_alta_floresta.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1414/indicacao_n_360-2024_-_asr_-_ind._prefeito_relocacao_imediata_de_um_motorista_para_substituir_o_titular_da_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1416/indicacao_n_362-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_associacao_de_moradores_do_santa_rosa..doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1417/indicacao_n_363-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_sub-sede_do_sindicato_dos_investigadores..doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1418/indicacao_n_364-2024_-_dls_-_ind._sec._de_infraestrutura_tapa_buracos_na_rua_d_04.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1419/indicacao_n_365-2024_-_fas_-_ind._sec._de_gestao_e_saude_intensificar_fiscalizacao_aos_maus-tratos_de_animais.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1420/indicacao_n_366-2024_-_lks_-_ind._sec._de_saude_reforma_e_aquisicao_no_posto_ana_neri.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1421/indicacao_n_367-2024_-_fas_-_ind._sec._de_saude_e_prefeito_alteracao_da_lei_2.762-2022_de_incentivo_as_ace_e_aces.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1422/indicacao_n_368-_2024_-_dls_-_ind_ao_dep._botelho_recurso_copa_kaiko_tanaka.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_n_369-2024_-_lks_-_ind._sec._infraestrutura_e_prefeitro_patrolamento_e_cascalhamento_na_avenida_teles_pires.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_n_370-_2024_-_dls_-_ind_ao_dep._gilberto_cattani_recursos_para_o_fundo_de_seguranca_municipal.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_n_371-_2024_-_dls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_n_372-_2024_-_rls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_n_373-2024_-_fas_-_ind._sec._infraestrutura_patrolamento_e_cascalhamento_na_comunidade_de_chacaras_bela_vista..doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_n_374-2024_-_dls_-_ind._ao_prefeito_implantacao_de_um_posto_de_saude_no_setor_de_chacaras_no_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_n_375-2024_-_rls_-_ind._a_infraestrutura_reparos_no_buero_da_estrada_cruzeiro_do_sul.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_n_376-2024_-_lks_-_ind._ao_prefeito_e_a_saude_reformas_e_ampliacoes_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_n_377-2024_-_csj_-_ind._sec_de_meio_ambiente__e_sec_de_agricultura_implantacao_de_um_programa_de_distribuicao_dos_residuos_de_material_vegetal.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_n_378-2024_-_rls_e_lks-_ind._sec_de_infraestrutura_reparos_na_esquina_da_rua_pinheiro_setor_h.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_n_379-2024_-_dptc_-_ind._sec_de_infraestrutura_recuperacao_da_estrada_da_comunidade_monte_alegre..doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_n_380-2024_-_fas_-_ind._ao_prefeito_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_boa_nova.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_n_381-2024_-_fas_-_ind._ao_prefeito_e_saude_implantacao_de_uma_nova_ubs_no_bairro_jardim_europa..pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1443/indicacao_n_382-2024_-_asr_-_ind._ao_prefeito_compra_de_01_uma.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_n_383-2024_-_asr_-_ind._ao_prefeito_e_saude_kit_medico.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_n_384-2024_-_lks_e_rls_-_ind._ao_prefeito_patrolamento_e_cascalhamentos_com_saidas_de_agua_em_todas_a_ruas_do_bairro_parque_do_lago..pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1446/indicacao_n_385-2024_-_asr_-_ind._ao_prefeito_e_governo_vasao_e_drenagem_da_agua_na_casa_de_apoio_em_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1447/indicacao_n_386-2024_-_asr_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_no_bairro_cidade_bela.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1448/indicacao_n_387-2024_-_asr_-_ind._ao_prefeito_e_infraestrutura_ligacao_entre_o_bairro_almeida_prado_e_o_bairro_jardim_araras.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1449/indicacao_n_388-2024_-_asr_-_ind._ao_infraestrutura_desobstrucao_do_bueiro_na_av._castelo_branco_bairro_cidade_bela.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1450/indicacao_n_389-2024_-_asr_-_ind._a_saude_limpeza_dos_aparelhos_de_ar-condicionado_da_ubs_do_bairro_jardim_primavera.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_n_390-2024_-_dls_-_ind._a_direcao_de_trans_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1459/indicacao_n_391-2024_-_fas_-_ind._ao_pref_e_saude_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1460/indicacao_n_392-2024_-_csj_-_ind._ao_pref_e_infraestrutura_patrolamento_e_cascalhamento_do_bairro_jardim_planalto.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_n_393-2024_-_csj_-_ind._ao_pref_e_educacao_a_alteracao_das_linhas_de_onibus_19_e_21.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1462/indicacao_n_394-2024_-_csj_-_ind._ao_pref_e_educacao_mudanca__de_endereco_da_extensao_da_escola_vilma_dias_e_escola_19_de_maio.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1463/indicacao_n_395-2024_-_fit_-_ind._ao_prefeito_a_criacao_da_feira_da_mulher_empreendedora..pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1464/indicacao_n_396-2024_-_fas_-_ind._ao_sec._de_meio_ambiente_a_retirada_da_arvore_na_rua_do_araujo.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1465/indicacao_n_397-2024_-_lks_ao_prefeito_com_copia_a_separ._denominacao_praca_nw-1_como_baiano.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1473/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1474/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_n_400-2024-_asr_-_ind_a_infraestrutura_limpeza_da_esquina_da_rua_h9.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_n_401-2024-_fit_-_ind_procuradoria_especial_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_n_402-2024-_fas_-_ind_cidade_reforma_no_banheiro_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/indicacao_n_403-2024-_cmaf_-_ind_ao_prefeito_e_sec._de_cultura_a_criacao_de_sistema_de_cadastramento_dos_pioneiros_de_af.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1515/indicacao_n_404-2024-_lks_e_rls__-_ind_ao_infraestrutura_dragagem_e_limpeza_do_rio_na_rua_marechal_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1516/indicacao_n_405-_2024_-_asr_-_ind._ao_prefeito_e_sedec_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua_1.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_n_406-_2024_-_csj_-_ind._sec._de_cidade_e_departamento_de_iluminacao_reparos_em_algumas_ruas_da_cidade_1.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_n_407-_2024_-_fas_-_ind._sec._de_infraestrutura_reparos_na_estradas_da_comunidade_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_n_408-_2024_-_csj_-_ind._sec._de_infraestrutura_redutor_de_velocidade_na_avenida_robson_silva.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_n_409-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc_vicinal_monte_alegre.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_n_410-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_n_411_--_fas_-_ind._sec._de_infraestrutura_a_necessidade_que_seja_feita.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/734/mocao_no_001-2024_-_fas_-_congratulacao_com_a_empresa_ronaldao_ocred.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/735/mocao_no_002-2024_-_bps_-_congratulacao_com_a_casa_da_injecao_ocred.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/736/mocao_no_003-2024_-_fit_-_congratulacao_com_os_servidores_do_iba_ocred.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/756/mocao_no_005-2024_-_dptc_-_congratulacao_com_a_enfermeira_fernan_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/799/mocao_no_006-2024_-_csj_-_congratulacao_com_o_servidor_luiz_lope.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/800/mocao_no_007-2024_-_fas_-_congratulacao_com_a_empresa_maria_euge.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/802/mocao_no_009-2024_-_fas_-_congratulacao_a_naiara_galvao_berlanda.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/803/mocao_no_010-2024_-_fas_-_congratulacao_com_a_empresa_jumasa.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/804/mocao_no_011-2024_-_jvn_-_congratulacao_o_congratulacoes_com_o_atleta_leri_yuri_nascimento_dorca.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/821/mocao_no_012-2024_-_csj_-_congratulacao_com_a_igreja_evangelica_casa_de_oracao.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/831/mocao_no_013-2024_-_lks_-_congratulacao_com_a_servidora_lucia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/885/mocao_no_014-2024_-_lks_-_congratulacao_com_a_delegada_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/886/mocao_no_015-2024_-_csj_-_congratulacao_com_wesley_henrique_lustosa.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/887/mocao_no_016-2024_-_ods_-_congratulacao_com_o_prof._lucas_de_paula_meira.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/889/mocao_no_018-2024_-_dptc_-_congratulacao_com_a_idesp.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/890/mocao_no_019-2024_-_lks_-_congratulacao_com_instrutores_de_autoescola_de_af.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/908/mocao_no_020-2024_-_mfpn_-_congratulacao_com_a_professora_joelma.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_no_021-2024_-_fas_-_congratulacao_com_a_empresa_revisa_centro_automotivo_ocred.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/930/mocao_no_023-2024_-_lks_-_congratulacao_com_o_servidor_nilvan_dos_santos_ocred.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_no_024-2024_-_jvn_-_congratulacao_o_o_time_de_basquete_sub_17_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/981/mocao_no_026-2024_-_dls_-_congratulacoes_com_o_protetor_de_anima.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/982/mocao_no_027-2024_-_jvn_-_congratulacoes_com_o_empresario.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1005/mocao_no_028-2024_-_dls_dpt_dptc_-_apoio_ao_congresso_nacional_em_apoio_a_resolucao_no_2.378-2024_do_crm.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1006/mocao_no_029-2024_-_fit_-_congratulacao_com_a_professora_luciana_ragazzi_carneiro.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1007/mocao_no_030-2024_-_fas_-_congratulacao_com_a_servidora_juliene.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1008/mocao_no_031-2024_-_lks_e_rls_-_congratulacao_com_a_sen._margareth_buzetti.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_no_033-2024_-_dptc_-_congratulacao_dancas_urbanas_do_centr.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1035/mocao_no_034-2024_-_fas_-_congratulacao_com_drogafarma.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1036/mocao_no_035-2024_-_ods_-_pesar_a_familia_sistilli.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1037/mocao_no_036-2024_-mrm_-_congratulacao_com_a_sra_rosangela_de_fa.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1059/mocao_no_037-2024_-_csj_-_congratulacao_com_engenheiro_civil_marcos_diego_neris_de_assuncao.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1060/mocao_no_038-2024_-_lks_-_congratulacao_com_a_servidora_elizabet.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1061/mocao_no_039-2024_-_bps_-_congratulacao_com_a_retifica_reticar.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1086/mocao_no_040-2024_-_fas_-_mocao_de_louvor_com_a_carvalima_transportes.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1087/mocao_no_041-2024_-_csj_-_congratulacao_com_os_medicos_responsavel_pela_selecao_do_concurso.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1088/mocao_no_042-2024_-_ods_-_congratulacao_com_membros_da_aprosoja.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1089/mocao_no_043-2024_-_dls_-_congratulacao_com_o_cafemil.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1090/mocao_no_044-2024_-mrm_-_congratulacao_com_pedreira_pallus_ltda.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1091/mocao_no_045-2024_-dls_-_congratulacao_com_a_sra_kelly_sousa_romera_raymundo.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1092/mocao_no_046-2024_-_dpt_-_congratulacao_com_a_granja_caione.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1093/mocao_no_047-2024_-_dptc_-_congratulacao_com_a_ivana_corsino_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/mocao_no_049-2024_-_dls_-_congratulacao_com_a_aluna_isabela_dito.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/mocao_no_050-2024_-_ods_-_congratulacao_com_a_equipe_do_dep._nin.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_no_051-2024_-_ods_-_congratulacao_com_a_fazenda_anaca.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/mocao_no_052-2024_-_fas_-_congratulacao_com_a_empresa_recicamp.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/mocao_no_053-2024_-_fit_-_congratulacao_com_a_professora_mariana_trindade.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/mocao_no_054-2024_-_fit_-_congratulacao_com_os_servidores_do_ibama.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_no_055-2024_-_jvn_-_congratulacoes_com_os_alunos_da_atletica_praga.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/mocao_no_056_-2024_-mrm_-_congratulacao_com_a_empresa_auto_expre.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/mocao_no_057-2024_-mrm_-_congratulacao_com_calinhos_almeida.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/mocao_no_058-2024_-_asr_-_dr._hebertt_villarruel_da_silva.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/mocao_no_059-2024_-_dptc_-_congratulacao_com_a_stela_palin.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/mocao_no_060-2024_-_dls_-_congratulacao_com_empresa_ninus_bike.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/mocao_no_061-2024_-_bps_-_congratulacao_com_a_provisao_marmonari.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/mocao_no_062-2024_-_camara_-_congratulacao_com_a_ganhadora_da_jo.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/mocao_no_063-2024_-_csj_-_congratulacao_com_o_pioneiro_desbravad.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/mocao_no_064-2024_-_ods_-_congratulacao_com_a_bionorte_academia.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/mocao_no_065-2024_-_ods_-_congratulacao_com_o_locutor_tiago_rodr.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_no_066-2024_-_fas_-_congratulacao_com_expocon_e_contribuid.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/mocao_no_067-2024_-_bps_-_congratulacao_com_a_sra_val_caldeira.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/mocao_no_068-2024_-_jvn_-_congratulacoes_com_as_equipes_altaflor.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/mocao_no_070-2024_-_dls_-_congratulacao_com_associacao_de_handeb.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/mocao_no_071-2024_-_dls_-_congratulacao_com_lions_club_pela_camp.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/mocao_no_076-2024_-_dls_e_dptc_-_congratulacao_com_atletas_e_selecoes_de_af_jogos_escolares.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1253/mocao_no_077-2024_-_fas_-_congratulacao_com_rota_entregas_e_colaboradores.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/mocao_no_078_-2024_-mrm_-_congratulacao_com_a_borracharia_do_alemao.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/mocao_no_079_-2024_-fit_-_congratulacao_com_a_camila_advogada.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1266/mocao_no_080-2024_-_fit_-_congratulacao_com_o_senhor_walber_c_carneiro.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/mocao_no_081-2024_-_dls_-_congratulacao_com_relojoaria_eska.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1268/mocao_no_082-2024_-_csj_-_congratulacao_ao_casal_raimundo_santana_e_geralda_santana_-_posto_sonho_meu.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1280/mocao_no_083-2024_-_bps_-_congratulacao_com_o_casal_luiz_olavo_e_janete_a_realizacao_do_19_aniversario_da_ibn.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1281/mocao_no_084-2024_-_ods_-_congratulacao_com_o_casal_de_empresarios_andre_e_angelica_e_a_empresa_sao_francisco_veterinaria.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1282/mocao_no_085-2024_-_csj_-_congratulacao_ao_subtenente_de_infantaria_adao_aparecido_da_silva.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1283/mocao_no_086_-2024_-mrm_-_congratulacao_com_o_servidor_vicente_chardulo.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1293/mocao_no_087_-2024_-_dpt_-_congratulacao_com_a_empresa_catarinen.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1294/mocao_no_088_-_2024_-_dls_e_csj_-_congratulacao_com_a_dre.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1301/mocao_no_089_-_2024_-_fit_congratulacao_com_o_grupo_okavango.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1302/mocao_no_090_-_2024_-_dpt__congratulacao_a_empresa_pneuzao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1303/mocao_no_091-2024_-_dptc_-_congratulacao_com_a_empresa_boneca_de_pano.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1304/mocao_no_092-2024_-_camara_-_postuma_de_louvor_ten._cel._evandro_dias_de_souza.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1325/mocao_no_093-2024_-_bps_-_congratulacao_com_a_empresa_estrela_de_davi.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1326/mocao_no_094-2024_-_dptc_-_congratulacao_com_a_equipe_de_robotica_do_senai.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1327/mocao_no_095_-2024_-mrm_-_congratulacao_com_o_sr._sinomar.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1328/mocao_no_096_-2024_-mrm_-_congratulacao_com_o_hubner_douglas_lima_de_matos.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1338/mocao_no_097_-2024_-_ods_-_congratulacao_com_o_barbeiro_luiz_carlos_saraiva_de_arruda.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1339/mocao_no_098_-2024_-_jvn_-_congratulacao_com_a_empresa_micro_inversor_solar.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1340/mocao_no_099_-2024_-_jvn_-_congratulacao_com_giovani_presotto.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1341/mocao_no_100-2024_-_camara_-_com_a_escola_de_tempo_integral_jvc.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1342/mocao_no_101-2024_-_fit_-_congratulacoes_com_a_empresa_churrasco_vitoria.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1353/mocao_no_102_-2024_-mrm_-_congratulacao_com_o_paulo_cezar_chardulo.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1354/mocao_no_103_-2024_-mrm_-_congratulacao_com_o_flavia_bulhoes.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1364/mocao_no_104-2024_-_dls_-_congratulacao_com_jornalista_danny_bueno.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_no_105-2024-_cmaf_-_congratulacoes_cooperpam_selo_sim.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_no_106-2024-_jvn_-_repudio_concessionaria_dos_servicos_agua_e_esgoto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1376/mocao_no_107-2024-_jvn_-_apelo_prefeito_valdemar_gamba.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1405/mocao_no_108-2024-_cmaf_-_agradecimento_aos_produtores_rurais_pe.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1406/mocao_no_109_-2024_-_jvn_-_congratulacao_fisiculturistas_no_even.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1433/mocao_no_110-2024_-_csj_-_congratulacao_aos_atiradores_do_tiro_de_guerra_no_ano_de_2024.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1434/mocao_no_111-2024_-_fit_-_congratulacao_com_os_times_finalistas_da_copa_batom.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1437/mocao_no_112-2024_-_fit_-_congratulacao_com_o_professor_agnaldo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1438/mocao_no_113-2024_-_dls_-_pesar_a_claudineia_marques_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1453/mocao_no_114-2024_-_asr_-_congratulacao_ao_senhor_napoleao_teixeira_ferreira.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1454/mocao_no_115-2024_-_asr_-_congratulacao_ao_senhor_martinho_braz_zabot.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1455/mocao_no_116-2024_-_jvn_-_congratulacao_a_equipe_dojokun_karate.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1456/mocao_no_117-2024_-_ods_-_congratulacao_com_a_familia_sierra.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1457/mocao_no_118-2024_-_mrm_-_congratulacao_com_os_decanos__da_camara_municipal_de_alta_floresta.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1478/mocao_no_119-2024_-_fit_-_congratulacao_com_o_tatuador_rogerio_vieira.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1479/mocao_no_120-2024_-_dls_-_congratulacao_com_a_prof._eni_mackaulli_da_silva_pilger.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1480/mocao_no_121-2024_-_dptc_-_congratulacao_com_a_aluna_andressa_da_silva_martins.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1481/mocao_no_122-2024_-_dpt-_congratulacao_com_o_supermercado_araujo.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1504/mocao_no_123-2024_-_csj_-_congratulacao_ao_departamento_de_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1505/mocao_no_124-2024_-_fit_-_congratulacao_com_as_professoras_valdirene_e_maria_jose.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1506/mocao_no_125-2024_-_bps_-_congratulacao_com_ricardo_de_oliveira_toscano.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1507/mocao_no_126-2024_-mrm_-_congratulacao_com_o_grupo_moreira..doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1508/mocao_no_127-2024_-_bps_-_congratulacao_com_a_empresa_grf_incorporadora.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1509/mocao_no_128-2024_-_asr_-_congratulacao_ao_senhor_celso_batista_medina.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1510/mocao_no_129-2024_-_asr_-_congratulacao_ao_senhor__antonio_alves_da_silva.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1511/mocao_no_130-2024_-_dls_-_congratulacao_com_o_coordenador_pedagogico_gilvani_franco_kreling.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1512/mocao_no_131-2024_-_cmaf_-_congratulacao_a_equipe_rischuna_-_olimpiada_de_foguetes.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1524/mocao_no_132-2024_-_csj_-_congratulacao_ao_senhor__celco_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/670/oficio_n_007-2024_-_pl_2.282-2024.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1012/oficio_010-2024_dpt_sms_-_pam_emenda_retifica.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/678/oficio_n_015-2023_-_pl_2.281-2024.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/671/oficio_n_021-2024_-_pl_2.283-2024.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/672/oficio_n_023-2024_-_pl_2.284-2024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/673/oficio_n_024-2024_-_pl_2.285-2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/674/oficio_n_025-2024_-_pl_2.286-2024.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/676/oficio_n_026-2024.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/675/oficio_n_028-2024_-_pl_2.287-2024.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/677/oficio_n_029-2024.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/679/oficio_32-2024_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/689/oficio_no_036-2024_-_pl_2.288-2024.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/690/oficio_no_037-2024_-_pl_2.288-2024.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/708/of_046-2024-gp_-_enc_p_de_lei_2289-2024_-_superavit_financeiro_-_pmaf.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/721/of_53-2024-_encaminha_projeto_de_lei_2.290-2024_-_complemento_de_repasse_de_valores_clube_de_volei_-.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/739/of_56-2024-_encaminha_projeto_de_lei_2.291-2024_-alteraei_2.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/764/oficio_no_071-2024_-_gp_-_pedido_de_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/813/oficio_n_075-2024_-_pl_2.292-2024.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/814/oficio_n_076-2024_-_pl_2.293-2024.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/815/oficio_n_077-2024_-_pl_2.294-2024.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/816/oficio_n_078-2024_-_pl_2.295_-_2024.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/818/oficio_n_079-2024_-_pl_2.296-2024.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/891/oficio_109-2024-gp_retirada_tramitacao_plc_2.272-2023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/895/of_111-2024-gp-_encaminha_projeto_de_lei_2.297-2024_-_associacao_servidores_do_sistema_penitenciario.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/912/of_117-2024-gp-_encaminha_projeto_de_lei_2.299-2024_-.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/913/of_119-2024-gp-_encaminha_projeto_de_lei_2.300-2024_-.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/914/of_123-2024-gp-_encaminha_projeto_de_lei_2.301-2024_-.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/904/of_124-2024-gp-_encaminha_projeto_de_lei_2.302-2024_-.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/934/of_136-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2295.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/959/of_152-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2303-2024.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/958/of_153-2024-_gp-_encaminha_projeto_de_lei_2304-2024_-.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/953/oficio_159-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1014/of_174-2024-gp_-_encaminha_projeto_de_lei_2307-2024.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/950/oficio_no_183-2024_-_gab.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1016/of_185-2024-gp_-_encaminha_projeto_de_lei_2308-2024.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1039/oficio_n_186-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1066/oficio.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/oficio_254-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/oficio_293-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/oficio_n_308-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1274/oficio_328-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1279/oficio_329-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1349/oficio_n_375-2024.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1366/oficio_n_379-2024_-_gp_ocred.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1471/ofcio_439-2024_ocred.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1537/oficio_n._468-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1540/oficio_n._469-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1538/oficio_n._471-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1539/oficio_n._472-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1547/ofgab757_-_ao_executivo_oficializa_encaminhamento_da_relacao_e_das_emendas_impositivas_2025.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/oficio_074-2024_-_smads-gab.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/oficio_n_102-2024-cpd.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1062/oficio_no_009352024sroager.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/691/01_redacao_final_do_projeto_de_lei_-_2286_-_convenio_ager-sinop.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/744/02_redacao_final_do_projeto_de_lei_-_2.289_-_autz_exec_abrir_credito_adic_suplementar_por_superavit.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/893/03_redacao_final_ao_projeto_de_lei__012-2024_-_mrm_-_altera_dispositivos_da_lei_111-86.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/910/04_redacao_final_ao_projeto_de_lei__010-2024_-_fas_-_acresc_inci.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1057/05_redacao_final_do_projeto_de_lei_-_2.304_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1058/06_redacao_final_do_projeto_de_lei_-_2.307_-refis.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/07_redacao_final_do_projeto_de_lei_-_2.306_-festival_de_quadrilh.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/13__redacao_final_do_projeto_de_lei_-_2.310_-_regularizacao_chac.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/14_redacao_final_ao_projeto_de_lei__030-2024_-_fas_e_dls_-_subst__sinais_por_music_nas_esc.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/15_redacao_final_ao_projeto_de_lei__032-2024_-_acrescenta__unico_ao_art._4o_modif_9o_caput_da_lei_2.885-2023.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1346/16_redacao_final_do_projeto_de_lei_2.314-2024_-ldo_2025_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/ofgabver009-2024-fit_remanejamento_-_alteracao_objeto_emenda_imp.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/oficio_013-2024_gab_do_prefeito_cc_secret_fazda_-_alteracao_objeto_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/ofgabver018-2024-asr-_remanejamento_-_alteracao_objeto_emenda_impositiva_043-2023__araras_cristo_rei_sol_nasc.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1064/oficio_024-2024_fas-_emenda_construtores.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/ofgabver047-2024-lks_remanejamento_-_alteracao_objeto_emenda_imp.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/ofgabver055-2024-csj_remanejamento_-_alteracao_objeto_emenda_imp.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/ofgabver113-2024-rls-ratificacao-alteracao_objeto_emenda_imposit.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1299/contas_exercicio_2023_pmaf_144dpi_75.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/680/pl_001-2024-_ods_bps_dls_fas_e_mrm_revoga_art_7o_da_lei_2.885-20.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/682/pl_002-2024-_mesa_diretora_-_altera_disp_lei_1.957-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/683/pl_003-2024-_mesa_diretora_-_revisao_geral_anual_rga_exerc._2023-servidores..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/694/pl_004-2024_-_declaracao_de_utilidade_publica_assispen-af.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/695/pl_005-2024_-_declaracao_de_utilidade_publica_o_morhan.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/737/pl_006-2024_-_declaracao_de_utilidade_publica_o_moto_clube_roda_presa_280_ocred.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/743/pl_007-2024_-_declaracao_de_util_pub_a_ass_com_do_jardim_panorama.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/762/pl_008-2024_-_declaracao_de_utilidade_publica_a_associacao_de_moradores_da_comunidade_rural_getsemani.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/765/pl_009-2024-_fas_lks_rls_jvn_e_bps_altera_dispositivos_da_lei_2.896-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/822/pl_010-2024_-_fas_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_ipiranga.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/823/pl_011-2024_-_csj_-__dec_de_util_pub__aftkd_-_associacao_af_de_t.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/830/pl_012-2024-_mrm_altera_dispositivos_da_lei_111-86.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/849/pl_013-2024-_csj_e_mrm_-_denomina_dirceu_kynast_campo_sintetico.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/850/pl_014-2024_-_ods_-_denominacao_vias_publicas_do_loteamento_resi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/866/pl_015-2024_-_rls_lks_-_dec_de_util_pub__a_associacao_comunitaria_rural_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/896/pl_016-2024_-_dls_-_denominacao_vias_publicas_do_loteamento_resi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/899/pl_017-2024-_dptc_-_dia_da_biblia_e_inclui_no_calendario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/911/pl_018-2024-dptc_-_estabelece_e_regulamenta_vacinacao_contra_o_h.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/932/pl_019-2024-_jvn-_revoga_lei_municipal_2.702-2022_e_represtina_a_2.453-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/915/pl_020-2024-_dptc_-_doacao_de_cabelo_para_pessoas_com_cancer.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/954/proj.lei.n.021.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/955/proj.lei.n.022.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/965/pl_023-2024_-_dptc_-banca_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/966/pl_024-2024_-_dptc_-_distribuicao_gratuita_de_repelentes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/968/pl_025-2024_-_dptc_-_visao_nota_10.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/960/pl_026-2024_-_jvn_csj_mrm_fas_dptc_dls_-_acresce__2o__e___recla.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/985/pl_027-2024_-_fit_-_copa_kayoko_tanaka_de_handebol.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1040/pl_028-2024_-_fit_-_instituii_campanha_junho_verde.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1069/pl_029-2024_-_dls_-_acrecesnta_dispositivo_da_lei_2.749-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/proj.lei.n.030.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/pl_031-2024_-_mrm_-_reconhece_copa_trairao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/pl_032-2024-_ods_acrescenta__unico_ao_art._4o_modif_9o_caput_da.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/pl_033-2024-_mrm_-_reconhece_e_inclui_malha_viaria_estradas_do_v.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1249/pl_034-2024_-_csj_-_decl_de_util__pub_associacao_altaflorestense.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1250/pl_035-2024_-_jvn_-_dec_de_util_pub__a_associacao_de_handebol.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1251/pl_036-2024_-_jvn_-_decl_de_util__pub_associacao_de_basquete_alt.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_037-2024_-_rls__altera_lei_no_1983-2012_malha_viaria_estrela.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1428/pl_038-2024_-_fas__proibicao_do_uso_de_celular_em_sala_de_aula.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1436/aacc.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1466/pl_040-2024_-_fit_-_declaracao_de_utilidade_publica_do_grupo_okavango_capoeira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1472/pl_041-2024_-_fit_-_declaracao_de_utilidade_publica_a_associacao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1483/pl_043-2024_-_ods_-_declaracao_de_utilidade_publica_clube_de_aeromodelismo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1525/pl_044-2024_-_dls_-_declaracao_de_utilidade_publica_liga_matogro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1526/pl_045-2024_-_dls_-_acrescenta_dispositivos_na_lei_2.826-2023_-_denominacao_vias_europa_e_ipiranga.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1527/pl_046-2024_-_ods_e_dpt_-_declaracao_de_utilidade_publica_sociedade_hoasqueira_beneficente_divino_criador.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1528/pl_047-2024_-_ods_-_declaracao_de_utilidade_publica_-_floresta_off_road_4x4.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_-_2281_-_adequacao_do_ppa.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_n_2.282-2024_-__loteamento_de_chacaras.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/665/oficio_n_021-2024_-_pl_2.283-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/666/projeto_de_lei_n_2.284-2024_-_adequacao_ppa..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/667/projeto_de_lei_n_2.285-2024_-__rga_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_n_2.286-2024_-_convenio_ager-sinop.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_n_2.287-2024_-_-_superavit_financeiro_-_ipreaf.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/688/projeto_de_lei_no_2.288-2024_-_readequacao_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/707/projeto_de_lei_-_2289_-_superavit_financeiro_-_pmaf.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/720/projeto_de_lei_-_2290_-_clube_floresta_de_volei_-_complementacao_do_repasse_de_valor_para_super_lig.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_de_lei_no_2.291_-_altera_disp_lei_2.734-2022_ocred.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/806/proj.lei.n.2.292.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/807/projeto_de_lei_-_2293_-_enfermagem_atualizado.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/805/proj.lri.n.2.294.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_lei_-_2295_-_habitacao_popular.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/817/projeto_de_lei_n_2.296-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/867/projeto_de_lei_-_2297_-_associacao_comunitaria_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/868/projeto_de_lei_-_2298_-_associacao_dos_servidores_do_sistema_penitenciario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_-_2299_-_altera_lei_2.808-2023.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/901/projeto_de_lei_-_2300_-_dispoe_sobre_a_abertura_de_credito_adic.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/902/proj.lei.n.2.301.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/903/projeto_de_lei_-_2302_-_altera_lei_2771-2023_-_estatuto_da_educacao.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/933/projeto_de_lei_-_2303_-_protocolo_de_intencoes_do_consorcio_inte.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/957/proj.lei.n.2.304.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/969/projeto_de_lei_n_2.305-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1010/proj.lei.n.2.306.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1011/projeto_de_lei_-_2307_-_refis.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1015/projeto_de_lei_-_2308_-_perimetro_urbano_descontinuo_-_aterro_sanitario.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1017/projeto_de_lei_n_2.309-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_de_lei_-_2310_-_loteamento_de_chacaras.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_-_2311_-_refis.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_-_2312-2024_-_permuta_de_imoveis-com_anexo...pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1233/projeto_de_lei_-_2313_-_altera_aliquota_de_contribuicao_patronal.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1240/projeto_de_lei_n_2.314-2024-ldo_-_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_n_2.315-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1297/proj.lei.n.2.316.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1348/proj.lei.n.2.317.2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1363/projeto_de_lei_-_2318-2024_loa_-_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1467/projeto_de_lei_2.319-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1468/projeto_de_lei_-_2320_-_dispoe_sobre_a_criacao_do_fundo_municipa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1469/proj.lei.n.2.321.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1541/projeto_de_lei_-_2322_-_autoriza_adesao_ao_programa_de_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1542/projeto_de_lei_-_2323_-_convenio_com_municipio_de_paranaita.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_decreto_legislativo_no__001-2024_-_vereadores_-_premi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/848/projeto_de_decreto_legislativo_no__002-2024_-_vereadores_-_comenda_ariosto_da_riva_edicao_2024_personalidades_q_especifica.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/984/projeto_de_decreto_legislativo_no__003-2024_-_ods_titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1018/projeto_de_decreto_legislativo_no__004-2024_-_fas-_titulo_cidada.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1347/projeto_de_decreto_legislativo_no__005-2024_comissao_de_fiscalizacao_-_dispoe_sobre_as_contas_gov_pref_af_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_decreto_legislativo_no__006-2024_-_fit_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1387/projeto_de_decreto_legislativo_no__007-2024_-_dpt-_titulo_cidada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1389/projeto_de_decreto_legislativo_no__009-2024_-_rls_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1390/projeto_de_decreto_legislativo_no__010-2024_-_lks_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1391/projeto_de_decreto_legislativo_no__011-2024_-_asr_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1392/projeto_de_decreto_legislativo_no__012-2024_-_dptc_-_titulo_cida.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1393/projeto_de_decreto_legislativo_no__013-2024_-_mrm_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1394/projeto_de_decreto_legislativo_no__014-2024_-_csj_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1402/projeto_de_decreto_legislativo_no__015-2024_-_jvn_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1403/projeto_de_decreto_legislativo_no__016-2024_-_bps_-_titulo_cidad.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/684/projeto_de_resolucao_no_001-2024-__altera_resolucao__no_194-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/825/projeto_de_resolucao_no_002-2024-__mesa_e_demais_-_altera_resolucao__no_219-2023.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1484/projeto_de_resolucao_no_003-2024-__mesa__-_pequenas_compras.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/692/emenda_n_001-2024_-_fit_-_modificativa_e_aditiva_ao_pl_2.286-202.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/845/emenda_n_003-2024_-_mrm_e_fas_-_modificativa_ao_pl_012-2024_protoc_34-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1013/emenda_n_005-2024_-_fit_-__aditiva_ao_pl_2.304-2024__proc_55-202.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1038/emenda_n_006-2024_-_fit_-_modificativa_ao_pl_2.307-2024_protoc_6.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1067/emenda_n_007-2024_-_cpg_-__mod_ao_pl_2.306-2024__proc_68-2024_festival_de_quadrilhas_juninas_-_arraia_da_floresta.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1068/emenda_n_008-2024_-_cpg_-_supressiva_ao_pl_2.309-2024__proc_71-2024_associacao_de_moradores_do_bairro_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/emenda_n_009-2024_-_dptc_-_substitutiva_ao_pl_018-2024_protoc_48.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/emenda_n_010-2024_-_dptc_-_substitutiva_ao_pl_021-2024_protoc_52.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/emenda_n_011-2024_-_dptc_-_substitutiva_ao_pl_024-2024_protoc_62.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/emenda_n_012-2024_-_dptc_-_substitutiva_ao_pl_025-2024_protoc_64.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1135/emenda_n_013-2024_-_cljrf_-_modificativa_ao_pl_023-2024_protoc_61-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/emenda_n_014-2024_-_cpg_-__mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/emenda_n_015-2024_-_bps_e_fit_-_mod_ao_pl_2.310-2024__proc_74-2024_criterios_regularizacao_loteamentos_rurais.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1252/emenda_n_016-2024_-_dls_-_aditiva_ao_pl_032-2024_protoc_80-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1256/emenda_n_017-2024_-_cpg_-__mod_ao_pl_030-2024__proc_76-2024_-_substituicao_de_sinais_por_musicas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1295/emenda_n_018-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1296/emenda_n_019-2024_-_fit_-_modificativa_ao_pl_2.314-2024_-_ldo_20.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1312/emenda_n_020-2024_-_ods_-_aditiva_e_moficiativa_ao_pl_2.314-2023_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1486/emenda_n_021-2024_-_fit_-_modificativa_ao_pl_2.318-2024_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1487/emenda_n_022-2024_-_asr-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1488/emenda_n_023-2024_-_bps_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1489/emenda_n_024-2024_-_csj_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1490/emenda_n_025-2024_-_dls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1491/emenda_n_026-2024_-_dpt_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1492/emenda_n_027-2024_-_dptc_-_impositiva_ao_pl_2.318-2024_-_loa_202.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1493/emenda_n_028-2024_-_fit_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1494/emenda_n_029-2024_-_fas_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1495/emenda_n_030-2024_-_jvn_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1496/emenda_n_031-2024_-_lks_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1497/emenda_n_032-2024_-_mrm_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1498/emenda_n_033-2024_-_ods_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1499/emenda_n_034-2024_-_rls_-_impositiva_ao_pl_2.318-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1500/emenda_n_035-2024_-_comissao_de_fiscalizacao_-_modificativa_ao_p.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1452/emenda_n_036-2024_-_fit_-__aditiva_ao_pl_038-2024__proc_107-2024_proibicao_do_celular_no_ambito_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1501/emenda_n_037-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1502/emenda_n_038-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1503/emenda_n_039-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_20.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1520/emenda_n_040-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1521/emenda_n_041-2024_-_cfaeo_-_modificativa_ao_pl_2.318-2024_loa_2025_-_secret_educ_reforma_read_escolas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1522/emenda_n_042-2024_-_fit_-_substitutiva_ao_pl_042-2024_protoc_114.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/846/veto_n_001-2024_-_pl_065-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/847/veto_n_002-2024_-_pl_009-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1236/veto_n_003-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1234/veto_n_004-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1237/veto_n_005-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1238/veto_n_006-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1239/veto_n_007-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1273/veto_n_008-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1298/veto_n_009-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_131-_cljrf__-_proc_048-2024_-_pl_018-2024_-_estabelece_e.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_132-_cljrf__-_proc_052-2024_-_pl_021-2024_-_colo_para_ma.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_133-_cljrf__-_proc_062-2024_-_pl_024-2024_-_distribuicao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_134-_cljrf__-_proc_064-2024_-_pl_025-2024_-_visao_nota_1.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/681/requerimento_n._001-2024_-_bps_dls_fas_mrm_ods-_requerem_tramita.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/685/requerimento_n._002-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/686/requerimento_n._003-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_003-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/687/requerimento_n._004-2024_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/693/requerimento_n._005-2024_-_csj-__requer_retirada_do_projeto_de_lei_no_2.284-2024_adequacao_do_ppa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/729/requerimento_n._006-2024_-_jvn-__requer_lista_de_empresa_que_pag_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/730/requerimento_n._007-2024_-_fas_rls_lks_e_dls_requer_informacoes_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/731/requerimento_n._008-2024_-dls_fas_lks_e_rls_-_lista_de_informaco_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/732/requerimento_n._009-2024_-dls_-_compra_de_materiais_para_o_trans_ocred_ocred.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/733/requerimento_n._010-2024_-dls_-_notas_fiscais_dos_fogos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/757/requerimento_n._011-2024_-fit_-_extratos_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/758/requerimento_n._012-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/759/requerimento_n._013-2024_-_fit_e__-_requerem_tramitacao_em_regim.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/760/requerimento_n._014-2024_-mrm_fas_bps_asr_e_dptc_-_requerem_t_ocred.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/761/requerimento_n._015-2024_-_bps_mrm_fas_lks_e_rls_-_requer_tramit_ocred.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/809/requerimento_n._017-2024_-dls_-_frota_da_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/763/requerimento_n._018-2024_-_csj_bps_asr_jvn_e_ods_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_008-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/766/requerimento_n._020-2024_-_fas_lks_rls_jvn_e_bps_requer_urgencia_especial_ao_pl_009-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/811/requerimento_n._021-2024_-_dls-_requer_informacoes_de_despesas_realizadas_na_festa_de_fim_de_ano.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/812/requerimento_n._022-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_001-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/820/requerimento_n._023-2024_-_mfpn_-_requer_informacoes_do_bairro_jardim_planalto2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/832/requerimento_n._024-2024_-_csj_fas_asr_bps_e_ods_-_requer_tramit.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/833/requerimento_n._025-2024_-_mesa_diretora_e_demais_vers._requer_t.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/864/requerimento_n._028-2024_-_vereadores_-_requer_urgencia_especial_ao_pdl_002-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/881/requerimento_n._029-2024_-_rls_lks_fas_bps_e_manoel_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_015-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/882/requerimento_n._030-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/883/requerimento_n._031-2024-_dls_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/884/requerimento_n._032-2024_-_mrm_fas_dpt_asr_e_dptc_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/909/requerimento_n._033-2024_-_dls_dpt_jvn_ods_e_mfpn_-_requer_tr.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/898/requerimento_n._034-2024_-_vereadores_-_governo_do_estado_medida.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/897/requerimento_n._035-2024_-_vereadores_subscritos-_requer_tramita.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/927/requerimento_n._036-2024_-_dls-_requer_informacoes_de_denuncias.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/931/requerimento_n._037-2024_-_csj_-_requer_quais_os_planejamentos_u.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/935/requerimento_n._038-2024_-_dls-_requer_informacoes_diarias_prime.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/936/requerimento_n._039-2024-_cjs_-_requer_retirada_de_tramitacao_pl_2.294-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/961/requerimento_n._040-2024_-_jvn_csj_mrm_fas_dptc_dls_-_requer_tra.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1094/requerimento_n._041-2024_-_rls-_requer_anuencia_de_falta_da_sess.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1095/requerimento_n._042-2024_-_lks-_requer_anuencia_de_falta_da_sess.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1096/requerimento_n._043-2024_-_rls_-_requer_informacoes_sobre_a_obra.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1097/requerimento_n._044-2024_-_asr_-_requer_anuencia_de_falta_da_ses.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1098/requerimento_n._045-2024_-_dls_-_requer_pedidos_de_alvaras_de_construcoes_protocoladas.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1099/requerimento_n._046-2024_-_dls_-_requer_contratos_de_publicidades_e_propagandas.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1100/requerimento_n._047-2024_-dls_-_informacoes_sobre_despesas_refer.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1101/requerimento_n._048-2024_-_fit_-_requer_solicitgacao_de_informac.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1102/requerimento_n._049-2024_-_fit_-_requer_solicitgacao_de_informacoes_sobre_a_malha_viaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/requerimento_n._055-2024_-_jvn-fas-rls-_asr-ods_-_requer_tramitacao_em_regime_de_urgencia_especial_mocao_055-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1154/requerimento_n._056-2024_-_rls_-_requer_informacoes_sobre_a_proj.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/requerimento_n._057-2024_-_rls_e_lks_-_requer_projeto_e_planilha.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/requerimento_n._058-2024-_fit_-_requer_vistas_pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/requerimento_n._059-2024_-_fit_-_requer_informacoes_gastos_x_arr.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1213/requerimento_n._060-2024_-_dls_-_requer_informacoe_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1214/requerimento_n._061-2024_-_dls_-_requer__informacoe_secretaria_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/requerimento_n._062-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_02-07-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1216/requerimento_n._063-2024_-_dls_-_requer_informacoe_nucleo_de_pesquisa_urbano.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1350/requerimento_n._064-2024_-_dptc_-_requer_anuencia_de_falta_da_sessao_13-07-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1352/requerimento_n._066-2024_-_dls_-_requer_informacoes_concessionaria_aguas_de_alta_floresta.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1386/requerimento_n._067-2024_-_dls_-_requer_informacoes_sobre_a_quan.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1395/requerimento_n._068-2024_-_mesa_diretora_-_requer_retificacao_qu.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1404/requerimento_n._076-2024_-_dls_-_requer_informacoes_sobre_a_creches_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1435/requerimento_n._078-2024_-_jvn_-_requer_copia_da_ata_de_reuniao.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1458/requerimento_n._083-2024_-_dls_-_requer_informacoes_sobre_a_crec.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1485/requerimento_n._086-2024_-_mesa_diretora_-_requer_tramitacao_em.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1531/requerimento_n._090-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_044-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1532/requerimento_n._091-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_045-2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1533/requerimento_n._092-2024_-_dpt-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_046-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1534/requerimento_n._093-2024_-_dls-fas-rls-lks-ods_-_requerem_tramitacao_em_regime_de_urgencia_especial_pl_047-2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/696/indicacao_n_001-_2024_-_csj_-_ind._ao_prefeito_e_educacao_projeto_piloto_pra_educacao_fisica_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_n_002-_2024_-_csj_-_ind._ao_prefeito_e_diretor_de_esporte_assesibilidade_de_cadeirantes_no_ginasio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_n_003-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_avenida_d.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_n_004-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_tapa_buracos_na_g_06.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_n_005-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_instalacao_de_quebra_molas_na_perimetral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_n_006-_2024_-_dls_-_ind._ao_prefeito_e_cidade_placas_de_sinalizacao_na_rua_e-4..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_n_007-_2024_-_lks_-_ind._ao_prefeito_e_saude_mobilia_para_a_casa_de_apoio_da_capital.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_n_008-_2024_-_fit_-_ind._ao_sec._de_transito_faixa_de_pedestres_em_frente_na_escola_jardim_das_flores.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_n_009-_2024_-_asr_-_ind._a_sec._de_cidade_e_dep._de_iluminacao_poda_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_n_010-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_h-6.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_n_011-_2024_-_asr_-_ind._a_diretoria_de_transito_quebra_molas_na_rua_e-2.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_n_012-_2024_-_dls_-_ind._a_cidade_limpeza_e_rocagem_da_praca_no_bairro_cidade_bela.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/710/indicacao_n_013-_2024_-_rls__-_ind._a_infraestrutura_cascalhamento_da_estrada_nasser_noujain.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/711/indicacao_n_014-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_na_comunidade_28.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/712/indicacao_n_015-_2024_-_rls__-_ind._a_infraestrutura_reparo_de__bueiro_localizado_estrada_estrela_vicinal_ii..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_n_016-_2024_-_rls__-_ind._a_infraestrutura_manutencao_da_serra_do_seu_ermelino.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_n_017-_2024_-_rls__-_ind._a_infraestrutura_patrolamento_e_cascalhamento_de_um_trecho_em_frente_a_propriedade_do_seu_ermelino.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_n_018-_2024_-_dptc__-_ind._a_infraestrutura_e_meio_ambiente_limpeza_do_corrego_severo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_n_019-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_na_psf_do_bairro__boa_nova_i.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_n_020-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_recuperacao_das_ruas_do_boa_nova.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/718/indicacao_n_021-_2024_-_dptc__-_ind._a_cidade_e_meio_ambiente_retirada_de_lixo_e_entulhos_do_setor_urbano.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_n_022-_2024_-_fas_-_ind._a_sec._de_assistencia_social_e_saude_distribuicao_de_cordoes_de_girassol_para_indentificacao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/723/indicacao_n_023-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/724/indicacao_n_024-_2024_-_mrm_-_indica_ao_prefeito_prorrogar_os_ef.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/725/indicacao_n_025-_2024_-_rls_-_indica_bueiro_e_curva_na_estrada_n.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/726/indicacao_n_026-_2024_-_fas__-_ind._a_infraestrutura_cascalhamen.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/727/indicacao_n_027-_2024_-_dptc__-_ind._a_sec._de_cidade_limpeza_do.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/728/indicacao_n_028-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_ta.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/746/indicacao_n_031-_2024_-_fit_-_ind._a_sec._de_educacao_reparos_no_parque_da_escola_benjamim_padoa_ocred.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/747/indicacao_n_032-_2024_-_fit_-_ind._a_sec._de_saude_e_o_prefeito_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/748/indicacao_n_033_-_2024_-_fit_-_ind._a_sec._de_educacao_drenagem_ocred.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/749/indicacao_n_034_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/750/indicacao_n_035_-_2024_-_fit_-_ind._a_sec._de_infraestrutura_rep_ocred.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/751/indicacao_n_036_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/752/indicacao_n_037_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_e_c_ocred.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/753/indicacao_n_038_-_2024_-_rls_e_lks_-_ind._ao_pref._e_sec._de_sau_ocred.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/754/indicacao_n_039_-_2024_-_rls_e_lks_-_ind._ao_pref._e_infraestrut_ocred.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/755/indicacao_n_040_-_2024_-_csj_-_ind._ao_infraestrutura_recuperaca_ocred.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/768/indicacao_n_041_-_2024_-_fas_-_ind._ao_prefeito_projeto_de_lei_v_ocred.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/769/indicacao_n_042-_2024_-_dptc__-_ind._a_sec._de_infraestrutura_pa_ocred.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/770/indicacao_n_043-_2024_-_dptc__-_ind._ao_prefeito_pagamento_piso_ocred.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/771/indicacao_n_044_-_2024_-_fas_-_ind._a_sec._de_educacao_a_reparos_ocred.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/772/indicacao_n_045_-_2024_-_fas_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/774/indicacao_n_047_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/775/indicacao_n_048_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/776/indicacao_n_049_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/777/indicacao_n_050_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_man_ocred.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/778/indicacao_n_051_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_tap_ocred.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/779/indicacao_n_052_-_2024_-_dls_-_ind._a_sec._de_infraestrutura_pav_ocred.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/780/indicacao_n_053_-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_o_reg_ocred.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/781/indicacao_n_054-2024_-_mrm_-_indica_ao_dep_dilmar_dal_bosco_deno_ocred.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/782/indicacao_n_055_-_2024_-_rls_-_ind._a_sec._de_infraestrutura_rec_ocred.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/783/indicacao_n_056_-_2024_-_rls_e_lks_-_ind._a_sec._de_educacao_fo._ocred.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/784/indicacao_n_057_-_2024_-_dpt_-_ind._a_sec._de_infraestrutura_gal_ocred.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/785/indicacao_n_058_-_2024_-_rls_-_ind._ao_diretor_de_transito_refaz_ocred.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/786/indicacao_n_059_-_2024_-_fas_-_ind._a_sec._de_educacao_a_instala_ocred.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/787/indicacao_n_060_-_2024_-_bps_-_ind._a_sec._de_cidade_ocred.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/788/indicacao_n_061_-_2024_-_rls_e_lks_-_ind._ao_pref._e__sec._infra_ocred.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/789/indicacao_n_062_-_2024_-_jvn_-_ind._ao_infraestrutura_pavimentac_ocred.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/790/indicacao_n_063_-_2024_-_fas_-_ind._ao_prefeito_ar_condicionado_ocred.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/791/indicacao_n_064_-_2024_-_dptc__a_sec._de_saude_manutencao_nos_are_ocred.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/792/indicacao_n_065_-_2024_-_dls__rec_asf_em_frente_ao_cer.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/793/indicacao_n_066_-_2024_-_dls_-_limpeza_av_ariosto_ocred.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/794/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/795/indicacao_n_068_-_2024_-_dls___tapa_buraco_e_limpeza_na_rua_h_ocred.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/796/indicacao_n_069-_2024_-_dls_-_tapa_buraco_na_rua_airton_senna_ocred.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/797/indicacao_n_070-_2024_-_dls_-__tapa_buraco_na_rua_atraz_da_pam_ocred.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/798/indicacao_n_071_-_2024_-_dls_-_sec_de_infraestrutura___tapa_bura_ocred.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/835/indicacao_n_073_-_2024_-_csj_-_ao_prefeito_sec_de_gestao_e_segur.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/819/indicacao_n_074-2024_-_fas_-_ind._ao_prefeito_e_sec._de_inovacao_programa_rotas_rurais.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/836/indicacao_n_075-2024_-_jvn__-_ind.__ao_prefeito_e_sec._de_esporte_conselho_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/837/indicacao_n_076-2024_-_jvn__-_ind._a_de_sec._de_infraestrutura_ponte_localizada_nas_proximidades_da_avenida_das_embaubas.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/838/indicacao_n_077-2024_-_csj_-_ind._a_de_sec._de_infraestrutura_re.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/839/indicacao_n_078_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_educaca.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/840/indicacao_n_079_-_2024_-_dls_-_ind._sec_de_saude_contratacao_de.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/841/indicacao_n_080-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/842/indicacao_n_081-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/843/indicacao_n_082-_2024_-_dls_-_ind._a_prefeito_e_sec._de_infraest.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/851/indicacao_n_083-_2024_-_fas_-_ind._a_prefeito__leilao_publico_dos_veiculos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/852/indicacao_n_084-_2024_-_fas_-_ind._a_infraestrutura_e_transito_a_troca_os_redutores_de_velocidades_do_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/853/indicacao_n_085-_2024_-_csj_-_ind._ao_prefeito_piso_nacional_das_ace-acs.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/854/indicacao_n_086-_2024_-_dls_-_ind._ao_prefeito_centro_de_desenvolvimento_infantil_icog.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/856/indicacao_n_088-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura_construcao_de_sarjetas_nas_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/857/indicacao_n_089-_2024_-_fas_-_ind._a_infraestrutura_patrolamento_para_recuperar_a_avenida_vitoria_regia.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/858/indicacao_n_090-_2024_-_fas_-_ind._a_infraestrutura_faixa_elevada_na_rotatoria_da_cidade_alta.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/859/indicacao_n_091-_2024_-_fas_-_ind._a_cidade_limpeza_do_terreno_manoel_de_nobrega_35..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/860/indicacao_n_092-_2024_-_lks_-_ind._a_prefeito_e_saude_duas_ambulancia_para_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/861/indicacao_n_093-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_para_o_pdf_ana_neri.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/862/indicacao_n_094-_2024_-_lks_-_ind._a_prefeito_e_saude_cobertura_da_casa_de_apoio_de_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/863/indicacao_n_095-_2024_-_lks_-_ind._a_prefeito_e_saude_manutencao_dos_ares_condicionados_na_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/869/indicacao_n_096_-_fas_-_ind._sec._de_saude_a_nec_cilindros_de_oxigenio_p_tod_psfs_do_mun_inclu__z_rur.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/870/indicacao_n_097_-_2024_-_rls_-_ind._a_sec._de_educacao_de_ar_condicionado_sala_anexa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/871/indicacao_n_098_-_2024_-_rls_-_sec_de_infraestru__patr_ruas_da_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/873/indicacao_n_100-_2024_-_csj_-__escola_sonia_faleiro.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/874/indicacao_n_101-_2024_-_fas_-_ind_ao_deputado_nininho_climatizadores_a_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/875/indicacao_n_102-_2024_-_csj_-__iluminacao_praca_public_psf_-_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/876/indicacao_n_103-_2024_-_dpt_-_ind_ao_pref_e__manuten_pista_de_skate.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/877/indicacao_n_104-_2024_-_rls_-_sec_de_saud_manutencao_da_geladeira_no_psf.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/878/indicacao_n_105-_2024_-_fas_-_ind_aos__diego_guimaraes_climatizadores_a_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/880/indicacao_n_107-_2024_-_fas_-_ind__ao_prefeito_saude_e_esportes_educador_fisico_nas_academias_publicas_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/905/indicacao_n_108-_2024_-_csj_-_ind._ao_prefeito_e_infraestrutura_regulariza_o_trafego_da_coleta_de_lixo_do_bairro_boa_nova.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/906/indicacao_n_109-_2024_-_rls_-_ind._a_infraestrutura_reparo_de_um_bueiro_localizado_na_estrada_nasser_noujain.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/907/indicacao_n_110-_2024_-_rls_-_ind._a_educacao_dois_armarios_e_duas_mesas_para_professores_para_a_extensao_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/916/indicacao_n_111-_2024_-_ods_-_ind._ao_dep._nininho_aquisicao_de.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/917/indicacao_n_112-_2024_-_mrm_-_ind._a_sec._de_cidade_um_quebra-mo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/918/indicacao_n_113-_2024_-_lks_e_rls__-_ind._ao_prefeito_e_sec_de_i.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/919/indicacao_n_114-_2024_-_lks_e_rls__-_ind._ao_prefeito_pavimentac.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/920/indicacao_n_115-_2024_-_lks_e_rls__-_ind._a_sec_infraestrutura_p.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/921/indicacao_n_116-2024_-_csj_-_indica_ao_prefeito_criacao_projeto.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/922/indicacao_n_117-2024_-_ods_-_indica_a_secret_agric_munic_promove.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/923/indicacao_n_118-_2024_-_jvn_-_ind._a_sec._de_cidade_troca_de_lam.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/924/indicacao_n_119-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/925/indicacao_n_120-_2024_-rls_-_ind._a_direcao_de_transito_redutore.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/926/indicacao_n_121-_2024_-_fas_-_ind._a_sec_de_saude_que_forneca_va.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/937/indicacao_n_122-_2024_-_rls_-_ind._a_sec_de_infraestrutura_manut.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/938/indicacao_n_123-_2024_-_dptc_-_ind._a_sec_de_cidade_e_transito_f.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/939/indicacao_n_124-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/940/indicacao_n_125-_2024_-_rls_e_lks__-_ind._a_sec_de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/941/indicacao_n_126-_2024_-_rls_e_lks__-_ind._ao_prefeito_e_sec_de_i.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/942/indicacao_n_127-_2024_-_dptc_-_ind._ao_prefeito_reestrutura_do_p.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/943/indicacao_n_128-_2024_-_rls_-_ind._a_sec_de_cidade_limpeza_do_pa.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/944/indicacao_n_129-_2024_-_rls_e_lks__-_ind._ao_sec_de_esportes_man.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/945/indicacao_n_130-_2024_-_fas_-_ind__a_metamat_perfuracao_dos_poco.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/946/indicacao_n_131-_2024_-_fas_-_ind_ao_transito_e_cidade_construir.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/947/indicacao_n_132-_2024_-_fas_-_ind._do_dep._de_proprios_recolhime.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/948/indicacao_n_133-_2024_-_fas_-_ind._a_sec_de_inf._que_faca_a_limp.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/949/indicacao_n_134-_2024_-_fas_-_ind._a_sec_de_cidade_que_faca_roca.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/970/indicacao_n_135-_2024_-_csj_-_ind._a_sec_de_cidade_e_transito_qu.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/971/indicacao_n_136-_2024_-_rls_e_lks__-_ind_secr_de_saude_contratac.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/972/indicacao_n_137-_2024_-_rls_e_lks__-_ind_secr_de_inf._repare_bue.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/973/indicacao_n_138-_2024_-_dpt__-_ind_secr_de_infraestrutura_recupe.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/974/indicacao_n_139-_2024_-_dpt__-_ind_secr_de_infraestrutura_manutencao_dos_bueiros_no_bairro_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/975/indicacao_n_140-_2024_-_dls__-_ind_ao_prefeito_secr_de_infraestr.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/976/indicacao_n_141-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/977/indicacao_n_142-_2024_-_jvn__-_ind_ao_sec_de_obras_que_faca_alte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/979/indicacao_n_144-_2024_-_fas_-_ind_secr_de_meio_ambiente_limpeza.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/980/indicacao_n_145_-_2024_-_fas_-_ind_secr_de_infraestrutura_faixa.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/986/indicacao_n_146_-_2024_-_fas_-_ind_secr_de_cidade_poda_das_arvor.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/987/indicacao_n_147-_2024_-_dls_-_ind._ao_prefeito_e_educacao_parqui.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/988/indicacao_n_148-_2024_-fas_-_ind._ao_prefeito_e_consorcio_interm.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/989/indicacao_n_149-_2024_-dpt_-_ind._a_sec._de_obras_pontes_de_adue.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/990/indicacao_n_150-_2024_-dpt_-_ind._a_sec._de_obras_ponte_de_aduel.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/991/indicacao_n_151-_2024_-rls_-_ind._ao_dep._nininho_encaminhe_patr.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/992/indicacao_n_152-_2024_-rls_-_ind._ao_pref._e_nuc._de_eng._rede_d.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/993/indicacao_n_153-_2024_-rls_-_ind._a_sec._de_edu._implante_playgr.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/994/indicacao_n_154-_2024_-fas_-_ind._ao_prefeito_pagamento_de_adici.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/995/indicacao_n_155-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/996/indicacao_n_156-_2024_-fas_-_ind._ao_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/997/indicacao_n_157-_2024_-ods__-_ind._a_ao_preefeito_implante_playg.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/998/indicacao_n_158-_2024_-_jvn_-_ind._a_sec._de_esporte_ascom.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/999/indicacao_n_159-_2024_-_jvn_-_ind._a_sec._de_infraestrutura_oper.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1000/indicacao_n_160-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1001/indicacao_n_161-_2024_-_rls_-_ind._a_sec._de_infraestrutura_repa.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1002/indicacao_n_162-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1003/indicacao_n_163-_2024_-_rls_e_lks_-_ind._ao_dep._nininho_aquisic.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1019/indicacao_n_165-_2024_-_rls_e_lks_-_ind._a_acrimat_que_faca_a_ma.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1020/indicacao_n_166-_2024_-_rls_e_lks_-_ind._a_infraestrutura_manute.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1021/indicacao_n_167-_2024_-_jvn_-_ind._a_transito_a_implatacao_de__r.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1022/indicacao_n_168-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1023/indicacao_n_169-_2024_-_rls_-_ind._a_infraestrutura_troca_das_po.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1024/indicacao_n_170-_2024_-_rls_e_lks_-_ind._ao_prefeito_e__infraest.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1025/indicacao_n_171-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1026/indicacao_n_172-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_infraestr.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1027/indicacao_n_173-_2024_-_dls_-_ind._a_infraestrutura_recuperacao.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1028/indicacao_n_174-_2024_-_dls_-_ind._ao_prefeito_e_a_educacao_cump.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1029/indicacao_n_175-_2024_-_dls_-_ind._ao_prefeito_e_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1030/indicacao_n_176-_2024_-_rls_-_ind._a_infraestrutura_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1031/indicacao_n_177-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1032/indicacao_n_178-_2024_-_rls_-_ind._a_infraestrutura_recuperacao.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1033/indicacao_n_179-_2024_-_fas_-_ind._a_infraestrutura_recuperacao.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1041/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1042/indicacao_n_181-_2024_-_rls_e_lks_-_ind._a_sec._de_cidade_manute.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1043/indicacao_n_182-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1044/indicacao_n_183-_2024_-_fas_-_ind._a_sec._de_infraestrutura_recu.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1045/indicacao_n_184-_2024_-_fit_-_ind._a_sec._de_cidade_banheiro_na.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1046/indicacao_n_185-_2024_-_ods_-_ind._a_infraestrutura_na_rua_b-1.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1047/indicacao_n_186-_2024_-_rls_e_lks_-_ind._ao_prefeito_pavimentaca.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1048/indicacao_n_187-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_camin.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1049/indicacao_n_188-_2024_-_dptc_-_ind._ao_infraestrutura_caminhao_p.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1050/indicacao_n_189-_2024_-_dptc_-_ind._ao_saude_mobiliario_da_unida.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1051/indicacao_n_190-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1052/indicacao_n_191-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redut.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1053/indicacao_n_192-_2024_-_dls_-_ind._ao_sec_de_infraestrura_manute.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1054/indicacao_n_193-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1055/indicacao_n_194-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_molha.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1056/indicacao_n_195-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_recup.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1070/indicacao_n_196-_2024_-_fas_-_ind._a_sec._infraestrutura_meio_a.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1071/indicacao_n_197-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1072/indicacao_n_198-_2024_-_fit_-_ind._a_sec._de_cidade_construcao_d.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1073/indicacao_n_199-_2024_-_fit_-_ind._a_sec._de_infraestrutura_redu.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1074/indicacao_n_200-_2024_-_fit_-_ind._a_sec._de_meio_ambiente_fisca.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1075/indicacao_n_201-_2024_-_fit_-_ind._a_direcao_de_transito__sinali.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1076/indicacao_n_202-_2024_-_asr_-_ind._a_sec._de_educacao_instalacao.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1077/indicacao_n_203-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_pavim.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1078/indicacao_n_204-2024_-_fas_lks_e_rls_-_indicam_ao_prefeito_cc_se.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1079/indicacao_n_205-_2024_-_dls_-_ind._a_sec._de_sinalizacao_na_rodo.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1080/indicacao_n_206-_2024_-_dls_-_ind._ao_prefeito_a_contratacao_de.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1081/indicacao_n_207-_2024_-_rls_e_lks_-_ind._ao_infraestrutura_reparo_de_um_buraco_na_via_publica_avenida_ludovico_da_riva_neto.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1082/indicacao_n_208-_2024_-_rls_e_lks_-_ind._ao_prefeito_e_educacao_troca_do_onibus_escolar_da_escola_guimaraes_rosa.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1083/indicacao_n_209-_2024_-_fas_-_ind._a_sec._infraestrutura_tres_redutores_de_velocidades_entre_a_avenida_perimetral_nw_e_rua_laudiceia.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1084/indicacao_n_210-_2024_-_fas_-_ind._a_sec._infraestrutura_fazer_um_bueiro_de_concreto_e_trocar_a__estrutura_de_aduelas.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1085/indicacao_n_211-_2024_-_fas_-_ind._a_sec._infraestrutura_reparos_em_um_trecho_da_avenida_ayrton_senna.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/indicacao_n_212-_2024_-_fas_e_dls__-_ind._a_o_prefeito_e_a__sec.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/indicacao_n_213-_2024_-_rls_e_lks_-_ind._a_sec._de_saude_manutencao_do_ar_condicionado_da_recepcao_da_pam.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/indicacao_n_214_-_2024_-_ods_-_ind._ao_prefeito_e__infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/indicacao_n_215_-_2024_-_asr_-_ind._a_sec._de_saudea_implatacao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/indicacao_n_216_-_2024_-_asr_-_ind._a_sec._de_infraestrutura_um.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/indicacao_n_217_-_2024_-_asr_-_ind._a_sec._de_saude_construcao_d.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/indicacao_n_218_-_2024_-_fas_-_ind._aoo_prefeito_cameras_de_segu.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_n_219_-_2024_-_asr-_ind._ao_prefeito_playground_na_praca_do_aviao..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/indicacao_n_220_-_2024_-_fas_-_ind._ao_prefeito_e_saude__aquisicao_de_equipamentos_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/indicacao_n_221_-_2024_-_fas_-_ind._ao_cidade__limpeza_das_calcadas_das_avenidas_robson_silva_e_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/indicacao_n_222_-_2024_-_asr_-_ind._ao_prefeito_e_saude_contratacao_de_um_medico_neuropsiquiatra.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/indicacao_n_223_-_2024_-_fas_-_ind._ao_prefeito_e_infraestrutura_tres_redutores_de_velocidade_na_avenida_teles_pires.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/indicacao_n_224_-_2024_-_fit_-_ind._ao_gestao_area_de_lazer_praca_publica_no_bairro_parque_das_nacoes.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/indicacao_n_225_-_2024_-_lks_e_rls__-_ind._ao_dep._guimaraes_4_cadeiras_de_rodas_e__para_a_casa_de_apoio_de_alta_floresta.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/indicacao_n_226_-_2024_-_lks_-_ind._a_sec._de_cidade_rocagem_do_mato_proximo_a_pista_de_caminhada_na_avenida_amazonas.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1149/indicacao_n_227_-_2024_-_asr_-_ind._a_sec._de_meio_ambiente_arborizacao_no_patio_da_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1150/indicacao_n_228_-_2024_-_asr_-_ind._ao_prefeito_e__sec._de_infraestrutura_pavimentacao_asfaltica_na_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/indicacao_n_229_-_2024_-_fas_-_ind._ao_prefeito_e__gestao_de_gov.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/indicacao_n_230-2024_-_dpt_-_sec._de_infraestrutura_vale_do_apia.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/indicacao_n_231-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/indicacao_n_232-_2024_-_rls_-_ind._a_infraestrutura_troca_da_pon.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/indicacao_n_233-_2024_-_rls_-_ind._a_infraestrutura_cascalhament.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/indicacao_n_234-_2024_-_rls_e_lks_-_ind._a_infraestrutura_e_cida.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/indicacao_n_235-_2024_-_rls_-_ind._a_infraestrutura_reparos_na_e.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_n_236-2024_-_mrm_-_ind._a_infr._construcao_faixa_eleva.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/indicacao_n_237-2024_-_fas_-_ind._a_inf._que_instale_placas_em_r.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1168/indicacao_n_238-2024_-_dls_-_ind._ao_pref._e_a_inf._que_instale.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_n_239-2024_-_dls_-_ind._a_agrimat_que_instale_placas_d.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_n_240-_2024_-_rls_e_lks_-_ind._a_sec._de_infraestrutur.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/indicacao_n_241-2024_-_dls_-_ind._a_cidade_poda_das_arvores_no_b.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/indicacao_n_242_-_2024_-_fas_-_ind._sec._de_educacao_a_implantacao_de_uma_escola_municipal_no_bairro_vila_nova.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/indicacao_n_243_-_2024_-_asr_-_ind._sec._de_infraestrutura_refor.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_n_244_-_2024_-_fas_-_ind._ao_prefeito_e_sec._de_saude_implantacao_de_centro_especializado_pessoas_de_rua.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/indicacao_n_245_-_2024_-_fas_-_ind._ao_sec._de_cidade_pinturas_em_quebra_molas_e_redutor_de_velocidades_em_toda_cidade.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/indicacao_n_246-_2024_-_lks_-_sec_de_infraest_-_meio_fio_boa_esperanca_rua_perimetral_nw.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/indicacao_n_247-_2024_-_lks_-_sec_de_infraest_-_infraestrutura_patrolar_e_cascalhar_chacara_dr_irene.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/indicacao_n_248-_2024_-_csj_-_ind_a_inf._quebra-mola_e_placa_de_sializacao_escola_cecilia_meireles.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1204/indicacao_n_249_-_2024_-_fas_-_ind._ao_sec._de_inf._patrolamento.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/indicacao_n_250_-_2024_-_rls_e_lks__-_ind._ao_sec._de_meio_ambie.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/indicacao_n_251_-_2024_-_ods_-_ind._ao_prefeito_a_necessidade_de.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/indicacao_n_252-2024_-_asr_-__faixa_elevada_nas_proximidades_da.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/indicacao_n_253_-_2024_-_rls_-_ind_a_sec_de_infroest_o_a_neces_d.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/indicacao_n_254_-_2024_-_fit_-_ind_ao_prefeito_e_sec_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1229/indicacao_n_255_-_2024_-_dptc_-_ind_infraestrutura_a_necessidade_de_realizar_a_molhagem_da__rua_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1221/indicacao_n_256_-_2024_-_csj_-_ind_ao_prefeito_e_saude_instalacao_de__longarinas_e_cobertura_do__psf_v.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1222/indicacao_n_257_-_2024_-_rls_-_ind_a_energisa_para_limpeza_da_rede_eletrica_da_comunidade_rio_verde.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1223/indicacao_n_258-_2024_-_camara_-_indic_a_sec._estadual_de_infraestr..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1224/indicacao_n_259_-_2024_-_lks_e_rls_-_ind_ao_dep._guimaraes_micropavimentacao_asfaltico_nas_ruas_do_bairro_jardim_flamboyant.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1225/indicacao_n_260_-_2024_-asr_-_ind_ao_prefeito_pavimentacao_asfaltica_na_perimetral_se-2_sul_do_bairro_boa_nova_iii.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1226/indicacao_n_261_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_passarela_entre_os_bairros__almeida_prado_e_araras.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1227/indicacao_n_262_-_2024_-ods_-_ind_a_sec._de_infraestrutura_faixa_elevada_em_frente_a_pizzaria_divina_pizza.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1228/indicacao_n_263_-_2024_-asr_-_ind_ao_prefeito_e_infraestrutura_reparo_de_uma_ponte.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1246/indicacao_n_267-2024_-_rls_e_lks_-_ind_ao_pren_o_abastecimento_carro_camara.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1247/indicacao_n_268-2024_-_rls_e_lks_-_ind_a_sec._de_saude_reparos_nos_ares__do_cer.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1248/indicacao_n_269-2024_-_dptc_-_ind_ao_dep._de_transito_sinalizacao_e_pintura_dos_quebras_molas_da_av_minas_gerais..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_n_270-2024_-_asr_-_ind_a_infraestrutura_acessibilidade_na_av._ludovico_da_riva_neto_na_passarela_proxima_a_via_moda.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_n_271-2024_-_fas_-_ind._a_sec._de_infra_patrolamento_nas_estradas_da_chacaras_santa_rosa..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_n_272-2024_-_rls_e_lks_-_ind_ao_infra_e_prefeito_faixa_elevada_em_frente_a_escola_jardim_das_flores.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_n_273-2024_-_rls_-_ind_sec_de_infraestrutura_reparos_nos_bueiros_da_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1261/indicacao_n_274-2024_-_asr_-_ind_sec_de_infraestrutura_poste_de_iluminacao_na_academia_da_terceira_idade_na_comunidade_rural_cristo_rei.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1262/indicacao_n_275-2024_-_fas_-_ind._a_sec._de_infraestrutura_de_substituicao_do_bueiro_na_comunidade_nossa_senhora_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1269/indicacao_n_277-_2024_-dptc_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_na_comunidade_guadalupe.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1270/indicacao_n_278-_2024_-_dptc_-_ind._ao_sec_de_infraestrura_redutor_de_velocidade_na_rua_a-2.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_n_280_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_pintura_de_faixas_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_n_281_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_chacaras_do_loteamento_santa_rosa..pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_n_282_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_recuperacao_das_vicinal_primeira_norte.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_n_283_-_2024_-_dls_-_ind._ao_prefeito_e_sec_de_infraestrura_instalacao_de_uma_faixa_de_pedestre_no_setor_g_entre_as_ruas_g_04_e_g_05..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1284/indicacao_n_284_-_2024_-_fit_-_ind._a_sec_de_infraestrura_implantacao_de_faixa_de_pedestres_na_avenida_uniflor.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1285/indicacao_n_285_-_2024_-_asr_-_ind._a_sec_de_infraestrura_placa_de_sinalizacao_de_rua_sem_saida_na_rua_frei_henrique_de_coimbra.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1286/indicacao_n_286_-_2024_-_fas_-_ind._a_sec_de_infraestrura_trocar_o_bueiro_da_primeira_sul.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_n_287-_2024_-_bps_-_ind._ao_sec_de_infraestrura_redutores_de_velocidade_no_bairro_panorama.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1288/indicacao_n_288-_2024_-_rls_-_ind._ao_sec_de_saude_e_infraestrutura_reparo_no_encanamento_do_psf_da_pista_do_cabeca.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1290/indicacao_n_289-_2024_-_rls_-_ind._ao_sec_de_infraestrutura_troca_da_ponte_molha_bebo.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1291/indicacao_n_290-_2024_-_fit_-_ind._ao_sec_de_infraestrutura_recuperacao_da_ponte_sobre_rio_brilhante.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1292/indicacao_n_291-_2024_-_fit_-_ind._ao_sec_assistencia_social_a_aparelhos_de_ar-condicionado_no_lar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1305/indicacao_n_292-_2024_-_fit_-_ind._ao_sec_de_educacao_construcao_de_uma_quadra_esportiva_na_escola_municipal_nilo_procopio_pecanha.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1306/indicacao_n_293-_2024_-_dptc_-_ind._ao_sec_de_cidade_limpeza_em_frente_a_escola_semente_do_saber_no_bairro_jardim_das_oliveiras..pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1307/indicacao_n_294-_2024_-_fas_-_ind._ao_sec_de_educacao_manutencao_do_parque_da_escola_municipal_benjamin_de_padoa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1308/indicacao_n_295-_2024_-_fas_ind._ao_prefeito_e_sec._de_educacao__propositora_a_doacao_de_materiais_e_uniformes_escolares.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1309/indicacao_n_296-_2024_-_fas_ind._ao_meio_ambiente_a_necessidade_de_retirada_de_arvore_na__rua_do_araujo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1310/indicacao_n_297-_2024_-_fas_ind._a_sec_de_educacao_providencias_para_prevencao_de_acidentes_em_frente_ao_colegio_vilma_dias.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1311/indicacao_n_298-_2024_-_rls_-_ind_a_sinfra_reparos_patrolamento_e_cascalhamento_na_mt-419.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1313/indicacao_n_299-_2024_-_fas_-_ind._diretoria_de_transito_e_infraestrutura_placas_de_sinalizacao_rua_robson_silva_1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1314/indicacao_n_300_-_2024_-_rls_e_lks_-_ind._sec._de_saude_manutencao_de_3_ares_condicionados_dos_quartos_da_pam.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1315/indicacao_n_301_-_2024_-_rls_-_ind._ao_prefeito_estrutura_de_concreto_pra_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1316/indicacao_n_302-_2024_-_rls_-_ind._sec._de_educacao_a_implantacao_de_parque_infantil_na_escola_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1317/indicacao_n_303-_2024_-_rls_-_ind._sec._de_educacao_a_troca_do_onibus_escolar_da_linha_fazenda_carolina.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_n_304-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._sao_mateus.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1320/indicacao_n_306-_2024_-_rls_-_ind._ao_prefeito_valdemar_gamba_que_faca_estrutura_de_concreto_para_caixa_dagua_com._ourolanda.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1321/indicacao_n_307-_2024_-_rls_e_lks_-_ind._a_sec_de_saude_que_troque_o_ar-condicionado_cer.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1322/indicacao_n_308-_2024_-_rls_-_ind._ao_sec_de_obras_roberto_patel_a_troca_do_bueiro_de_madeira_na_estrada_vale_do_apiacas.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1323/indicacao_n_309-_2024_-_lks_-_reindica_ao_sec_de_infraestrutura_meio_fio_na_rua_perimetral_nw.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_n_310-_2024_-_asr_-_ind._ao_dep._julio_campos_02_duas_lombadas_na_mt-325.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1329/indicacao_n_311-_2024_-_fit_-_ind._ao_prefeito_pavimentacao_asfaltica_na_rua_vitoria_regia_bairro_jardim_guarana_ii.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1330/indicacao_n_312-_2024_-_fit_-_ind._ao_infraestrutura_redutor_de_velocidade_na_perimetral_dom_pedro_ii_bairro_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1343/indicacao_n_320-_2024_-_fas_-_ind._ao_infraestrutura_trocar_a_ponte_de_madeira_por_uma_ponte_com_estrutura_de_aduelas.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_n_323-2024_-_dls_-_indica_ao_presidente_mesa_e_comissoes_a_convocacao_do_diretor_aguas_af.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_n_324-2024_-_dls_prefeito_para_revogar_decretos_dos_reajustes_do_valor_da_agua.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_n_325-2024_-_asr_-_indica_a_infraestrutura_redutor_de_velocidade_na_h_7.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_n_326-2024_-_fas_-_indica_a_infraestrutura_troca_de_ponte_por_aduelas_na_com._ceu_azul.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_n_327_-_2024_-_ods_-_ind._realizacao_de_certame_licitatorio_previlegiando_empresas_locais.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_n_332-_2024_-_asr_-_ind._aos_edis_indicacao_de_honrarias.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1368/indicacao_n_333-_2024_-_dptc_-_ind._ao_sec_infraestrutura__pintura_e_placas_na_av_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1369/indicacao_n_334-_2024_-_asr_-_ind._ao_prefeito_e_metamati_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1370/indicacao_n_335-_2024_-_asr_-_ind._ao_prefeito_utilizacao_da_agua_do_lago_parque_das_capivaras.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1372/indicacao_n_337-_2024_-_asr_-_ind._ao_agentes_publicos_que_cobiam_assedio_moral_nas_relacoes_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1373/indicacao_n_338-_2024_-_rls_-_ind_a_sec_de_infraest_patrolamento_estrada_cruzeiro_do_sul.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1378/indicacao_n_339-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1379/indicacao_n_340-_2024_-_rls_-_ind_a_sec_de_infraest__bueiro_de_madeira_localizado_na_estrada_cruzeiro_faz._carolina.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_n_341-_2024_-_rls_-_ind_a_sec_de_meio_ambiente_poda_das_arvores_do_universitario.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_n_342-_2024_-_dls_-_ind_a_igua_possibilidade_utilizar.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_n_343-_2024_-_dls_-_ind_ao_prefeito_recuperacao_mata_c.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_n_344-_2024_-_dls_e_csj_-_ind_ao_prefeito_instaurar_pr.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_n_345-_2024_-_dls_-_ind_ao_prefeito_c.c_infraestrutura_patrolamento_1a_vicinal_norte.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_n_346-_2024_-_dls_-_ind_ao_prefeito_c.c_infr._patrolamento_linha_setor_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1396/indicacao_n_347-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1397/indicacao_n_348-_2024_-_dptc_-_ind._prefeito_e_secret_saude_manu.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1398/indicacao_n_349-2024_-_asr_-_ind._prefeito_cc_secret_infr_estr_c.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_n_350-2024_-_asr_-_ind.__secretaria_infraestrutura_rea.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_n_351-2024_-_asr_-_ind._prefeito_concessao_do_maestrao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_n_352-2024_-_fas_-_ind._sec._cidade_caminhao-pipa_para.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_n_354-2024_-_csj_-_ind._sec._infraestrutura_e_iluminacao_providenciar_iluminacao_na_estrada_do_bairro_jardim_planalto.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_n_355-2024_-_fas_-_ind._sec._infraestrutura_reparos_no_asfalto_rua_daniel_almeida_de_godoy_residencial_florata.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_n_356-2024_-_csj_-_ind._ao_prefeito_e_infraest._asfalto_na_rua_santo_agostinho_no_bairro_boa_nova_tres.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_n_357-2024_-_dls_-_ind._prefeito_elaboracao_do_plano_de_mobilidade_urbana_-_pmu.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_n_358-_2024_-_rls_-_ind._ao_sec._de_infraestruturta_manutencao_do_bueiro_de_tubo_corrugado_na_estrada_estrela_vicinal_1.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_n_359-2024_-_dls_-_ind._prefeito_implantacao_da_guarda_municipal_de_alta_floresta.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1414/indicacao_n_360-2024_-_asr_-_ind._prefeito_relocacao_imediata_de_um_motorista_para_substituir_o_titular_da_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1416/indicacao_n_362-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_associacao_de_moradores_do_santa_rosa..doc" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1417/indicacao_n_363-2024_-_dls_-_ind._a_metamat_a_perfuracao_de_um_poco_na_sub-sede_do_sindicato_dos_investigadores..doc" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1418/indicacao_n_364-2024_-_dls_-_ind._sec._de_infraestrutura_tapa_buracos_na_rua_d_04.doc" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1419/indicacao_n_365-2024_-_fas_-_ind._sec._de_gestao_e_saude_intensificar_fiscalizacao_aos_maus-tratos_de_animais.doc" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1420/indicacao_n_366-2024_-_lks_-_ind._sec._de_saude_reforma_e_aquisicao_no_posto_ana_neri.doc" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1421/indicacao_n_367-2024_-_fas_-_ind._sec._de_saude_e_prefeito_alteracao_da_lei_2.762-2022_de_incentivo_as_ace_e_aces.doc" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1422/indicacao_n_368-_2024_-_dls_-_ind_ao_dep._botelho_recurso_copa_kaiko_tanaka.doc" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_n_369-2024_-_lks_-_ind._sec._infraestrutura_e_prefeitro_patrolamento_e_cascalhamento_na_avenida_teles_pires.doc" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_n_370-_2024_-_dls_-_ind_ao_dep._gilberto_cattani_recursos_para_o_fundo_de_seguranca_municipal.doc" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_n_371-_2024_-_dls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_n_372-_2024_-_rls_-_ind_ao_dep._coronel_assis_recursos_para_o_fundo_de_seguranca_municipal.doc" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_n_373-2024_-_fas_-_ind._sec._infraestrutura_patrolamento_e_cascalhamento_na_comunidade_de_chacaras_bela_vista..doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_n_374-2024_-_dls_-_ind._ao_prefeito_implantacao_de_um_posto_de_saude_no_setor_de_chacaras_no_santa_rosa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_n_375-2024_-_rls_-_ind._a_infraestrutura_reparos_no_buero_da_estrada_cruzeiro_do_sul.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_n_376-2024_-_lks_-_ind._ao_prefeito_e_a_saude_reformas_e_ampliacoes_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_n_377-2024_-_csj_-_ind._sec_de_meio_ambiente__e_sec_de_agricultura_implantacao_de_um_programa_de_distribuicao_dos_residuos_de_material_vegetal.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_n_378-2024_-_rls_e_lks-_ind._sec_de_infraestrutura_reparos_na_esquina_da_rua_pinheiro_setor_h.doc" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_n_379-2024_-_dptc_-_ind._sec_de_infraestrutura_recuperacao_da_estrada_da_comunidade_monte_alegre..doc" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_n_380-2024_-_fas_-_ind._ao_prefeito_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_boa_nova.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_n_381-2024_-_fas_-_ind._ao_prefeito_e_saude_implantacao_de_uma_nova_ubs_no_bairro_jardim_europa..pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1443/indicacao_n_382-2024_-_asr_-_ind._ao_prefeito_compra_de_01_uma.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_n_383-2024_-_asr_-_ind._ao_prefeito_e_saude_kit_medico.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_n_384-2024_-_lks_e_rls_-_ind._ao_prefeito_patrolamento_e_cascalhamentos_com_saidas_de_agua_em_todas_a_ruas_do_bairro_parque_do_lago..pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1446/indicacao_n_385-2024_-_asr_-_ind._ao_prefeito_e_governo_vasao_e_drenagem_da_agua_na_casa_de_apoio_em_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1447/indicacao_n_386-2024_-_asr_-_ind._a_infraestrutura_patrolamento_e_cascalhamento_no_bairro_cidade_bela.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1448/indicacao_n_387-2024_-_asr_-_ind._ao_prefeito_e_infraestrutura_ligacao_entre_o_bairro_almeida_prado_e_o_bairro_jardim_araras.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1449/indicacao_n_388-2024_-_asr_-_ind._ao_infraestrutura_desobstrucao_do_bueiro_na_av._castelo_branco_bairro_cidade_bela.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1450/indicacao_n_389-2024_-_asr_-_ind._a_saude_limpeza_dos_aparelhos_de_ar-condicionado_da_ubs_do_bairro_jardim_primavera.doc" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_n_390-2024_-_dls_-_ind._a_direcao_de_trans_rotatorias.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1459/indicacao_n_391-2024_-_fas_-_ind._ao_pref_e_saude_sistema_de_drenagem_para_a_unidade_basica_de_saude_no_bairro_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1460/indicacao_n_392-2024_-_csj_-_ind._ao_pref_e_infraestrutura_patrolamento_e_cascalhamento_do_bairro_jardim_planalto.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_n_393-2024_-_csj_-_ind._ao_pref_e_educacao_a_alteracao_das_linhas_de_onibus_19_e_21.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1462/indicacao_n_394-2024_-_csj_-_ind._ao_pref_e_educacao_mudanca__de_endereco_da_extensao_da_escola_vilma_dias_e_escola_19_de_maio.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1463/indicacao_n_395-2024_-_fit_-_ind._ao_prefeito_a_criacao_da_feira_da_mulher_empreendedora..pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1464/indicacao_n_396-2024_-_fas_-_ind._ao_sec._de_meio_ambiente_a_retirada_da_arvore_na_rua_do_araujo.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1465/indicacao_n_397-2024_-_lks_ao_prefeito_com_copia_a_separ._denominacao_praca_nw-1_como_baiano.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1473/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1474/indicacao_n_398-2024-_fit_-_ind_a_mesa_diretora_que_realize_concurso_publico_na_camara.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_n_400-2024-_asr_-_ind_a_infraestrutura_limpeza_da_esquina_da_rua_h9.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_n_401-2024-_fit_-_ind_procuradoria_especial_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_n_402-2024-_fas_-_ind_cidade_reforma_no_banheiro_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1514/indicacao_n_403-2024-_cmaf_-_ind_ao_prefeito_e_sec._de_cultura_a_criacao_de_sistema_de_cadastramento_dos_pioneiros_de_af.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1515/indicacao_n_404-2024-_lks_e_rls__-_ind_ao_infraestrutura_dragagem_e_limpeza_do_rio_na_rua_marechal_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1516/indicacao_n_405-_2024_-_asr_-_ind._ao_prefeito_e_sedec_perfuracao_de_20_vinte_pocos_tubulares_proximo_a_captacao_de_agua_1.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_n_406-_2024_-_csj_-_ind._sec._de_cidade_e_departamento_de_iluminacao_reparos_em_algumas_ruas_da_cidade_1.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_n_407-_2024_-_fas_-_ind._sec._de_infraestrutura_reparos_na_estradas_da_comunidade_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_n_408-_2024_-_csj_-_ind._sec._de_infraestrutura_redutor_de_velocidade_na_avenida_robson_silva.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_n_409-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc_vicinal_monte_alegre.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_n_410-_2024_-_fas_-_ind._sec._de_infraestrutura_patr_e_casc.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_n_411_--_fas_-_ind._sec._de_infraestrutura_a_necessidade_que_seja_feita.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/734/mocao_no_001-2024_-_fas_-_congratulacao_com_a_empresa_ronaldao_ocred.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/735/mocao_no_002-2024_-_bps_-_congratulacao_com_a_casa_da_injecao_ocred.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/736/mocao_no_003-2024_-_fit_-_congratulacao_com_os_servidores_do_iba_ocred.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/756/mocao_no_005-2024_-_dptc_-_congratulacao_com_a_enfermeira_fernan_0001_ocred.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/799/mocao_no_006-2024_-_csj_-_congratulacao_com_o_servidor_luiz_lope.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/800/mocao_no_007-2024_-_fas_-_congratulacao_com_a_empresa_maria_euge.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/802/mocao_no_009-2024_-_fas_-_congratulacao_a_naiara_galvao_berlanda.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/803/mocao_no_010-2024_-_fas_-_congratulacao_com_a_empresa_jumasa.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/804/mocao_no_011-2024_-_jvn_-_congratulacao_o_congratulacoes_com_o_atleta_leri_yuri_nascimento_dorca.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/821/mocao_no_012-2024_-_csj_-_congratulacao_com_a_igreja_evangelica_casa_de_oracao.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/831/mocao_no_013-2024_-_lks_-_congratulacao_com_a_servidora_lucia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/885/mocao_no_014-2024_-_lks_-_congratulacao_com_a_delegada_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/886/mocao_no_015-2024_-_csj_-_congratulacao_com_wesley_henrique_lustosa.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/887/mocao_no_016-2024_-_ods_-_congratulacao_com_o_prof._lucas_de_paula_meira.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/889/mocao_no_018-2024_-_dptc_-_congratulacao_com_a_idesp.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/890/mocao_no_019-2024_-_lks_-_congratulacao_com_instrutores_de_autoescola_de_af.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/908/mocao_no_020-2024_-_mfpn_-_congratulacao_com_a_professora_joelma.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_no_021-2024_-_fas_-_congratulacao_com_a_empresa_revisa_centro_automotivo_ocred.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/930/mocao_no_023-2024_-_lks_-_congratulacao_com_o_servidor_nilvan_dos_santos_ocred.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_no_024-2024_-_jvn_-_congratulacao_o_o_time_de_basquete_sub_17_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/981/mocao_no_026-2024_-_dls_-_congratulacoes_com_o_protetor_de_anima.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/982/mocao_no_027-2024_-_jvn_-_congratulacoes_com_o_empresario.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1005/mocao_no_028-2024_-_dls_dpt_dptc_-_apoio_ao_congresso_nacional_em_apoio_a_resolucao_no_2.378-2024_do_crm.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1006/mocao_no_029-2024_-_fit_-_congratulacao_com_a_professora_luciana_ragazzi_carneiro.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1007/mocao_no_030-2024_-_fas_-_congratulacao_com_a_servidora_juliene.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1008/mocao_no_031-2024_-_lks_e_rls_-_congratulacao_com_a_sen._margareth_buzetti.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1034/mocao_no_033-2024_-_dptc_-_congratulacao_dancas_urbanas_do_centr.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1035/mocao_no_034-2024_-_fas_-_congratulacao_com_drogafarma.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1036/mocao_no_035-2024_-_ods_-_pesar_a_familia_sistilli.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1037/mocao_no_036-2024_-mrm_-_congratulacao_com_a_sra_rosangela_de_fa.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1059/mocao_no_037-2024_-_csj_-_congratulacao_com_engenheiro_civil_marcos_diego_neris_de_assuncao.doc" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1060/mocao_no_038-2024_-_lks_-_congratulacao_com_a_servidora_elizabet.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1061/mocao_no_039-2024_-_bps_-_congratulacao_com_a_retifica_reticar.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1086/mocao_no_040-2024_-_fas_-_mocao_de_louvor_com_a_carvalima_transportes.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1087/mocao_no_041-2024_-_csj_-_congratulacao_com_os_medicos_responsavel_pela_selecao_do_concurso.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1088/mocao_no_042-2024_-_ods_-_congratulacao_com_membros_da_aprosoja.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1089/mocao_no_043-2024_-_dls_-_congratulacao_com_o_cafemil.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1090/mocao_no_044-2024_-mrm_-_congratulacao_com_pedreira_pallus_ltda.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1091/mocao_no_045-2024_-dls_-_congratulacao_com_a_sra_kelly_sousa_romera_raymundo.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1092/mocao_no_046-2024_-_dpt_-_congratulacao_com_a_granja_caione.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1093/mocao_no_047-2024_-_dptc_-_congratulacao_com_a_ivana_corsino_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/mocao_no_049-2024_-_dls_-_congratulacao_com_a_aluna_isabela_dito.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/mocao_no_050-2024_-_ods_-_congratulacao_com_a_equipe_do_dep._nin.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/mocao_no_051-2024_-_ods_-_congratulacao_com_a_fazenda_anaca.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/mocao_no_052-2024_-_fas_-_congratulacao_com_a_empresa_recicamp.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/mocao_no_053-2024_-_fit_-_congratulacao_com_a_professora_mariana_trindade.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/mocao_no_054-2024_-_fit_-_congratulacao_com_os_servidores_do_ibama.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/mocao_no_055-2024_-_jvn_-_congratulacoes_com_os_alunos_da_atletica_praga.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/mocao_no_056_-2024_-mrm_-_congratulacao_com_a_empresa_auto_expre.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/mocao_no_057-2024_-mrm_-_congratulacao_com_calinhos_almeida.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/mocao_no_058-2024_-_asr_-_dr._hebertt_villarruel_da_silva.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/mocao_no_059-2024_-_dptc_-_congratulacao_com_a_stela_palin.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/mocao_no_060-2024_-_dls_-_congratulacao_com_empresa_ninus_bike.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/mocao_no_061-2024_-_bps_-_congratulacao_com_a_provisao_marmonari.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/mocao_no_062-2024_-_camara_-_congratulacao_com_a_ganhadora_da_jo.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/mocao_no_063-2024_-_csj_-_congratulacao_com_o_pioneiro_desbravad.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/mocao_no_064-2024_-_ods_-_congratulacao_com_a_bionorte_academia.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/mocao_no_065-2024_-_ods_-_congratulacao_com_o_locutor_tiago_rodr.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/mocao_no_066-2024_-_fas_-_congratulacao_com_expocon_e_contribuid.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/mocao_no_067-2024_-_bps_-_congratulacao_com_a_sra_val_caldeira.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/mocao_no_068-2024_-_jvn_-_congratulacoes_com_as_equipes_altaflor.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1218/mocao_no_070-2024_-_dls_-_congratulacao_com_associacao_de_handeb.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1219/mocao_no_071-2024_-_dls_-_congratulacao_com_lions_club_pela_camp.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1245/mocao_no_076-2024_-_dls_e_dptc_-_congratulacao_com_atletas_e_selecoes_de_af_jogos_escolares.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1253/mocao_no_077-2024_-_fas_-_congratulacao_com_rota_entregas_e_colaboradores.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1254/mocao_no_078_-2024_-mrm_-_congratulacao_com_a_borracharia_do_alemao.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1255/mocao_no_079_-2024_-fit_-_congratulacao_com_a_camila_advogada.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1266/mocao_no_080-2024_-_fit_-_congratulacao_com_o_senhor_walber_c_carneiro.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1267/mocao_no_081-2024_-_dls_-_congratulacao_com_relojoaria_eska.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1268/mocao_no_082-2024_-_csj_-_congratulacao_ao_casal_raimundo_santana_e_geralda_santana_-_posto_sonho_meu.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1280/mocao_no_083-2024_-_bps_-_congratulacao_com_o_casal_luiz_olavo_e_janete_a_realizacao_do_19_aniversario_da_ibn.doc" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1281/mocao_no_084-2024_-_ods_-_congratulacao_com_o_casal_de_empresarios_andre_e_angelica_e_a_empresa_sao_francisco_veterinaria.doc" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1282/mocao_no_085-2024_-_csj_-_congratulacao_ao_subtenente_de_infantaria_adao_aparecido_da_silva.doc" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1283/mocao_no_086_-2024_-mrm_-_congratulacao_com_o_servidor_vicente_chardulo.doc" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1293/mocao_no_087_-2024_-_dpt_-_congratulacao_com_a_empresa_catarinen.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1294/mocao_no_088_-_2024_-_dls_e_csj_-_congratulacao_com_a_dre.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1301/mocao_no_089_-_2024_-_fit_congratulacao_com_o_grupo_okavango.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1302/mocao_no_090_-_2024_-_dpt__congratulacao_a_empresa_pneuzao.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1303/mocao_no_091-2024_-_dptc_-_congratulacao_com_a_empresa_boneca_de_pano.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1304/mocao_no_092-2024_-_camara_-_postuma_de_louvor_ten._cel._evandro_dias_de_souza.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1325/mocao_no_093-2024_-_bps_-_congratulacao_com_a_empresa_estrela_de_davi.doc" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1326/mocao_no_094-2024_-_dptc_-_congratulacao_com_a_equipe_de_robotica_do_senai.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1327/mocao_no_095_-2024_-mrm_-_congratulacao_com_o_sr._sinomar.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1328/mocao_no_096_-2024_-mrm_-_congratulacao_com_o_hubner_douglas_lima_de_matos.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1338/mocao_no_097_-2024_-_ods_-_congratulacao_com_o_barbeiro_luiz_carlos_saraiva_de_arruda.doc" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1339/mocao_no_098_-2024_-_jvn_-_congratulacao_com_a_empresa_micro_inversor_solar.doc" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1340/mocao_no_099_-2024_-_jvn_-_congratulacao_com_giovani_presotto.doc" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1341/mocao_no_100-2024_-_camara_-_com_a_escola_de_tempo_integral_jvc.doc" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1342/mocao_no_101-2024_-_fit_-_congratulacoes_com_a_empresa_churrasco_vitoria.doc" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1353/mocao_no_102_-2024_-mrm_-_congratulacao_com_o_paulo_cezar_chardulo.doc" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1354/mocao_no_103_-2024_-mrm_-_congratulacao_com_o_flavia_bulhoes.doc" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1364/mocao_no_104-2024_-_dls_-_congratulacao_com_jornalista_danny_bueno.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_no_105-2024-_cmaf_-_congratulacoes_cooperpam_selo_sim.doc" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_no_106-2024-_jvn_-_repudio_concessionaria_dos_servicos_agua_e_esgoto.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1376/mocao_no_107-2024-_jvn_-_apelo_prefeito_valdemar_gamba.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1405/mocao_no_108-2024-_cmaf_-_agradecimento_aos_produtores_rurais_pe.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1406/mocao_no_109_-2024_-_jvn_-_congratulacao_fisiculturistas_no_even.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1433/mocao_no_110-2024_-_csj_-_congratulacao_aos_atiradores_do_tiro_de_guerra_no_ano_de_2024.doc" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1434/mocao_no_111-2024_-_fit_-_congratulacao_com_os_times_finalistas_da_copa_batom.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1437/mocao_no_112-2024_-_fit_-_congratulacao_com_o_professor_agnaldo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1438/mocao_no_113-2024_-_dls_-_pesar_a_claudineia_marques_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1453/mocao_no_114-2024_-_asr_-_congratulacao_ao_senhor_napoleao_teixeira_ferreira.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1454/mocao_no_115-2024_-_asr_-_congratulacao_ao_senhor_martinho_braz_zabot.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1455/mocao_no_116-2024_-_jvn_-_congratulacao_a_equipe_dojokun_karate.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1456/mocao_no_117-2024_-_ods_-_congratulacao_com_a_familia_sierra.doc" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1457/mocao_no_118-2024_-_mrm_-_congratulacao_com_os_decanos__da_camara_municipal_de_alta_floresta.doc" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1478/mocao_no_119-2024_-_fit_-_congratulacao_com_o_tatuador_rogerio_vieira.doc" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1479/mocao_no_120-2024_-_dls_-_congratulacao_com_a_prof._eni_mackaulli_da_silva_pilger.doc" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1480/mocao_no_121-2024_-_dptc_-_congratulacao_com_a_aluna_andressa_da_silva_martins.doc" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1481/mocao_no_122-2024_-_dpt-_congratulacao_com_o_supermercado_araujo.doc" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1504/mocao_no_123-2024_-_csj_-_congratulacao_ao_departamento_de_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1505/mocao_no_124-2024_-_fit_-_congratulacao_com_as_professoras_valdirene_e_maria_jose.doc" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1506/mocao_no_125-2024_-_bps_-_congratulacao_com_ricardo_de_oliveira_toscano.doc" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1507/mocao_no_126-2024_-mrm_-_congratulacao_com_o_grupo_moreira..doc" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1508/mocao_no_127-2024_-_bps_-_congratulacao_com_a_empresa_grf_incorporadora.doc" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1509/mocao_no_128-2024_-_asr_-_congratulacao_ao_senhor_celso_batista_medina.doc" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1510/mocao_no_129-2024_-_asr_-_congratulacao_ao_senhor__antonio_alves_da_silva.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1511/mocao_no_130-2024_-_dls_-_congratulacao_com_o_coordenador_pedagogico_gilvani_franco_kreling.doc" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1512/mocao_no_131-2024_-_cmaf_-_congratulacao_a_equipe_rischuna_-_olimpiada_de_foguetes.doc" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1524/mocao_no_132-2024_-_csj_-_congratulacao_ao_senhor__celco_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/670/oficio_n_007-2024_-_pl_2.282-2024.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1012/oficio_010-2024_dpt_sms_-_pam_emenda_retifica.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/678/oficio_n_015-2023_-_pl_2.281-2024.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/671/oficio_n_021-2024_-_pl_2.283-2024.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/672/oficio_n_023-2024_-_pl_2.284-2024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/673/oficio_n_024-2024_-_pl_2.285-2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/674/oficio_n_025-2024_-_pl_2.286-2024.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/676/oficio_n_026-2024.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/675/oficio_n_028-2024_-_pl_2.287-2024.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/677/oficio_n_029-2024.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/679/oficio_32-2024_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/689/oficio_no_036-2024_-_pl_2.288-2024.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/690/oficio_no_037-2024_-_pl_2.288-2024.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/708/of_046-2024-gp_-_enc_p_de_lei_2289-2024_-_superavit_financeiro_-_pmaf.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/721/of_53-2024-_encaminha_projeto_de_lei_2.290-2024_-_complemento_de_repasse_de_valores_clube_de_volei_-.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/739/of_56-2024-_encaminha_projeto_de_lei_2.291-2024_-alteraei_2.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/764/oficio_no_071-2024_-_gp_-_pedido_de_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/813/oficio_n_075-2024_-_pl_2.292-2024.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/814/oficio_n_076-2024_-_pl_2.293-2024.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/815/oficio_n_077-2024_-_pl_2.294-2024.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/816/oficio_n_078-2024_-_pl_2.295_-_2024.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/818/oficio_n_079-2024_-_pl_2.296-2024.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/891/oficio_109-2024-gp_retirada_tramitacao_plc_2.272-2023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/895/of_111-2024-gp-_encaminha_projeto_de_lei_2.297-2024_-_associacao_servidores_do_sistema_penitenciario.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/912/of_117-2024-gp-_encaminha_projeto_de_lei_2.299-2024_-.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/913/of_119-2024-gp-_encaminha_projeto_de_lei_2.300-2024_-.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/914/of_123-2024-gp-_encaminha_projeto_de_lei_2.301-2024_-.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/904/of_124-2024-gp-_encaminha_projeto_de_lei_2.302-2024_-.doc" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/934/of_136-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2295.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/959/of_152-2024-gp_-_modifica_regime_tramitacao__projeto_de_lei_2303-2024.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/958/of_153-2024-_gp-_encaminha_projeto_de_lei_2304-2024_-.doc" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/953/oficio_159-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1014/of_174-2024-gp_-_encaminha_projeto_de_lei_2307-2024.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/950/oficio_no_183-2024_-_gab.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1016/of_185-2024-gp_-_encaminha_projeto_de_lei_2308-2024.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1039/oficio_n_186-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1066/oficio.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/oficio_254-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1235/oficio_293-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1241/oficio_n_308-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1274/oficio_328-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1279/oficio_329-2024_-_gp.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1349/oficio_n_375-2024.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1366/oficio_n_379-2024_-_gp_ocred.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1471/ofcio_439-2024_ocred.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1537/oficio_n._468-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1540/oficio_n._469-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1538/oficio_n._471-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1539/oficio_n._472-2024-gp.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1547/ofgab757_-_ao_executivo_oficializa_encaminhamento_da_relacao_e_das_emendas_impositivas_2025.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/oficio_074-2024_-_smads-gab.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/oficio_n_102-2024-cpd.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1062/oficio_no_009352024sroager.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/691/01_redacao_final_do_projeto_de_lei_-_2286_-_convenio_ager-sinop.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/744/02_redacao_final_do_projeto_de_lei_-_2.289_-_autz_exec_abrir_credito_adic_suplementar_por_superavit.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/893/03_redacao_final_ao_projeto_de_lei__012-2024_-_mrm_-_altera_dispositivos_da_lei_111-86.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/910/04_redacao_final_ao_projeto_de_lei__010-2024_-_fas_-_acresc_inci.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1057/05_redacao_final_do_projeto_de_lei_-_2.304_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1058/06_redacao_final_do_projeto_de_lei_-_2.307_-refis.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/07_redacao_final_do_projeto_de_lei_-_2.306_-festival_de_quadrilh.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1211/13__redacao_final_do_projeto_de_lei_-_2.310_-_regularizacao_chac.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1264/14_redacao_final_ao_projeto_de_lei__030-2024_-_fas_e_dls_-_subst__sinais_por_music_nas_esc.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1265/15_redacao_final_ao_projeto_de_lei__032-2024_-_acrescenta__unico_ao_art._4o_modif_9o_caput_da_lei_2.885-2023.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1346/16_redacao_final_do_projeto_de_lei_2.314-2024_-ldo_2025_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/ofgabver009-2024-fit_remanejamento_-_alteracao_objeto_emenda_imp.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/oficio_013-2024_gab_do_prefeito_cc_secret_fazda_-_alteracao_objeto_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/ofgabver018-2024-asr-_remanejamento_-_alteracao_objeto_emenda_impositiva_043-2023__araras_cristo_rei_sol_nasc.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1064/oficio_024-2024_fas-_emenda_construtores.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/ofgabver047-2024-lks_remanejamento_-_alteracao_objeto_emenda_imp.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/ofgabver055-2024-csj_remanejamento_-_alteracao_objeto_emenda_imp.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/ofgabver113-2024-rls-ratificacao-alteracao_objeto_emenda_imposit.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2024/1299/contas_exercicio_2023_pmaf_144dpi_75.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H865"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="172" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="227.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="226.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>