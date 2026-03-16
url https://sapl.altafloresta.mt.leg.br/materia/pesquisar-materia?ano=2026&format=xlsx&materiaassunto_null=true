--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -10,235 +10,2146 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1446" uniqueCount="693">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2901/pl_001-2026-_mesa_diretora_-_revisao_geral_anual_rga_servidores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2901/pl_001-2026-_mesa_diretora_-_revisao_geral_anual_rga_servidores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL À REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, INCLUINDO AUMENTO SALARIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2903/pl_002-2026-_mesa_diretora_-_revisao_geral_anual_rga_vereadores.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2903/pl_002-2026-_mesa_diretora_-_revisao_geral_anual_rga_vereadores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL AO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>2929</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Adelson Servidor, Bernardo Patrício, Chicão Motocross, Claudinei de Jesus, Darlan Carvalho, Dida Pires, Douglas Teixeira, Elisa Gomes, Francisco Ailton, Leonice Klaus, Luciano Silva, Marcos Menin, Naldo da Pista, Professor Nilson, TUTI</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2929/pl_003-2026_-_vereadores_-_altera_dispositivo_da_lei_municipal_n.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.042/2025, QUE DISPÕE SOBRE CESSÃO DE USO DE IMÓVEL URBANO PÚBLICO À ASSOCIAÇÃO ALTAFLORESTENSE DE COMBATE AO CÂNCER – AACC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2970</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Francisco Ailton, TUTI</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2970/pl_004-2026_-_ods_e_fas_-_revoga_as_leis_1.949-2011_e_2.765-2022_-_1a_vicinal_cruzeiro_do_sul.doc</t>
+  </si>
+  <si>
+    <t>REVOGA A LEI MUNICIPAL Nº 1.949/2011, DE 13 DE DEZEMBRO DE 2011, E A LEI MUNICIPAL Nº 2.765/2022, DE 14 DE DEZEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2971</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>TUTI, Adelson Servidor, Bernardo Patrício, Chicão Motocross, Claudinei de Jesus, Darlan Carvalho, Dida Pires, Douglas Teixeira, Elisa Gomes, Francisco Ailton, Leonice Klaus, Luciano Silva, Marcos Menin, Naldo da Pista, Professor Nilson</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2971/pl_005-2025-__indica_para_comenda_municipal_do_brasao_o_sr._antonio_nunes_severo_gomes.doc</t>
+  </si>
+  <si>
+    <t>CONCEDE A COMENDA DA ORDEM MUNICIPAL DO BRASÃO AO SR. ANTÔNIO NUNES SEVERO GOMES.</t>
+  </si>
+  <si>
+    <t>2997</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Darlan Carvalho</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2997/proj.lei.n.006.2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A POSSIBILIDADE DE CONVERSÃO DO PAGAMENTO DE MULTAS DE TRÂNSITO DE NATUREZA LEVE, APLICADAS PELO MUNICÍPIO DE ALTA FLORESTA, EM DOAÇÃO DE SANGUE.</t>
+  </si>
+  <si>
+    <t>3039</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Douglas Teixeira</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR, NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE ALTA FLORESTA - MT, A SEMANA MUNICIPAL DE PROMOÇÃO DO LETRAMENTO DIGITAL DO IDOSO, A SER REALIZADA ANUALMENTE NA PRIMEIRA SEMANA DO MÊS DE OUTUBRO.</t>
+  </si>
+  <si>
+    <t>3002</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Francisco Ailton, Claudinei de Jesus</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3002/projeto_de_lei_008-2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N. 770/1.998, QUE DECLARA DE UTILIDADE PÚBLICA A APRUSFAF, PARA ATUALIZAÇÃO DE DENOMINAÇÃO E QUALIFICAÇÃO JURÍDICA DA ENTIDADE, R DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3003</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Francisco Ailton</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3003/proj.lei.n.009.2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE DIRETRIZESPARA ATENDIMENTO PROPRITÁRIO AOS PROFISSIONAIS DA ADVOCACIA NO EXERCÍCIO PROFISSIONAL, NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3040</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>INSTITUI A POLÍTICA MUNICIPAL DE APOIO E CONSCIENTIZAÇÃO SOBRE SAÚDE MENTAL E INSERE A CAMPANHA ¨JANEIRO BRANCO¨NO CALENDÁRIO OFICIAL DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>3041</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>REAFIRMA, NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA - MT, OS PRINCÍPIOS DA TRANSPARÊNCIA E DO CONTROLE SOCIAL NA APLICAÇÃO DE RECURSOS PÚBLICOS ORIUNDOS DE EMENDAS PARLAMENTARES IMPOSITIVAS DESTINADAS A ENTIDADES PRIVADAS SEM FINS LUCRATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3042</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N. 800, DE 29 DE JUNHO DE 1.998, QUE DECLARA DE UTILIDADE PÚBLICA A ASEB - ASSISTÊNCIA SOCIAL EVANGÉLICA BETHESDA, PARA QUALIFICAÇÃO JURÍDICA E CADASTRAL DA ENTIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3080</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Luciano Silva, Francisco Ailton</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3080/pl_013-2026_-_fas_e_dls_-_denominacao_vias_publicas_do_loteament.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AS DENOMINAÇÕES DAS VIAS PÚBLICAS DOS LOTEAMENTOS CAMÁLIA E JARDIM SOL NASCENTE, LOCALIZADO NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>2896</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Valdemar Gamba</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2896/projeto_de_lei_-_2389_-_reajuste_beneficios_ipreaf.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2896/projeto_de_lei_-_2389_-_reajuste_beneficios_ipreaf.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O REAJUSTE DOS BENEFÍCIOS MANTIDOS PELO INSTITUTO DE PREVIDÊNCIA DO SERVIDOR MUNICIPAL DE ALTA FLORESTA - IPREAF”.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2899/projeto_de_lei_-_2390_-_revisao_geral_anual_servidores-pm-iprea.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2899/projeto_de_lei_-_2390_-_revisao_geral_anual_servidores-pm-iprea.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES DO MUNICÍPIO DE ALTA FLORESTA/MT, E DOS SERVIDORES DO IPREAF, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2904/projeto_de_lei_-_2391_-_altera_a_1107-2001_-_tabela_fiscais.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2904/projeto_de_lei_-_2391_-_altera_a_1107-2001_-_tabela_fiscais.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL nº 1.107/2001 E REVOGA DISPOSITIVOS DA LEI 3.069/2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2906/projeto_de_lei_-_2392_-_undime-mt.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/ A FIRMAR TERMO DE LILIAÇÃO COM A UNIÃO DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO DE MATO GROSSO - UNDIME/MT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2907/proj.lei.n.2.393.2026.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2907/projeto_de_lei_-_2.393-2026_-_rcp.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N. 2.789, DE 13 DE MARÇO DE 2023, REVOGA A LEI MUNICIPAL N. 2.852/2023, DE 06 DE SETEMBRO DE 2023, PARA EXTINGUIR O PRAZO LIMITE DE MIGRAÇÃO PARA O REGIME DE PREVIDÊNCIA COMPLEMENTAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>2981</t>
+  </si>
+  <si>
+    <t>2394</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2981/proj.lei.n.2.394.2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N. 2.759/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2998</t>
+  </si>
+  <si>
+    <t>2395</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2998/proj.lei.n.2.395.2026.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVO DA LEI 2.927/2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2999</t>
+  </si>
+  <si>
+    <t>2396</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2999/proj.lei.n.2.396.2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A DOAÇÃO DE IMÓVEL PARA O SERVISO NACIONAL DE APRENDIZAGEM RURAL - SENAR AR/MT COM OBJETIVO DE CONSTRUÇÃO DE UM CENTRO DE TREINAMENTO NO MUNICÍPIO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>2397</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3000/proj.lei.n.2.397.2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT, A FIRMAR TERMO DE FILIAÇÃO COM A ASSOCIAÇÃO MATOGROSSENSE DOS MUNICÍPIOS - AMM E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3001</t>
+  </si>
+  <si>
+    <t>2398</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3001/projeto_de_lei_-_2398_-_convenio_com_o_municipio_de_paranaita.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM O MUNICÍPIO DE PARANAÍTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3044</t>
+  </si>
+  <si>
+    <t>2399</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3044/proj.lei.n.2.399.2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A EXECUTAR SERVIÇOS DE LIMPEZA DA ÁREA DENOMINADA CONDOMÍNIO BETEL PARA VIABILIZAR A REALIZAÇÃO DA EXPOALTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3045</t>
+  </si>
+  <si>
+    <t>2400</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CESSÃO DE DIREITO REAL DE USO DE IMÓVEL RURAL PÚBLICO PARA AO INSTITUTO OURO VERDE PARA FINS DE ESTUDO, PESQUISA E EXTENSÃO ACADÊMICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3081</t>
+  </si>
+  <si>
+    <t>2401</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3081/proj.lei.n.2.401.2026.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE CESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO PÚBLICO PARA ROTARY CLUB DE ALTA FLORESTA - CENTRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2988</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2988/projeto_de_decreto_legislativo_no__001-2026_-_vereadores_-_premi.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO PRÊMIO MULHER DESTAQUE MÃE ROSE – EDIÇÃO 2026, ÀS PERSONALIDADES QUE ESPECÍFICA.</t>
+  </si>
+  <si>
+    <t>2965</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>TUTI, Adelson Servidor, Bernardo Patrício, Darlan Carvalho, Dida Pires</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2965/projeto_de_resolucao_no_001-2026_-_altera_disposicoes_do_art_159_da_resolucao_078-1995_-_ri_-_mocoes.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DO ARTIGO 159 DA RESOLUÇÃO LEGISLATIVA N. 078/1995, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALTA FLORESTA, MATO GROSSO.</t>
+  </si>
+  <si>
+    <t>2989</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2989/projeto_de_resolucao_no_002-2026_-__vereadores_-_regulamenta_o_disposto_no_art._105_do_ri_-_dia_das_sessoes.doc</t>
+  </si>
+  <si>
+    <t>ALTERA O DIA DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE ALTA FLORESTA, NOS TERMOS DO ARTIGO 105 DA RESOLUÇÃO LEGISLATIVA Nº 078, DE 17 DE MAIO DE 1995, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3036</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3036/projeto_de_resolucao_no_003-2026_-_cria_nucleo_de_defesa_da_dignidade_e_integridade_do_servidor_1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE S/ A CRIAÇÃO DO NÚCLEO DE DEFESA DA DIGNIDADE E INTEGRIDADE DA PESSOA/SERVIDOR NO ÂMBITO DA CÂMARA MUNICIPAL DE AF.</t>
+  </si>
+  <si>
+    <t>2909</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2909/emenda_n_001-2026-_dtc_moficativa_ao_pl2.393-2025__protoc-proc_7-2026.pdf</t>
+  </si>
+  <si>
+    <t>MODIFICATIVA AO ART. 1º DO PROJETO DE LEI Nº 2.393/2026, QUE DISPÕE SOBRE A MIGRAÇÃO AO REGIME DE PREVIDÊNCIA COMPLEMENTAR DOS SERVIDORES MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>2964</t>
+  </si>
+  <si>
+    <t>Elisa Gomes</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2964/emenda_n_002-2026_-_egm_-_substitutiva_ao_pr_003-2025_protoc_185-2025.doc</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVA AO PROJETO DE RESOLU-ÇÃO Nº 003/2025 (INSTITUI O PROGRAMA PARLAMENTO JOVEM NO ÂMBITO DA CÂ-MARA MUNICIPAL DE ALTA FLORESTA – MT, E DÁ OUTRAS PROVIDÊNCIAS).</t>
+  </si>
+  <si>
+    <t>3075</t>
+  </si>
+  <si>
+    <t>CLJRF - Comissão de Legislação, Justiça E Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3075/emenda_n_003-2026_-_cljrf_-_modificativa_ao_pl_2382-2025_protoc_164-2025.doc</t>
+  </si>
+  <si>
+    <t>MODIFICATIVA AO PROJETO DE LEI Nº 2.382/2025 (ACRESCENTA DISPOSITIVOS À LEI N. 2.672/2021, E DÁ OUTRAS PROVIFÊNCIAS).</t>
+  </si>
+  <si>
+    <t>3076</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3076/emenda_n_004-2026_-_cljrf_-_modificativa_ao_pl_2386-2025_protoc_180-2025.doc</t>
+  </si>
+  <si>
+    <t>MODIFICATIVA AO PROJETO DE LEI Nº 2.386/2025 (DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA, REESTRUTURAÇÃO DA LEI QUE CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA E CRIA O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA (FMDPD) NO ÂMBITO DO MUNICÍPIO DE ALTA FLORESTA – MT E DÁ OUTRAS PROVIDÊNCIAS.).</t>
+  </si>
+  <si>
+    <t>3077</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3077/emenda_n_005-2026_-_cljrf_-_modificativa_ao_pl_070-2025_protoc_180-2025.doc</t>
+  </si>
+  <si>
+    <t>EMENTA: ADITIVA AO PROJETO DE LEI Nº 070/2025 (ESTABELECE LIMITES PARA O PLANTIO DE ÁRVORES EXÓTICAS E NATIVAS PRÓXIMO Á REDE DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA NO MUNICÍPIO DE ALTA FLORESTA-MT, E DÁ OUTRAS PROVIDÊNCIAS).</t>
+  </si>
+  <si>
     <t>2898</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2898/veto_001_-2026_-_total_-_pl_65-2025_-_dispoe_sobre_padronizacao.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2898/veto_01-2026_-_total_-_placas_de_ruas.pdf</t>
   </si>
   <si>
     <t>veto total ao Projeto de Lei n° 065/2025, de iniciativa do Legislativo, que "DISPÕE SOBRE A PADRONIZAÇÃO, IMPLANTAÇÃO E SUBSTITUIÇÃO DE PLACAS INDICATIVAS DE NOMES DE RUAS, AVENIDAS E LOGRADOUROS PÚBLICOS NO MUNICÍPIO DE ALTA FLORESTA-MT, INCLUSIVE MEDIANTE PARCERIAS COM EMPRESAS PRIVADAS, ASSOCIAÇÕES DE BAIRRO OU ENTIDADES CIVIS, OBSERVADAS AS NORMAS DE INTERESSE PÚBLICO E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
+    <t>3079</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3079/veto_n_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>Reporto-me a Vossa Excelência para comunicar-lhe que, no exercício da prerrogativa prevista no §1°, do art. 45 c/c artigo 59, § 1°, inciso IV, ambos da Lei Orgânica do Município, decidi opor veto total ao Projeto de Lei n° 058/2025, de iniciativa do Legislativo (Vereadores: Leonice Klaus, Reginaldo Luiz da Silva, Francisco Ramos da Silva, Darli Luciano da Silva e Claudinei de Souza Jesus), que "INSTITUI O CENTRO MUNICIPAL DE CONTROLE DE ZOONOSES E O SERVIÇO DE ACOLHIMENTO E ADOÇÃO MUNICIPAL DE ANIMAIS DOMESTICOS, DEFINE SUAS ATRIBUIÇÕES, ESTABELECE DIRETRIZES PARA A PROTEÇÃO E O BEM-ESTAR ANIMAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>3026</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3026/parecer_027-_cljrf__-_proc_009-2026_-_pr__001-2026_-__altera_disposicoes_do_art_159_da_resolucao_078-1995_-_ri_-_mocoes.doc</t>
+  </si>
+  <si>
+    <t>Trata-se de Projeto de Resolução nº 001/2026, de autoria: Vereadores Oslen Dias dos Santos, Adelson da Silva Rezende, Bernardo Patrício dos Santos, Darlan Trindade Carvalho e Silvino Carlos Pires Pereira, em regime de tramitação ordinária, que “ALTERA DISPOSITIVOS DO ARTIGO 159 DA RESOLUÇÃO LEGISLATIVA Nº 078/1995, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ALTA FLORESTA, MATO GROSSO”.</t>
+  </si>
+  <si>
+    <t>3074</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3074/parecer_034-_cljrf__-_proc_148-2025_-_pl__2.378-2025_-__altera_lei_2672-2021_-_clausulas_resolutivas.doc</t>
+  </si>
+  <si>
+    <t>Trata-se de opinamento DESFAVORÁVEL ao Projeto de Lei nº 2.378/2025, de autoria do Executivo Municipal, em regime de tramitação ordinária, que “AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO DE CONCESSÃO DOS SERVIÇOS PÚBLICOS AFETOS À GESTÃO DOS RESÍDUOS, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS”, à luz dos fundamentos e das justificativas consignados no parecer da comissão.</t>
+  </si>
+  <si>
+    <t>2924</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2924/requerimento_n._001-2026_-_mesa_diretora_-_requer_tramitacao_em.pdf</t>
+  </si>
+  <si>
+    <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 001/2026, que em súmula “DISPÕE SOBRE REVI-SÃO GERAL ANUAL À REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNI-CIPAL DE ALTA FLORESTA/MT, INCLUINDO AUMENTO SALARIAL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>2925</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2925/requerimento_n._002-2026_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>A MESA DIRETORA, composta pelos vereadores que a este subscrevem, REQUER, nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 002/2026, que em súmula “DISPÕE SOBRE REVI-SÃO GERAL ANUAL AO SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA/MT, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>2930</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2930/requerimento_n._003-2026_-_nps_e_asr_-__requerem_prefeito_secret_educ_e_procuradoria_informacoes_s-_envio_pl_q_especif.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE LEI Nº 003/2026, que em súmula “ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.042/2025, QUE DISPÕE SOBRE CESSÃO DE USO DE IMÓVEL URBANO PÚBLICO À ASSOCIAÇÃO ALTAFLORESTENSE DE COMBATE AO CÂNCER – AACC, E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
+O pedido de tramitação em regime de urgência especial justifica-se pela necessidade de corrigir imediatamente o erro material na Lei nº 3.042/2025 quanto à metragem do imóvel cedido à Associação Altaflorestense de Combate ao Câncer – AACC, garantindo conformidade legal, segurança jurídica e continuidade das atividades da entidade beneficiária.</t>
+  </si>
+  <si>
+    <t>2931</t>
+  </si>
+  <si>
+    <t>Naldo da Pista</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2931/requerimento_n._004-2025-_rls_-_requer_retirada__pl_-_067-2025.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada integral de tramitação do processo n° 155/2025, de que trata do Projeto de Lei nº 067/2025 que em súmula “REVOGA IN TOTUM A LEI MUNICIPAL 2.703/2022, E DÁ OUTRAS PROVIDÊNCIAS.”, em regime de tramitação ordinária, visando a sua reestruturação e eventual reapresentação.</t>
+  </si>
+  <si>
+    <t>2932</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2932/requerimento_n._005-2025-_rls_-_requer_retirada_pl_-_068-2025.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada integral de tramitação do processo n° 156/2025, de que trata do Projeto de Lei nº 068/2025 que em súmula “ALTERA A LEI Nº 2.711, DE 31 DE MARÇO DE 2022, QUE RECONHECE E DENOMINA COMO ESTRADA "NASSER NOUJAIN", A VIA DE ACESSO COMUNIDADE OUROLANDA/GLEBA JACAMINHO, INCLUI NA MALHA VIÁRIA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.”, em regime de tramitação ordinária, visando a sua reestruturação e eventual reapresentação.</t>
+  </si>
+  <si>
+    <t>2951</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2951/requerimento_n._006-2026-_egm_-_requer_retirada_de_tramitacao_pl.pdf</t>
+  </si>
+  <si>
+    <t>vereadora que a este subscreve, investida na qualidade de Líder do Governo Municipal, REQUER, nos termos do Regimento Interno, a Migração do Regime de tramitação do Projeto de Lei abaixo especificado, de Urgência Especial para tramitação ordinária.</t>
+  </si>
+  <si>
+    <t>2952</t>
+  </si>
+  <si>
+    <t>Leonice Klaus, Naldo da Pista</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2952/requerimento_n._007-2026-_lks_e_rls_-_requer_secret_munic_saude.pdf</t>
+  </si>
+  <si>
+    <t>vereadores que subscrevem o presente, com fundamento  no Regimento Interno e na Lei Orgânica deste Município, vêm, respeitosamente, à presença de Vossa Excelência e dos demais membros desta Casa Legislativa, após manifestação do Douto e Soberano Plenário, REQUERER que seja encaminhado o presente expediente ao Prefeito Municipal, Sr. VALDEMAR GAMBA, com cópia ao Secretário Municipal de Saúde e Coordenação da Unidade de Pronto Atendimento – UPA, para que, no prazo de até 15 (quinze) dias, sejam disponibilizadas, por meio de dispositivo adequado de armazenamento de dados, as imagens das câmeras de monitoramento da recepção da UPA, referentes aos dias 16, 17, 18, 19 e 20 de janeiro de 2026, no período vespertino, para fins de esclarecimento de fatos ocorridos no referido intervalo.</t>
+  </si>
+  <si>
+    <t>2953</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2953/requerimento_n._008-2026-_lks_e_rls_-_requer_prefeito_determine.pdf</t>
+  </si>
+  <si>
+    <t>vereadores que subscrevem o presente, com fundamento  no Regimento Interno e na Lei Orgânica deste Município, vêm, respeitosamente, à presença de Vossa Excelência e dos demais membros desta Casa Legislativa, após manifestação do Douto e Soberano Plenário, REQUERER que seja encaminhado o presente expediente ao Prefeito Municipal, Sr. VALDEMAR GAMBA, para que, no prazo de até 15 (quinze) dias, envie informações e a prestação de contas referentes aos empenhos de despesas com viagens realizadas pelo Secretário Municipal de Saúde, desde sua posse na legislatura anterior e na atual, até a presente data, conforme detalhado a seguir:</t>
+  </si>
+  <si>
+    <t>2954</t>
+  </si>
+  <si>
+    <t>Leonice Klaus</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2954/requerimento_n._009-2026-_lks_e_rls_-_requer_secret_de_saude_env.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores LEONICE KLAUS DOS SANTOS e REGINALDO LUIZ DA SILVA, que subscrevem,  no uso de suas atribuições legais, com fundamento  no Regimento Interno desta Casa Legislativa e na Lei Orgânica do Município, vêm, respeitosamente, à presença de Vossa Excelência e dos demais membros deste Legislativo, após manifestação do Douto e Soberano Plenário, REQUERER que seja encaminhado expediente ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, para que, no prazo máximo de 15 (quinze) dias, encaminhe a esta Casa de Leis listagem nominal de todos os profissionais médicos que prestam atendimento na rede pública de saúde, contendo as seguintes informações:</t>
+  </si>
+  <si>
+    <t>2955</t>
+  </si>
+  <si>
+    <t>Darlan Carvalho, Luciano Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2955/requerimento_n._010-2026_-_dtc_e_dls_-_requerem_convocacao_secre.pdf</t>
+  </si>
+  <si>
+    <t>vereadores que abaixo subscrevem, no uso de suas atribuições legais e regimentais, com fundamento na Lei Orgânica Municipal de Alta Floresta, de 05 de abril de 1990, especialmente em seus artigos 23, XIV e XV; 24; 37, III; 47; 51; 59, §1º, XIII; e 210, bem como no Regimento Interno da Câmara Municipal, instituído pela Resolução nº 078/1995, em especial os artigos 3º; 18, II, “n”; 122, §1º, “l”; 149; 153, VII e VIII; 175, §1º, “a”; e 230-A, vêm, respeitosamente, EXPOR e, ao final, REQUERER o que segue: 1.	CONSIDERANDO que é competência constitucional e legal da Câmara Municipal fiscalizar e controlar os atos do Poder Executivo, bem como acompanhar a aplicação dos recursos públicos e o funcionamento das Secretarias Municipais, nos termos do art. 23, incisos XIV e XV, da Lei Orgânica Municipal; 2.	CONSIDERANDO que a Secretaria Municipal de Infraestrutura e Serviços Urbanos exerce papel essencial na execução de políticas públicas voltadas à manutenção urbana, infraestrutura viária, limpeza</t>
+  </si>
+  <si>
+    <t>2967</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2967/requerimento_n._011-2026_-_dtc_e_dls_-_requerem_convocacao_secre.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREM, na forma regimental e legal, a CONVOCAÇÃO, por intermédio do Presidente da Câmara Municipal, do Senhor PAULO MOREIRA DOS SANTOS, Secretário Municipal de Cidade de Alta Floresta – MT, para que compareça em sessão ordinária desta Casa de Leis, no prazo legal de oito (08) dias, a fim de prestar esclarecimentos perante o Plenário acerca dos seguintes assuntos, relacionados à sua pasta em síntese : Responsabilidade administrativa pela instalação de quebra-molas no Município, esclarecendo o que compete à Secretaria, a outro órgão municipal ou se há norma específica que discipline a matéria. Situação da sinalização de trânsito urbana, informando os motivos da ausência ou insuficiência de sinalização horizontal e vertical, a paralisação do veículo/equipamento destinado a esse serviço. Esclarecimentos sobre a ausência de emplacamento e sinalização viária nos bairros, indicando se há planejamento, cronograma, impedimentos administrativos e operacionais para a execução do serviço.</t>
+  </si>
+  <si>
+    <t>2968</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2968/requerimento_n._012-2026-_lks_e_rls_-_requer_sec._de_saude_informacoes_sobre_o_odontomovel.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER que seja encaminhado expediente ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, para que, no prazo máximo de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca dos atendimentos realizados pelo Odontomóvel em nosso município, como: Quantidade total de atendimentos realizados; Locais onde ocorreram os atendimentos; Dias em que o Odontomóvel esteve em funcionamento; Período (datas e horários) em que os atendimentos foram realizados e Relação das comunidades, bairros ou instituições atendidas.</t>
+  </si>
+  <si>
+    <t>2969</t>
+  </si>
+  <si>
+    <t>Chicão Motocross</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2969/requerimento_n._013-2026-frs_-_requer._retirada_de_tramitacao_da.pdf</t>
+  </si>
+  <si>
+    <t>O VEREADOR que a este subscreve, REQUER, nos termos que dispõe o artigo 124, alínea a, do Regimento Interno, a retirada de tramitação da Moção de Congratulação nº 127/2025 que em súmula “CONGRATULAÇÃO ao Grupo Empresarial EFICAZ, Eficaz Contabilidade, Eficaz Tecnologia no Campo e Eficaz Avião Agrícola, pelos relevantes serviços prestados ao município de Alta Floresta – MT e região, e a seus proprietários Antônio Ferreira Lustosa e Roseli Sversuti Lustosa bem como todos seus sócios.”, em regime de tramitação ordinária._x000D_
+Busca-se, com a presente retirada de tramitação, a atualização da matéria, tendo em vista que foi apresentada no exercício anterior e que, até o momento, não foi possível viabilizar o comparecimento de todos os sócios homenageados, circunstância que já motivou dois adiamentos. Assim, será reapresentada em momento oportuno, em data ajustada entre as partes.</t>
+  </si>
+  <si>
+    <t>2993</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Adelson Servidor, Bernardo Patrício, Chicão Motocross, Claudinei de Jesus, Darlan Carvalho, Dida Pires, Douglas Teixeira, Francisco Ailton, Leonice Klaus, Luciano Silva, Marcos Menin, Naldo da Pista, Professor Nilson, TUTI</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2993/requerimento_n._014-2026_-_vereadores_-_requer_tramitacao_em_reg.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 003/2026, que em súmula “ALTERA O DIA DE REALIZAÇÃO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE ALTA FLORESTA, NOS TERMOS DO ARTIGO 105 DA RESOLUÇÃO LEGISLATIVA Nº 078, DE 17 DE MAIO DE 1995, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>3014</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Luciano Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3014/requerimento_n._015-2025_-_dls_-_requer_inf.__sec._de_infra._que_se_especificam.doc</t>
+  </si>
+  <si>
+    <t>REQUERER que seja encaminhado expediente ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Sr. Roberto Patel, para que, no prazo regimental de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca da estrutura administrativa e financeira da respectiva Secretaria. Solicita-se que sejam informadas a quantidade total de servidores atualmente lotados na pasta, especificando-se as funções exercidas, o tipo de vínculo funcional (efetivo, comissionado, contratado, terceirizado ou outro), bem como a carga horária desempenhada. Requer-se, ainda, o valor total da folha de pagamento mensal, com a devida discriminação entre vencimentos básicos, gratificações, adicionais e encargos patronais. Da mesma forma, pede-se que sejam encaminhadas informações sobre eventuais contratos de prestação de serviços terceirizados vigentes, incluindo objeto, valores e vigência, além de quaisquer outros dados que Vossa Senhoria entenda pertinentes para o pleno esclarecimento.</t>
+  </si>
+  <si>
+    <t>3015</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3015/requerimento_n._016-2025_-_dls_-_requer_inf.__sec._de_cidade._que_se_especificam..doc</t>
+  </si>
+  <si>
+    <t>REQUERER que seja encaminhado expediente ao Secretário Municipal de Infraestrutura de Cidade, Sr. Paulo Moreira, para que, no prazo regimental de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca da estrutura administrativa e financeira da respectiva Secretaria. Solicita-se que sejam informadas a quantidade total de servidores atualmente lotados na pasta, especificando-se as funções exercidas, o tipo de vínculo funcional (efetivo, comissionado, contratado, terceirizado ou outro), bem como a carga horária desempenhada. Requer-se, ainda, o valor total da folha de pagamento mensal, com a devida discriminação entre vencimentos básicos, gratificações, adicionais e encargos patronais. Da mesma forma, pede-se que sejam encaminhadas informações sobre eventuais contratos de prestação de serviços terceirizados vigentes, incluindo objeto, valores e vigência, além de quaisquer outros dados que Vossa Senhoria entenda pertinentes para o pleno esclarecimento da organização</t>
+  </si>
+  <si>
+    <t>2994</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2994/requerimento_n._017-2026_vereadores_-__requerem_tramitacao_em_re.pdf</t>
+  </si>
+  <si>
+    <t>OS VEREADORES que a este subscrevem, REQUEREM, nos termos que dispõe a alínea b), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE DECRETO LEGISLATIVO Nº 001/2026, que em súmula “ DISPÕE SOBRE A CONCESSÃO DO PRÊMIO MULHER DESTAQUE MÃE ROSE – EDIÇÃO 2026, ÀS PERSONALIDADES QUE ESPECÍFICA”._x000D_
+O pedido de tramitação em regime de urgência especial justifica-se pela proximidade da data prevista para a realização da solenidade de homenagem, agendada para o dia 20 de março. Torna-se necessária a tramitação do presente Projeto de Decreto Legislativo em regime de urgência especial, a fim de viabilizar, em tempo hábil, todos os procedimentos administrativos, organizacionais e protocolares indispensáveis à realização do evento. _x000D_
+Ressalta-se que a antecipação da apreciação legislativa permitirá a adequada preparação dos arranjos institucionais, cerimoniais e logísticos, garantindo que a homenagem seja realizada com a dev</t>
+  </si>
+  <si>
+    <t>3013</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio da Secretaria Municipal de Educação, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca do andamento da elaboração do novo Plano Municipal de Educação – PME, instrumento fundamental para o planejamento, gestão e execução das políticas públicas educacionais no âmbito municipal, esclarecendo especificamente: 1.	Qual o estágio atual dos trabalhos de elaboração do novo Plano Municipal de Educação – PME; 2.	Quais etapas já foram concluídas (diagnóstico educacional, consultas públicas, formação de comissões, audiências, elaboração de pré-minuta, entre outras); 3.	Quais etapas ainda estão pendentes, bem como o respectivo cronograma previsto para sua conclusão; 4. Qual a data estimada para finalização da minuta e envio do Projeto de Lei correspondente para</t>
+  </si>
+  <si>
+    <t>3016</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3016/requerimento_n._019-2026_-_dtc_-_requer_informacoes_sobre_a_frota_escolar.doc</t>
+  </si>
+  <si>
+    <t>, REQUERER, que seja encaminhado o presente expediente à Senhora Lucinéia Martins de Matos Mazzoni, Secretária Municipal de Educação, para que, no prazo de até 15 (quinze) dias, a disponibilização de relatório detalhado das despesas aplicadas na frota do transporte escolar no período de outubro/2025 a fevereiro/2026, com as seguintes especificações: 1.	Relação dos veículos que passaram por manutenção no período informado;_x000D_
+2. Valores pagos em cada manutenção, com especificação do serviço realizado; 3.	Veículos que necessitaram de frete de deslocamento para manutenção e valor pago individualmente; 4. Informação sobre serviços realizados com dispensa de licitação, e em caso positivo, discriminação dos mesmos com fundamentação legal; e 5. Informação sobre serviços ou aquisições de produtos por compra direta, com justificativa motivada conforme Art. 24 da Lei nº 14.133/2021 (Nova Lei de Licitações).</t>
+  </si>
+  <si>
+    <t>3017</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3017/requerimento_n._020-2026_-_dtc_-_requer_informacoes_sobre_aplicacao_e_uso_do_epis.doc</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio das Secretarias competentes, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca da aplicação, fornecimento de Equipamentos de Proteção Individual – EPIs e pagamento dos adicionais de insalubridade e periculosidade aos servidores públicos municipais, esclarecendo especificamente: 1.	Se existe Laudo Técnico de Condições Ambientais de Trabalho (LTCAT), Programa de Gerenciamento de Riscos (PGR), Laudo de Insalubridade e/ou Periculosidade atualizado, abrangendo todas as categorias de servidores, encaminhando cópia digital dos documentos; 2.	Quais cargos e funções atualmente recebem adicional de insalubridade e/ou periculosidade, especificando o percentual aplicado em cada caso; 3.	Quais cargos e funções não recebem os referidos adicionais, ainda que exe</t>
+  </si>
+  <si>
+    <t>3018</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3018/requerimento_n._021-2026-_dtc-_requer_ao_pref._que_faca_adesao_do_mun._a_ata_de_registro_de_precos_31-2024.doc</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio das Secretarias competentes, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca da eventual adesão do Município de Alta Floresta à Ata de Registro de Preços nº 031/2024, oriunda do Pregão Eletrônico nº 031/2024 do CIMESMI, cujo objeto trata da gestão e quarteirização de frotas, esclarecendo especificamente: 1.	Se o Município formalizou ou está em fase de instrução processual para adesão à referida Ata de Registro de Preços, encaminhando cópia integral do processo administrativo correspondente; 2.	Se foi elaborado Estudo Técnico de Vantajosidade, contendo comparativo de preços com o mercado local e regional, demonstrando economicidade da adesão, encaminhando cópia digital do estudo; 3.	Qual o quantitativo atual da frota municipal.</t>
+  </si>
+  <si>
+    <t>3019</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3019/requerimento_n._022-2026-_dtc-_requer_informacoes_sobre_a_alimentacao_escolar.doc</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio da Secretaria Municipal de Educação, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis das seguintes informações e documentos referentes à alimentação escolar da rede municipal de ensino: 1.	Número atualizado de alunos por unidade escolar, contendo relação das unidades, quantitativo de alunos por etapa de ensino e data-base da informação; 2.	Cardápio mensal vigente aprovado pela nutricionista responsável técnica, contendo identificação profissional e adequação às diretrizes do PNAE; 3.	Memória de cálculo dos quantitativos licitados para aquisição de gêneros alimentícios, devendo conter obrigatoriamente: base de alunos utilizada, número de dias letivos considerados, percentual de perda adotado, eventual reserva técnica, separação por item licitado e metodologia detalhada.</t>
+  </si>
+  <si>
+    <t>3020</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3020/requerimento_n._023-2026-_dtc-_requer_inf._sobre_a_implantacao_de_sistema_de_geracao_de_energia_fotovoltaica.doc</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o refeito Municipal, Senhor Valdemar Gamba, para que, por meio das Secretarias competentes, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca da execução do Processo Licitatório nº 112/2025, referente à adesão à Ata de Registro de Preços nº 007/2024, oriunda do Pregão Eletrônico nº 90.007/2024 do Consórcio Intermunicipal do Sertão de Alagoas – CONISA, cujo objeto trata da aquisição e implantação de Sistema de Geração de Energia Fotovoltaica para atendimento da demanda da iluminação pública do Município de Alta Floresta – MT, esclarecendo especificamente: 1.	Qual o quantitativo total contratado (em kWp), conforme instrumento contratual firmado; 2. Qual o valor total empenhado, liquidado e pago até a presente data; 3. Qual o quantitativo já efetivamente instalado (em kWp); 4.	Relação detalhada dos locais.</t>
+  </si>
+  <si>
+    <t>3021</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3021/requerimento_n._024-2026-_dtc-_requer_inf._sobre_as_aquisicao_e_instalacao_de_unidades_modulares_escolares.doc</t>
+  </si>
+  <si>
+    <t>REQUER, nos com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio das Secretarias competentes, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis, no prazo legal, as seguintes informações e documentos referentes ao Contrato nº 093/2024, oriundo de Adesão à Ata de Registro de Preços nº 024/2024, cujo objeto trata da aquisição e instalação de unidades modulares escolares: I -	SOBRE A FORMAÇÃO DO PREÇO 1.	Planilha de composição de custos unitários detalhada, contendo discriminação de insumos, mão de obra, equipamentos, encargos sociais e demais componentes que fundamentaram o valor por metro quadrado contratado; 2.	Informação expressa acerca da tabela SINAPI utilizada como referência, indicando:_x000D_
+a.	Estado de referência; b.	Mês-base adotado; c.	Código das composições utilizadas;</t>
+  </si>
+  <si>
+    <t>3022</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3022/requerimento_n._025-2026-_dtc-_requer_inf._sobre_as_extrusoras_de_concreto.doc</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio das Secretarias competentes, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis as seguintes informações acerca das extrusoras de concreto (máquinas utilizadas para fabricação de meio-fio) pertencentes ao Município: 1.	Quantas unidades de extrusoras de concreto existem atualmente no patrimônio do Município; 2.Quantas dessas unidades encontram-se em pleno funcionamento; 3.Caso haja equipamentos inoperantes, quais os motivos detalhados da paralisação (quebra, ausência de peças, falta de manutenção, ausência de operador habilitado, entre outros); 4.	Qual a localização atual de cada equipamento (pátio, secretaria, obra específica ou outro local);_x000D_
+5.Se existe contrato vigente de manutenção preventiva e corretiva desses equipamentos; 6.Qual o planejamento da Secretaria para utilização</t>
+  </si>
+  <si>
+    <t>3027</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3027/requerimento_n._026-2026-_lks_e_rls_-_requer_inf._sec._de_fazenda_valore_arrecadados_de_multas.doc</t>
+  </si>
+  <si>
+    <t>REQUEREM que seja encaminhado o presente expediente ao Secretário Municipal de Fazenda, Sr. Carlos Nascimento, para que, no prazo regimental de 15 (quinze) dias, encaminhe a esta Casa de Leis informações detalhadas acerca da arrecadação proveniente de multas de trânsito aplicadas pelos agentes de trânsito municipais e pelos equipamentos de fiscalização eletrônica (radares), no período compreendido entre 1º de janeiro de 2025 até a presente data.</t>
+  </si>
+  <si>
+    <t>3024</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3024/requerimento_n._027-2026-_lks_e_rls_-_requer_informacoes_da_secretaria_de_assist_social.doc</t>
+  </si>
+  <si>
+    <t>REQUEREM, com fundamento  no Regimento Interno desta Casa Legislativa e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja encaminhado o presente expediente a Senhora Vilma Gamba, Secretária Municipal de Assistência Social e Cidadania de Alta Floresta, para que, no prazo de até 15 (quinze) dias, sejam encaminhadas as seguintes informações referentes aos exercícios de 2025 e 2026: 1.	Relação completa de todas as entidades, associações, institutos ou organizações que possuem convênio firmado com a Secretaria Municipal de Assistência Social e Cidadania nos anos de 2025 e 2026; 2.	Cópias dos respectivos termos de convênios firmados; 3.	Valor individual de cada convênio, especificando: a)	Valor total pactuado; b)	Valores já repassados até a presente data; e c)	Saldo a repassar, se houver. 4.	Prazo de vigência de cada convênio; e 5.	Objeto detalhado de cada parceria firmada.</t>
+  </si>
+  <si>
+    <t>3037</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3037/requerimento_n._028-2026-_rls_e_lks_-_requer_informacoes_da_secretaria_de_infraestrutura.doc</t>
+  </si>
+  <si>
+    <t>REQUEREM que seja encaminhado o presente expediente ao Secretário Municipal de Infraestrutura, Sr. Roberto Patel,  para que, no prazo de até 15 (quinze) dias, sejam enviadas o acesso e fornecimento das seguintes informações: 1. Quantos veículos e máquinas de serviço pertencem atualmente à frota da Secretaria de Infraestrutura, especificando, entre eles, patrolas (motoniveladoras), tratores, caminhões caçamba e demais equipamentos utilizados nos serviços públicos. 2. Quantos desses veículos e máquinas encontram-se em pleno funcionamento. 3. Quantos veículos e máquinas estão atualmente inoperantes ou quebrados. 4. Caso existam veículos ou máquinas quebrados, que seja informado o valor estimado necessário para o conserto ou manutenção de cada equipamento.</t>
+  </si>
+  <si>
+    <t>3038</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3038/requerimento_n._029-2026_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_003-2026.doc</t>
+  </si>
+  <si>
+    <t>REQUER nos termos que dispõe a alínea a), inciso I, artigo 129 do Regimento Interno, combinado com o artigo 17, tramitação em regime de urgência especial ao PROJETO DE RESOLUÇÃO Nº 003/2026, que em súmula “ DISPÕE SOBRE A CRIAÇÃO DO NÚCLEO DE DEFESA DA DIGNIDADE E INTEGRIDADE DA PESSOA/SERVIDOR NO ÂMBITO DA CÂMARA MUNICIPAL DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>3068</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3068/requerimento_n._030-2025_-_dls_-_requer_inf._sec._de_saude_inf._sobre_endocrinologista.doc</t>
+  </si>
+  <si>
+    <t>REQUERER que seja encaminhado expediente ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, para que, no prazo regimental de 15 (quinze) dias, encaminhe informações detalhadas acerca da demanda existente no município referente a consultas com médico endocrinologista, no âmbito da rede pública municipal de saúde. Diante disso, requer-se que sejam prestadas as seguintes informações: a) Qual é a demanda atual do município por consultas com endocrinologista, indicando o número de pacientes que aguardam atendimento nesta especialidade; b) Quantos pacientes já foram encaminhados para consultas com endocrinologista pelo município, especificando, se possível, os atendimentos realizados no período recente; c) Quantos pacientes infantis encontram-se atualmente necessitando de atendimento com médico endocrinologista; d) Se o município realiza a disponibilização e entrega de sensores de monitoramento contínuo de glicose (sensor de insulina modelo 24 horas) aos pacientes que necessitam</t>
+  </si>
+  <si>
+    <t>3069</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3069/requerimento_n._031-2026-_lks_e_rls_-_requer_informacoes_referentes_ao_cer.doc</t>
+  </si>
+  <si>
+    <t>REQUEREM, com fundamento  no Regimento Interno desta Casa Legislativa e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja encaminhado expediente ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, para que, no prazo regimental de 15 (quinze) dias, encaminhe a esta Casa Legislativa informações detalhadas acerca do funcionamento do Centro de Especialização de Reabilitação (CER) do município._x000D_
+Nesse sentido, requer-se a relação completa de todos os profissionais que realizam atendimento na referida unidade, com a devida identificação do nome e da função exercida por cada servidor ou profissional. Requer-se, ainda, que sejam prestadas informações quanto à quantidade de pessoas atendidas mensalmente pelo CER, bem como o número de pacientes atualmente inseridos na fila de espera para atendimento, devendo tais dados ser discriminados por profissional ou especialidade, a fim de possibilitar melhor compreensão da demanda existente.</t>
+  </si>
+  <si>
+    <t>3070</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3070/requerimento_n._032-2026-_dtc-_requer_inf._sobre_o_seletivo_da_educacao.doc</t>
+  </si>
+  <si>
+    <t>REQUER, nos termos regimentais  e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio da Secretaria Municipal de Educação, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis as seguintes informações e documentos referentes ao Processo Seletivo de Gestão Escolar nº 001/2025: 1.	Comprovação da publicação do Edital nº 001/2025, contendo: a.	Cópia integral do edital publicado; b.	Indicação do local oficial de publicação; c.	Data da publicação; d.	Cópia da página do Diário Oficial ou do portal institucional onde ocorreu a publicação; e.	Link eletrônico ou endereço institucional onde o edital esteve disponibilizado ao público. 2.	Comprovação da publicação de todos os demais editais, comunicados, retificações ou convocações relacionadas ao Processo Seletivo de Gestão Escolar nº 001/2025, contendo: a.	Cópia dos documentos publicados; b.	Local e meio oficial de publicação;</t>
+  </si>
+  <si>
+    <t>3071</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3071/requerimento_n._033-2026-_rls_e_lks_-_requerem_da_sec._de_saude_inf._sobre_ubs_ourolanda.doc</t>
+  </si>
+  <si>
+    <t>REQUERER, que seja encaminhado o presente expediente ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, com cópia ao Prefeito Municipal, Valdemar Gamba, para que, no prazo de até 15 (quinze) dias, sejam enviadas o acesso e fornecimento dos seguintes documentos: _x000D_
+1.	Encaminhamento da planilha de preços dos materiais utilizados na reforma e ampliação do Posto de Saúde de Ourolanda, bem como do projeto da referida obra Este requerimento tem como finalidade promover a transparência na gestão pública, especialmente no âmbito da saúde municipal, setor essencial para o bem-estar da população. Ressalta-se que o não atendimento à solicitação, sem a devida justificativa, ou a prestação de informações inverídicas, poderá caracterizar crime contra a Administração Pública, conforme previsto na legislação vigente.</t>
+  </si>
+  <si>
+    <t>3072</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3072/requerimento_n._034-2026-_rls_e_lks_-_requerem_da_sec._de_saude_inf._sobre_empresas_de_rocagem_contratadas_pela_pasta.doc</t>
+  </si>
+  <si>
+    <t>REQUERER, que seja encaminhado o presente expediente ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, com cópia ao Prefeito Municipal, Valdemar Gamba, para que, no prazo de até 15 (quinze) dias, sejam enviadas o acesso e fornecimento das seguintes informações:  1.	Quais foram os serviços executados pelas empresas contratadas para a realização de limpeza e roçagem nas áreas pertencentes à Secretaria de Saúde? 2.	Há mais de uma empresa contratada para a realização dos serviços de limpeza e roçagem nas áreas vinculadas à Secretaria Municipal de Saúde? Em caso positivo, informar quais são as empresas e quais locais cada uma atende. Este requerimento tem como finalidade promover a transparência na gestão pública, especialmente no âmbito da saúde municipal, setor essencial para o bem-estar da população. Ressalta-se que o não atendimento à solicitação, sem a devida justificativa, ou a prestação de informações inverídicas, poderá caracterizar crime contra a Administração Pública.</t>
+  </si>
+  <si>
+    <t>3073</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Dida Pires</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3073/requerimento_n._035-2026-_scpp_-_requerem_do_prefeito__informacoes_dos_10_milhoes_destinados_a_obras_de_pavimentacao_asfaltica.doc</t>
+  </si>
+  <si>
+    <t>REQUER, com fundamento  no Regimento Interno e Lei Orgânica Municipal, após ser consultado o Douto e Soberano Plenário, que seja oficiado o Prefeito Municipal, Senhor Valdemar Gamba, para que, por meio das Secretarias competentes, no prazo de 15 (quinze) dias, encaminhe a esta Casa de Leis informações sobre o cronograma de investimentos dos recursos anunciados pelo Governo do Estado, em 2025, no valor superior a R$ 10 milhões, destinados a obras de pavimentação asfáltica e infraestrutura urbana no Município. Requer, ainda, esclarecimentos sobre a previsão de continuidade das obras de pavimentação asfáltica nas ruas do Bairro Cidade Bela, especificando as vias contempladas e o prazo estimado para execução, bem como o cronograma de execução das obras de construção de meios-fios nas diversas vias públicas do município que ainda não foram contempladas com essa infraestrutura. Justifica-se o presente requerimento diante da demanda por pavimentação asfáltica apresentada por moradores.</t>
+  </si>
+  <si>
+    <t>2911</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Adelson Servidor</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2911/indicacao_n_001-2026_-asr_-_ind_a_sec._de_infraestrutura_elevaca.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Infraestrutura e Serviços Urbanos a necessidade de Elevação da Estrada de Terra, na Primeira Vicinal Leste, Av. Araras, próximo à Chácara Recanto Dona Laura.</t>
+  </si>
+  <si>
+    <t>2912</t>
+  </si>
+  <si>
+    <t>Professor Nilson</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2912/indicacao_n_002-2026_-nps_-_ind_ao_pref._e_sec._de_gestao_e_gove.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, Secretario de Gestão Robson Quintino, após apreciação e concordância do Soberano Plenário, a necessidade de realizar a construção do Pórtico de Entrada da Cidade de Alta Floresta, em comemoração ao Jubileu de Ouro (50 Anos) de Emancipação em 2026.</t>
+  </si>
+  <si>
+    <t>2913</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2913/indicacao_n_003-2026_-nps_-_ind_ao_pref._e_o_senador_jayme_campo.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno desta casa, INDICA ao Excelentíssimo Senador da República Sr. Jayme Veríssimo de Campos, com cópia ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de destinar emenda parlamentar para realizar Recapeamento asfáltico da Avenida Minas Gerais e Ruas Adjacentes da Grande Cidade Alta.</t>
+  </si>
+  <si>
+    <t>2914</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2914/indicacao_n_004-2026_-nps_-_ind_ao_prefeito_intalacao_de_um_play.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDI-CA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, a necessidade de realizar a Instalação de Playground nas proximidades da UNEMAT de Alta Floresta.</t>
+  </si>
+  <si>
+    <t>2915</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2915/indicacao_n_005-2026_-nps_-_ind_ao_pref._sec._de_gestao_e_cidade.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA Excelentíssimo Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia à Secretária Municipal de Educação Srª. Lucinéia Martins de Matos Mazzoni e Secretário de Cidade Sr. Paulo Moreira, necessidade de realizar entrada e saída de veículos para embarque e desembarque na Escola Vicente Francisco da Silva.</t>
+  </si>
+  <si>
+    <t>2916</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2916/indicacao_n_006-2026_-dtc_-_ind_ao_pref._e_sec._cidade__limpeza.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba, com ao Secretário Municipal de Cidade, Senhor Paulo Moreira, que sejam adotadas as providências necessárias para a execução de serviços de roçagem e retirada de entulho nas proximidades da AMOCIBI – Associação dos Moradores dos Bairros Cidade Bela e Jardim Imperial, bem como em seu entorno imediato.</t>
+  </si>
+  <si>
+    <t>2917</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2917/indicacao_n_007-2026_-dtc_-_ind_ao_pref._e_sec._cidade__limpeza.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba, com ao Secretário Municipal de Cidade, Senhor Paulo Moreira, que sejam adotadas as providências necessárias para a execução de serviços de limpeza urbana e roçagem no Bairro Parque das Nações.</t>
+  </si>
+  <si>
+    <t>2918</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2918/indicacao_n_008-2026_-dtc_-_ind_ao_pref._e_dep._de_transito_cons.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba, com cópia ao Diretor Municipal de Trânsito, que sejam intensificadas as campanhas educativas e executado cronograma contínuo de atividades de conscientização sobre a obrigatoriedade do uso de capacete e dispositivos de sinalização para condutores de bicicletas elétricas, nos termos da Lei Municipal nº 3.057/2025.</t>
+  </si>
+  <si>
+    <t>2919</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2919/indicacao_n_009-2026_-dtc_-_ind_ao_pref._e_sec._infraestrutura_m.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba, com ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Senhor Roberto Patel, sejam realizadas ações de manutenção das vias públicas do Setor do Bento (Cidade Bela), especificamente nas seguintes ruas: Rua R-1, Rua R-2, Rua R-3 e Rua R-4, mediante serviços de patrolamento, cascalhamento e demais intervenções técnicas que se fizerem necessárias.</t>
+  </si>
+  <si>
+    <t>2920</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2920/indicacao_n_010-2026_-scpp_-_ind_ao_dep._nininho_implantacao_do.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Excelentíssimo Senhor Deputado Estadual Ondanir Bortolini (Nininho), após apreciação e concordância do Soberano Plenário, que realize articulação junto ao Governo do Estado de Mato Grosso para viabilizar a implantação do Programa “Ganha Tempo” no Município de Alta Floresta – MT.</t>
+  </si>
+  <si>
+    <t>2921</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2921/indicacao_n_011-2026_-frs_-_ind_ao_pref._transito_cidade_e_ges.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa Legislativa, INDICA ao Prefeito Municipal, Senhor Valdemar Gamba, com cópia à Secretaria de Governo e Planejamento, à Secretaria de Cidade e à Diretoria de Trânsito e Segurança, a necessidade de implantação de bolsões de espera para motocicletas nos cruzamentos semaforizados do Município, em conformidade com a Resolução nº 550, de 2015, do Conselho Nacional de Trânsito (CONTRAN), a qual segue em anexo.</t>
+  </si>
+  <si>
+    <t>2922</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2922/indicacao_n_012-2026_-dtc_-_ind_ao_prefeito_e_dep._de_iluminacao.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba com cópia ao Departamento de Iluminação, a necessidade de implantação, com urgência, de iluminação pública na Rua Acre, no Setor Norte 2, especialmente em seu trecho inicial que dá acesso ao bairro.</t>
+  </si>
+  <si>
+    <t>2923</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2923/indicacao_n_013-2026_-scpp_-_ind_ao_prefeito_pista_de_caminhada.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba, implantação de uma pista de caminhada na Praça NW-1B, situada na Avenida Presidente Getúlio Vargas, no bairro Cidade Bela.</t>
+  </si>
+  <si>
+    <t>2933</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2933/indicacao_n_014-2026_-_lks_-_ind_ao_prefeito_e_saude_limpeza_ext.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que a esta subscreve, no uso da atribuição, do Regimento Interno, IN-DICA o Secretario de Saúde Sr. Marcelo de Alécio Costa com copia ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, a necessidade de realizar a Limpe-za externa no Posto de Saúde do São Jose Operário,</t>
+  </si>
+  <si>
+    <t>2934</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2934/indicacao_n_015-2026_-_asr_-_ind_a_sec._cid._de_implantacao_de_p.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Cidade a necessidade de implantação de postes de iluminação na rua Acre no Bairro Cidade Alta, tendo em vista que o local há tempos já se encontra pavimentado, mas que ainda não possui nenhuma iluminação adequada.</t>
+  </si>
+  <si>
+    <t>2935</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2935/indicacao_n_016-2026_-_dptc_-_ind_a_sec._cid._limpeza_de_area_pu.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade, a necessi-dade de realização de limpeza de área pública na entrada do Bairro Mirante do Lago.</t>
+  </si>
+  <si>
+    <t>2936</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2936/indicacao_n_017-2026_-_dptc_-_ind_a_sec._cid._ponto_de_onibus_es.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade, a necessidade de construir um ponto de ônibus escolar com cobertura no Bairro Residencial das Mangueiras.</t>
+  </si>
+  <si>
+    <t>2937</t>
+  </si>
+  <si>
+    <t>Claudinei de Jesus, Francisco Ailton</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2937/indicacao_n_018-2026_-_csj_e_fas_-_ind_ao_pref._sec._infr._reali.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Prefeito Municipal Valdemar Gamba e ao Secretário Municipal de Infraestrutura e Serviços Urbanos (Obras), Sr. Roberto Patel, a necessidade de realizar o Cascalhamento das estradas da Comunidade Paraíso.</t>
+  </si>
+  <si>
+    <t>2938</t>
+  </si>
+  <si>
+    <t>Claudinei de Jesus</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2938/indicacao_n_019-2026_-_csj__-_ind_ao_pref._dep._iluminacao._liga.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e ao Departamento de Iluminação Publicada da Prefeitura Municipal, a necessidade de realizar a ligação da Rede Baixa da energia elétrica baixa tenção, para iluminação Pública, do Bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>2939</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2939/indicacao_n_020-2026_-_lks_e_rls_-_ind_ao_pref._sec._infr._patro.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa de Leis de Regimento Interno, INDICAM o Secretario de Infraestrutura com copia ao Prefeito Municipal de Alta Floresta, Valdemar Gamba. A necessidade com caráter de urgente de patrolamento e cascalhamento em todas as ruas do Bairro Parque dos Oitis.</t>
+  </si>
+  <si>
+    <t>2940</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2940/indicacao_n_021-2026_-_dls__-_ind_ao_sec._de_obras._c.c._dep._il.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário Municipal de Infraestrutura, com cópia ao Setor de Iluminação Pública, que seja realizada a instalação de plaquinhas com QR Code nos postes de iluminação pública, direcionando o cidadão diretamente para o WhatsApp oficial do setor responsável, a fim de que a população possa comunicar, de forma imediata, quando a lâmpada do poste estiver queimada ou apresentando mau funcionamento.</t>
+  </si>
+  <si>
+    <t>2941</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2941/indicacao_n_022-2026_-_dls__-_ind_ao_pref._que_faca_adesao_ao_pr.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, Sr. Valdemar Gamba, que o Município faça adesão ao Projeto Sandbox Regulatório da ANATEL, com o objetivo de viabilizar a instalação de antenas e demais soluções tecnológicas voltadas à ampliação da conectividade, especialmente em regiões que atualmente não possuem cobertura adequada de internet e telefonia.</t>
+  </si>
+  <si>
+    <t>2942</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2942/indicacao_n_023-2026_-_dls__-_ind_ao_pref._que_destine_area_para_pratica_de_bicicross_14.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, Sr. Valdemar Gamba, que destine área pública no Município de Alta Floresta para a implantação de uma pista de Bicicross (BMX), com estrutura adequada para a prática esportiva e atividades de lazer.</t>
+  </si>
+  <si>
+    <t>2943</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2943/indicacao_n_024-2026_-_dls__-_ind_ao_pref._c.c._a_sec_de_edc._qu.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópia à Secretaria Municipal de Educação, que sejam promovidas ações no sentido de ampliar e garantir vagas em período integral nas creches do Município, com prioridade de atendimento às mães solo que necessitam trabalhar e não possuem com quem deixar seus filhos.</t>
+  </si>
+  <si>
+    <t>2944</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2944/indicacao_n_025-2026_-_dls__-_ind_ao_pref._c.c._a_dir_de_tran._a.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal, com cópia à Direção Municipal de Trânsito, que seja providenciada a adesão do Município de Alta Floresta ao Sistema de Notificação Eletrônica (SNE), plataforma vinculada à Secretaria Nacional de Trânsito (SENATRAN).</t>
+  </si>
+  <si>
+    <t>2945</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2945/indicacao_n_026-2026_-csj__-_ind_ao_pref._sec._educ._locacao_de.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Poder Executivo Municipal, Valdemar Gamba, por meio da Secretária Municipal de Educação, Sr.ª Lucineia Martins Matos Mazoni, que seja providenciada a locação de uma sala anexa ao prédio da Escola Municipal de Educação Infantil Arte de Aprender.</t>
+  </si>
+  <si>
+    <t>2946</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2946/indicacao_n_027-2026_-csj__-_ind_ao_pref._sec._educ._aquisicao_e.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador(a) que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Poder Executivo Municipal, Valdemar Gamba, por meio da Secretária Municipal de Educação, Sr.ª Lucineia Martins Matos Mazoni, Solicitação de aquisição e instalação de lousas de vidro para a Escola Municipal Arte de Aprender</t>
+  </si>
+  <si>
+    <t>2947</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2947/indicacao_n_028-2026_-_dls__-_ind_ao_sec._de_cidade_faca_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretária Municipal de Cidade, Sr. Paulo Moreira, que realize, com a máxima brevidade, a roçagem do canteiro central da Avenida das Nações, localizada no bairro Parque das Nações.</t>
+  </si>
+  <si>
+    <t>2948</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2948/indicacao_n_029-2026_-_nps__-_ind_ao_pref._sec._cid._realizar_ob.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, em conformidade com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Valdemar Gamba e Secretario de cidades Paulo Moreira, a necessidade de realizar obras de iluminação pública e sinalização viária na Avenida Teles Pires, no trecho que liga o Hotel Floresta Amazônica, passando em frente ao novo Hospital Regional, até a MT-208.</t>
+  </si>
+  <si>
+    <t>2956</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2956/indicacao_n_030-2026_-_fas__-_ind_ao_sec._cid._limpeza_da_pracin.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Cidade, a necessidade de complementação de limpeza da pracinha no bairro Boa Vista, abaixo do Ula-Ula.</t>
+  </si>
+  <si>
+    <t>2957</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2957/indicacao_n_031-2026_-_fas__-_ind_ao_pref._sec._esp._instalacao.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Sr. Valdemar Gamba, com cópia a Secretaria de esporte e lazer, a necessidade de instalação de playground no Bairro Boa Vista.</t>
+  </si>
+  <si>
+    <t>2958</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2958/indicacao_n_032-2026_-dptc__-_ind_ao_sec._saude._aquisicao_de_ap.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde, a necessidade de aquisição de aparelho de ar-condicionado para o PSF Santa Barbara.</t>
+  </si>
+  <si>
+    <t>2959</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2959/indicacao_n_033-2026_-dptc__-_ind_ao_sec._cid._limpeza_e_manuten.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade, a necessidade de realização de serviços de limpeza e manutenção do canteiro central da Avenida das Nações, localizada no Bairro Parque das Nações.</t>
+  </si>
+  <si>
+    <t>2960</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2960/indicacao_n_034-2026_-asr__-_ind_ao_sec._infr._realizacao_de_pat.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Infraestrutura e Serviços Urbanos a necessidade de realização de patrolamento e cascalhamento da Rua A-5, local onde se encontra a Delegacia Regional de Alta Floresta -MT.</t>
+  </si>
+  <si>
+    <t>2961</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2961/indicacao_n_035-2026_-asr__-_ind_ao_pref._aguas_de_af._reparacao.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, nos termos regimentais, INDICA ao Poder Executivo Municipal, com cópia à concessionária Águas de Alta Floresta para que realize a reparação do asfalto e da calçada de uma residência na Rua H-1, Centro, em decorrência de danos causados durante manutenção na rede hídrica.</t>
+  </si>
+  <si>
+    <t>2962</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2962/indicacao_n_036-2026_-dptc__-_ind_ao_sec._saud._arquivos_destin.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Saúde, a necessidade de aquisição de 04 (quatro) armários de arquivos, destinados à USF I – Ezequiel Martins da Silva (Quiel da Vila), situada no bairro Vila Nova.</t>
+  </si>
+  <si>
+    <t>2963</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2963/indicacao_n_037-2026_-dptc__-_ind_ao_sec._cid._limpeza_da_area_e.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade, a necessidade de fazer a limpeza da área externa da Unidade de Saúde da Família – USF I, do Bairro Vila.</t>
+  </si>
+  <si>
+    <t>2972</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2972/indicacao_n_038-2026_-scpp__-_ind_ao_pref._elabore_projeto_de_le.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, em conformidade com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Municipal, Valdemar Gamba, que elabore e encaminhe a esta Casa de Leis Projeto de Lei com a finalidade de especificar e incorporar o adicional de insalubridade e periculosidade aos agentes ambientais, que atuam na coleta de lixo urbano.</t>
+  </si>
+  <si>
+    <t>2973</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2973/indicacao_n_039-2026_-lks_e_rls__-_ind_ao_pref_e_sec._saud._inst.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário de Saúde Sr. Marcelo de Alécio Costa com copia ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, a necessidade de realizar a instalação de aparelhos de ar-condicionado no Posto de Saúde da Comunidade Santa Lúcia.</t>
+  </si>
+  <si>
+    <t>2974</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2974/indicacao_n_040-2026_-frs__-_ind_ao_pref_e_sec._infr._pavimentac.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa de Leis, INDICA ao Prefeito Municipal, Sr. Valdemar Gamba, com cópia à Secretaria Municipal de Infraestrutura, a necessidade de realização de pavimentação asfáltica na Rua Raimundo Carlos de Figueiredo, via que interliga o Setor E ao Setor G.</t>
+  </si>
+  <si>
+    <t>2975</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2975/indicacao_n_041-2026_-frs__-_ind_ao_pref_e_sec._cid._dir._trans..pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa de Leis, INDICA à Secretaria de Cidade, com cópia à Diretoria de Trânsito e ao Prefeito Municipal, Sr. Chico Gamba, a necessidade de implantação de semáforos e faixas de pedestres no cruzamento das Avenidas Teles Pires e Airton Senna, no bairro São José Operário, próximo à Escola Municipal Vicente Francisco.</t>
+  </si>
+  <si>
+    <t>2976</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2976/indicacao_n_042-2026_-nps__-_ind_ao_pref_e_sec._educ._realizar_r.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, em conformidade com o Regimento Interno desta Casa, INDICA ao Prefeito Municipal Sr. Valdemar Gamba e a Secretária Municipal de Educação Sra. Lucinéia Martins de Matos Mazzoni, a necessidade de realizar reparos gerais nos beirais e no forro externo da Escola Municipal Irmã Dulce, visando impedir a entrada de pombos e garantir condições de higiene, segurança e conservação da unidade escolar.</t>
+  </si>
+  <si>
+    <t>2977</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2977/indicacao_n_043-2026_-lks__-_ind_ao_pref_e_cilena_matheus._const.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Diretora Municipal, Sra. Cilena Matheus da Silva, com cópia ao Prefeito Municipal, a necessidade de realizar a construção de uma cobertura na parte frontal da Cadeia Pública</t>
+  </si>
+  <si>
+    <t>2978</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2978/indicacao_n_044-2026_-dls__-_ind_a_sec._infr._manutencao_dos_bue.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Avenida Mato Grosso.</t>
+  </si>
+  <si>
+    <t>2979</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2979/indicacao_n_045-2026_-dls__-_ind_a_sec._infr._manutencao_dos_bue.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a manutenção dos bueiros na Perimetral Rogerio Silva.</t>
+  </si>
+  <si>
+    <t>2980</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2980/indicacao_n_046-2026_-dls__-_ind_ao_sec._infr._chefia_limpeza._l.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura com copia a Chefia de Limpeza Urbana necessidade de executar o serviço de limpeza e roçagem das áreas publicas do Bairro Setor D entre a D 02 e D 03</t>
+  </si>
+  <si>
+    <t>2985</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2985/indicacao_n_047-2026_-fas__-_ind_ao_pref_e_sec._saud._inclusao_d.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA a Secretaria de saúde com cópia Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de inclusão do medicamento Mounjaro (Tirzepatida) na rede municipal de saúde.</t>
+  </si>
+  <si>
+    <t>2986</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Chicão Motocross, Professor Nilson</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2986/indicacao_n_048-2026_-frs_e_nps_-_ind_ao_pref_e_sec._educacao._r.pdf</t>
+  </si>
+  <si>
+    <t>O vereadores que a esta subscrevem, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM à Secretária Municipal de Educação Lucinéia Martins, com cópia ao Prefeito Municipal Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade da construção de muro com portão de acesso para fechamento do entorno da quadra poliesportiva da Escola Municipal Vicente Francisco, localizada no bairro São José Operário, bem como a recuperação da quadra de areia no espaço já existente e adequado dentro da unidade escolar.</t>
+  </si>
+  <si>
+    <t>2987</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2987/indicacao_n_049-2026_-frs_-_ind_a_sec._inf._cid._e_trans._implan.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa de Leis, INDICA à Secretaria Municipal de Infraestrutura, com cópia à Secretaria Municipal de Cidade e à Diretoria de Trânsito e Segurança, a necessidade de implantação de redutores de velocidade (quebra-molas), bem como a pintura de faixas de pedestres em to-dos os lados do cruzamento, na Avenida Amazonas com a Perimetral Rogério Silva, no bairro Cidade Alta, visando garantir maior segurança no trânsito, facilitar a travessia de pedestres e prevenir a ocorrência de acidentes no referido trecho.</t>
+  </si>
+  <si>
+    <t>2990</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2990/indicacao_n_050-2026_-lks_e_rls_-_ind_ao_pref._sec._inf._realiza.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretario de Infraestrutura com copia ao Prefeito Municipal de Alta Floresta, Valdemar Gamba. A necessidade com caráter de urgente realizar Tapa buracos em todas as Ruas e Avenidas do Bairro Boa Esperança.</t>
+  </si>
+  <si>
+    <t>2991</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2991/indicacao_n_051-2026_-lks_e_rls_-_ind_ao_pref._sec._saud._instal.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Ca-sa, INDICAM ao Secretário de Saúde Sr. Marcelo de Alécio Costa com copia ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, a necessidade de realizar a instalação de aparelhos de ar-condicionado na sala de espera onde os pacientes aguardam depois da Triagem para ser atendidos pelos Médicos de plantão, da UPA, no município de Alta Floresta.</t>
+  </si>
+  <si>
+    <t>2992</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2992/indicacao_n_052-2026_-dptc_-_ind_ao_sec._cid._necessidade_de_faz.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador (a) que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade, a necessidade de fazer a limpeza da área externa da Unidade de Saúde da Família – USF I, do Bairro Vila.</t>
+  </si>
+  <si>
+    <t>2995</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2995/indicacao_n_053-2026_-dptc_-_ind_ao_sec._infr._necessidade_de_se.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, a necessidade de se fazer a reabertura da valeta localizada na lateral do Estádio Maestrão, com a realização dos serviços necessários de limpeza, desobstrução e manutenção da drenagem no local.</t>
+  </si>
+  <si>
+    <t>2996</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2996/indicacao_n_054-2026_-dptc_-_ind_ao_sec._infr._patrolamento_das.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, om a máxima urgência, o patrolamento das ruas do bairro Parque Oitis, tendo em vista as condições precárias em que se encontram as ruas do bairro.</t>
+  </si>
+  <si>
+    <t>3005</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3005/indicacao_n_055-2026_-_fas_-_ind._ao_pref._sec._saude_vale-alimentacao_a_pacientes_e_acompanhantes.doc</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA a Secretaria de Saúde com cópia Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de Fornecimento de Vale-Alimentação a pacientes e acompanhantes encaminhados para atendimentos de saúde pelo SUS em outros municípios.</t>
+  </si>
+  <si>
+    <t>3006</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Câmara Municipal de Alta Floresta</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3006/indicacao_n_056-2026_-_cmaf_-_ind._ao_pref._c.c._a_sec_de_edu._reg._40_presencial_e_60_ead_-_hora_atividade.doc</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, com cópia à Secretária Municipal de Educação, Sra. Lucinéia Martins de Matos Mazzoni, após apreciação e concordância do Soberano Plenário, promova estudos e adote as providências necessárias encaminhar projeto de lei complementar, conforme minuta em anexo, para disciplinar e estabelecer diretrizes para o cumprimento da hora-atividade pelos profissionais da educação da Rede Municipal de Ensino de Alta Floresta, 40% (quarenta por cento) da carga horária da hora-atividade seja cumprida de forma presencial e 60% (sessenta por cento) da carga horária da hora-atividade, poderá ser cumprido em regime não presencial, regulamentando a matéria posteriormente, por meio de portaria específica.</t>
+  </si>
+  <si>
+    <t>3007</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3007/indicacao_n_057-2026_-_nps_-_ind._ao_pref._sec._educ._realizar_reforma_geral_na_estrutura_da_escola_municipal_professor_benjamin_padoa..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno da Câmara Municipal de Alta Floresta, INDICA ao Excelentíssimo Senhor Prefeito Municipal, Valdemar Gamba, com cópia à Secretária Municipal de Educação, Lucinéia Martins de Matos Mazzoni, após apreciação e concordância do Soberano Plenário, a necessidade de realizar reforma geral na estrutura da Escola Municipal Professor Benjamin Padoa.</t>
+  </si>
+  <si>
+    <t>3008</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3008/indicacao_n_058-2026_-_dtc_-_ind._ao_pref._sec._infr._cid.__limpeza_desobstrucao__boca_de_lobo_localizado_na_avenida_presidente_getulio_vargas..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba, com cópia ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Sr. Roberto Patel, e ao Secretário Municipal de Cidade, Sr. Paulo Moreira, a necessidade de realizar, com a maior brevidade possível, a limpeza, desobstrução e verificação técnica do sistema de drenagem (boca de lobo) localizado na Avenida Presidente Getúlio Vargas, em frente à Rua Benjamin Constant, Bairro Cidade Bela.</t>
+  </si>
+  <si>
+    <t>3009</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3009/indicacao_n_059-2026_-_dls_-_ind._ao_pref._contrua_praca_sensorial_para_os_tea_de_af.doc</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, que promova ações no sentido de viabilizar a construção de uma Praça Sensorial destinada às pessoas com Transtorno do Espectro Autista (TEA) no município de Alta Floresta</t>
+  </si>
+  <si>
+    <t>3010</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3010/indicacao_n_060-2026_-_nps_-_ind._ao_pref._realizacao_da_pavimentacao_asfaltica_no_final_das_avenidas_vitoria_regia_e_primavera..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal que determine com o setor competente, a realização da pavimentação asfáltica no final das Avenidas Vitória Régia e Primavera, localizadas no Bairro Jardim das Flores na grande Cidade Alta.</t>
+  </si>
+  <si>
+    <t>3011</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3011/indicacao_n_061-2026_-egm_-_ind_ao_pref_com_copia_secretaria_de_fazenda_-_desc_iptu_imoveis_vias_nao_pavimentadas.doc</t>
+  </si>
+  <si>
+    <t>A vereadora que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, com cópia à Secretaria Municipal de Fazenda e à Secretaria Municipal de Infraestrutura, após apreciação e concordância do Soberano Plenário, a necessidade de encaminhamento de Projeto de Lei visando alterar a Lei Municipal nº 1.527/2006 (Código Tributário Municipal), a fim de instituir desconto no IPTU para imóveis residenciais localizados em ruas sem pavimentação asfáltica, com vigência a partir do exercício de 2027, concedido automaticamente, independentemente de requerimento do contribuinte, salvo nos casos de divergência cadastral.</t>
+  </si>
+  <si>
+    <t>3012</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3012/indicacao_n_062-2026_-_lks_e_rls_-_ind._a_ciretran_c.c._a_pm_que_enc._inf._sobre_quantitativo_de_multas_aplicadas.doc</t>
+  </si>
+  <si>
+    <t>Os vereadores que a esta subscrevem, no uso da atribuição que lhes confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICAM à 20ª Ciretran de Alta Floresta, com cópia ao 9º Comando Regional da Polícia Militar do Estado de Mato Grosso - Alta Floresta, após apreciação e concordância do Soberano Plenário, para que encaminhem a esta Casa de Leis informações detalhadas acerca da quantidade de multas de trânsito aplicadas pelos respectivos órgãos no Município de Alta Floresta, no período compreendido entre 1º de janeiro de 2025 até a presente data.</t>
+  </si>
+  <si>
+    <t>3028</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3028/indicacao_n_063-2026_-_dls_-_ind._ao_pref._c.c._a_sec._de_infra._que_adquira_placa_vibratoria_de_compactacao.doc</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa de Leis, INDICA ao Prefeito Municipal, com cópia a Secretaria Municipal de Infraestrutura e Serviços Urbanos, que façam a aquisição de uma placa vibratória adequada para compactação de asfalto e execução de recapeamento asfáltico, visando aprimorar os serviços de manutenção e recuperação da malha viária urbana do Município.</t>
+  </si>
+  <si>
+    <t>3029</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3029/indicacao_n_064-2026_-_scpp_-_ind._ao_pref._contratacao_emergencial_de_equipamentos_de_terceiros..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Prefeito Municipal, Valdemar Gamba, que sejam adotadas, com a máxima urgência, as providências necessárias para a contratação emergencial de equipamentos de terceiros, visando reforçar e dar celeridade aos serviços de recuperação, manutenção e melhoria das estradas rurais do município.</t>
+  </si>
+  <si>
+    <t>3030</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>A vereadora que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Poder Executivo Municipal que, por meio da Direção de Turismo, vinculada à Secretaria Municipal de Inovação e Desenvolvimento Econômico, após apreciação e concordância do Soberano Plenário,  adote as providências necessárias para a contratação de profissional especializado para a elaboração e execução do Plano Municipal de Turismo de Alta Floresta ainda no exercício de 2026.</t>
+  </si>
+  <si>
+    <t>3031</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3031/indicacao_n_066-2026_-_dptc_-_ind._a_energisa_procedimentos_adotados_para_o_encaminhamento_de_faturas_de_energia_eletrica.doc</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso das atribuições que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA aos setores e departamentos competentes da Concessionária Energisa Mato Grosso, após apreciação e concordância do Soberano Plenário,  para que encaminhem a esta Casa de Leis informações acerca dos 1 - Procedimentos adotados para o encaminhamento de faturas de energia elétrica em atraso, a protesto junto aos cartórios no município de Alta Floresta – MT, especificando: a) O prazo de inadimplência necessário para a efetivação do protesto; b) Os meios e formas de notificação prévia ao consumidor; c) A fundamentação legal e normativa que embasa o referido procedimento; 2 - O número de faturas protestadas no município de Alta Floresta – MT nos últimos 36 (trinta e seis) meses; 3 - O valor médio das taxas e encargos cobrados dos consumidores em decorrência do protesto; 4 - A existência de política interna de negociação ou mecanismos alternativo</t>
+  </si>
+  <si>
+    <t>3034</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3034/indicacao_n_069-2026_-_dls_-_ind._ao_sec._infr.__troca_de_tubulacao_dos_bueiros_na_perimetral_rogerio_silva..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria de Infraestrutura e Serviços Urbanos a troca de tubulação dos bueiros na Perimetral Rogerio Silva.</t>
+  </si>
+  <si>
+    <t>3046</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3046/indicacao_n_070-2026_-_fas__-_ind_ao_pref._sec._cidade_utilizacao_de_rede_de_protecao_na_rocagem.doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Cidade, com cópia ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, a necessidade de utilização de rede de proteção com estrutura móvel e rodinhas durante a execução dos serviços de roçagem urbana no município de Alta Floresta.</t>
+  </si>
+  <si>
+    <t>3047</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3047/indicacao_n_071-2026_-_dptc__-_ind_a_sec._cidade_limpeza_do_patio_do_posto_gileno_teofilo_de_farias_localizado_no_bairro_sao_jose_operario..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Cidade, a necessidade de fazer a limpeza do pátio do Posto Gileno Teófilo de Farias localizado no Bairro São José Operário.</t>
+  </si>
+  <si>
+    <t>3048</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3048/indicacao_n_072-2026_-_frs__-_ind_ao_pref._necessidade_de_conclusao_da_pavimentacao_asfaltica_da_avenida_das_orquideas..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa de Leis, INDICA à Secretaria Municipal de Infraestrutura, com cópia à Secretaria Municipal de Cidade e ao Prefeito Municipal, Chico Gamba, a necessidade de conclusão da pavimentação asfáltica da Avenida das Orquídeas, no trecho compreendido entre o cruzamento com a Rua Monte Sinai até a Avenida Amazonas na grande Cidade Alta, bem como a realização de estudo técnico para implantação de redutores de velocidade ou de uma rotatória no cruzamento da Avenida das Orquídeas com a Rua Monte Sinai, visando melhorar a organização do trânsito e garantir mais segurança aos condutores e pedestres que utilizam essa via diariamente.</t>
+  </si>
+  <si>
+    <t>3049</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3049/indicacao_n_073-2026_-dls__-_ind_adir._trans._pintura_da_sinalizacao_horizontal_da_divisao_das_pistas..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Diretoria de Trânsito para que seja feita a pintura da sinalização horizontal da divisão das pistas de rolamento quanto às faixas de pedestres e nas avenidas a pintura da faixa de ciclista.</t>
+  </si>
+  <si>
+    <t>3050</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3050/indicacao_n_074-2026_-rls__-_ind_a_sec._saud._aquisicao_de_03_tres_pneus_novos_para_a_ambulancia_que_atende_a_comunidade_da_pista_do_cabeca..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Secretaria Municipal de Saúde, na pessoa do Sr. Marcelo de Alécio Costa, para que seja realizada a aquisição de 03 (três) pneus novos para a ambulância que atende a comunidade da Pista do Cabeça.</t>
+  </si>
+  <si>
+    <t>3051</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3051/indicacao_n_075-2026_-dls__-_ind_ao_sec._infr._chef._lim._limpeza_e_rocagem_no_playground_localizado_no_bairro_florata..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria de Infraestrutura c/c a Chefia de Limpeza Urbana necessidade de executar o serviço de limpeza e roçagem no Playground localizado no Bairro Florata.</t>
+  </si>
+  <si>
+    <t>3052</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3052/indicacao_n_076-2026_-rls__-_ind_a_sec._infr._realizar_o_cascalhamento_na_estrada_28..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretário Municipal de Infraestrutura o Sr. Roberto Patel, a necessidade de realizar o cascalhamento na Estrada 28, trecho após a ponte do rio Paranaíta, (linha Pista do Cabeça sentido São Mateus).</t>
+  </si>
+  <si>
+    <t>3053</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3053/indicacao_n_077-2026_-dptc__-_ind_a_sec._infr._patrolamento_da_rua_rio_de_janeiro_no_bairro_cidade_alta..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA a Secretaria Municipal de Infraestrutura e Serviços Urbanos, com a máxima urgência, o patrolamento da Rua Rio de Janeiro, no Bairro Cidade Alta.</t>
+  </si>
+  <si>
+    <t>3054</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3054/indicacao_n_078-2026_-dptc__-_ind_ao_pref._aguas_af._sec._comp._esclarecimentos_de_existencia_ou_nao_de_rede_de_esgoto_no_setor_gs.doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Poder Executivo Municipal, com cópia à Secretaria Municipal competente e à concessionária Águas de Alta Floresta, que prestem esclarecimentos acerca da existência ou não de rede de esgoto implantada no Setor GS, bem como informem se há planejamento ou cronograma para eventual implantação desse serviço na referida localidade.</t>
+  </si>
+  <si>
+    <t>3055</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3055/indicacao_n_079-2026_-frs__-_ind_ao_pref._sec.infr._sec._gest._pavimentacao_asfaltica_dos_trechos_ainda_nao_pavimentados_das_ruas_a-5_e_a-6..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do Regimento Interno desta Casa de Leis, INDICA à Secretaria Municipal de Infraestrutura, com cópia à Secretaria de Governo, Gestão e Planejamento e ao Prefeito Municipal, a necessidade de realização da pavimentação asfáltica dos trechos ainda não pavimentados das Ruas A-5 e A-6, bem como da via de ligação existente entre essas duas ruas, no Setor A, no município de Alta Floresta – MT.</t>
+  </si>
+  <si>
+    <t>3056</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3056/indicacao_n_080-2026_-lks_e_rls_-_ind_ao_pref._sec.saud._limpeza_geral_do_patio_do_posto_de_saude_do_sao_jose_operario..doc</t>
+  </si>
+  <si>
+    <t>Os vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM novamente ao Secretário de Saúde Sr. Marcelo de Alécio Costa com copia ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, a necessidade de realizar a Limpeza Geral do Pátio do Posto de Saúde do São Jose Operário.</t>
+  </si>
+  <si>
+    <t>3057</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3057/indicacao_n_081-2026_-_rls_-_ind_ao_sec.infr._realizar_a_manutencao_do_bueiro_localizado_na_estrada_28..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Secretario municipal de infraestrutura o Sr. Roberto Patel, a necessidade de realizar a manutenção do bueiro localizado na Estrada 28, especificamente após a ponte do rio Paranaíta, (linha Pista do Cabeça sentido São Mateus).</t>
+  </si>
+  <si>
+    <t>3058</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3058/indicacao_n_082-2026_-_rls_e_lks_-_ind_ao_sec.saud._realizar_a_de_limpeza_no_patio_do_posto_de_saude_do_bairro_jardim_primavera..doc</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a esta subscrevem, de acordo com o Regimento Interno desta Casa, INDICAM ao Secretário Municipal de Saúde o Sr. Marcelo de Alécio Costa, a necessidade de realizar a de limpeza no pátio do Posto de Saúde do bairro Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>3059</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3059/indicacao_n_083-2026_-_scpp_-_ind_a_aguas_af._pref._implantacao_da_rede_de_esgotamento_sanitario_no_bairro_jardim_flamboyant..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA à Empresa Águas de Alta Floresta com cópia ao Prefeito Municipal Sr. Valdemar Gamba a necessidade de que sejam adotadas as providências cabíveis para a implantação da rede de esgotamento sanitário no Bairro Jardim Flamboyant.</t>
+  </si>
+  <si>
+    <t>3060</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3060/indicacao_n_084-2026_-_nps_-_ind._ao_pref._que_enc._pl_pe_de_moleque.doc</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscrevem, no uso da atribuição que lhes confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, levar a efeito o encaminhamento do Projeto de Lei à esta Casa de Leis que dispõe sobre a permissão de uso parcial de bem público municipal à escola de futebol “Projeto Pé de Moleque” conforme minuta do projeto em anexo.</t>
+  </si>
+  <si>
+    <t>3061</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3061/indicacao_n_085-2026_-_scpp_-_ind_ao_prefeito_municipal_estudo_hidrologico_referente_a_com._terceira_leste.doc</t>
+  </si>
+  <si>
+    <t>O vereador que a esta subscreve, no uso da atribuição que lhe confere o artigo 157, combinado com o § 1º do artigo 158, do Regimento Interno, INDICA ao Prefeito Municipal de Alta Floresta, Sr. Valdemar Gamba, após apreciação e concordância do Soberano Plenário, a necessidade de que determine, com a máxima urgência, por meio das secretarias competentes, a elaboração e o encaminhamento do estudo hidrológico na Vicinal 3ª Leste, nas proximidades da Escola e Comunidade Mundo Novo, visando subsidiar a elaboração do projeto de drenagem e pavimentação asfáltica da via.</t>
+  </si>
+  <si>
+    <t>3062</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3062/indicacao_n_086-2026_-_dtc_-_ind_ao_pref._limpeza_e_manutencao_entorno_da_secretaria_municipal_de_infraestrutura..doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta Casa, INDICA ao Excelentíssimo Senhor Prefeito Municipal Valdemar Gamba, que determine à Secretaria Municipal de Cidade, a realização de serviços de roçagem, limpeza e manutenção das áreas públicas localizadas no entorno da Secretaria Municipal de Infraestrutura, neste município.</t>
+  </si>
+  <si>
+    <t>3063</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3063/indicacao_n_087-2026_-_dptc_-_ind._sec._de_saude_que_instale_placa_na_ubs_j._primavera.doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta casa, INDICA ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, que adote providências administrativas necessárias ao fiel cumprimento da Lei nº 3.052/2025, que dispõe sobre a denominação do PSF XVI, localizado no Bairro Jardim Primavera</t>
+  </si>
+  <si>
+    <t>3064</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3064/indicacao_n_088-2026_-_dptc_-_ind._sec._de_saude_que_instale_placa_na_ubs_j._araras.doc</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, de acordo com o Regimento Interno desta casa, INDICA ao Secretário Municipal de Saúde, Sr. Marcelo de Alécio Costa, que adote providências administrativas necessárias ao fiel cumprimento da Lei nº 3.015/2025, que dispõe sobre a denominação do PSF XVII, localizado no Bairro Jardim das Araras.</t>
+  </si>
+  <si>
+    <t>2926</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2926/mocao_no_001-2026_-_dls_-_congratulacoes_com_policiais_civis_de.pdf</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES aos Policiais Civis da Delegacia de Polícia Judiciária Civil de Nova Bandeirantes – MT pelo êxito na deflagração da “Operação Ruptura”, voltada ao combate ao tráfico de drogas e à criminalidade organizada.</t>
+  </si>
+  <si>
+    <t>2927</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2927/mocao_no_002-2026_-_csj_-_congratulacoes_com_o_centro_de_hanseni.pdf</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES ao Centro de Hanseníase de Alta Floresta – MT, em reconhecimento aos relevantes serviços prestados à saúde pública, à cidadania e à promoção da dignidade humana no Município e em toda a região do Alto Tapajós.</t>
+  </si>
+  <si>
+    <t>2928</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2928/mocao_no_003-2026_-_dls_-_congratulacoes_com_a_empresa_sete_62_a.pdf</t>
+  </si>
+  <si>
+    <t>Congratulações à empresa SETE 62 ARTI-GOS MILITARES, em reconhecimento à sua relevante trajetória, contribuição econômica e compromisso social.</t>
+  </si>
+  <si>
+    <t>2949</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2949/mocao_no_004-2026_-_egm_-_congratulacoes_com_servidores_do_caps.pdf</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES ao Centro de Atenção Psicossocial (CAPS), em reconhecimento ao relevante trabalho desenvolvido em prol a saúde mental da população do município Alta Floresta e pela realização da campanha Janeiro Branco.</t>
+  </si>
+  <si>
+    <t>2950</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2950/mocao_no_005-2026_-_fas_-_congratulacoes_com_a_empresa_home_drin.pdf</t>
+  </si>
+  <si>
+    <t>Congratulações à empresa HOME DRINKS, pelos relevantes serviços prestados à comunidade do Município de Alta Floresta – MT, bem como por sua trajetória de superação, empreendedorismo e contribuição para o desenvolvimento econômico local.</t>
+  </si>
+  <si>
+    <t>2983</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2983/mocao_no_006-2026_-_lks_-_congratulacoes_com_a_euqipe_de_limeza.pdf</t>
+  </si>
+  <si>
+    <t>Congratulações à equipe de limpeza do Município, em reconhecimento aos relevantes serviços prestados à população, contribuindo de forma direta e essencial para a organização, higiene e o bem-estar coletivo.</t>
+  </si>
+  <si>
+    <t>2984</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2984/mocao_no_007-2026_-_fas_-_congratulacoes_com_a_sra._elze_helene.pdf</t>
+  </si>
+  <si>
+    <t>Congratulações à Senhora Elze Helene Sardela Santos, pelos relevantes serviços prestados à comunidade, especialmente na promoção da inclusão social, do cuidado humanizado e da defesa dos direitos das pessoas com deficiência.</t>
+  </si>
+  <si>
+    <t>3035</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES com Os alunos da APAE de Alta Floresta, em reconhecimento as excelentes colocações nas Olimpíadas das Apaes realizadas em Brasília.</t>
+  </si>
+  <si>
+    <t>3065</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3065/mocao_no_009-2026_-_dptc_-_congratulacoes_com_os_atletas_paralimpicos_de_af.doc</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES com aos Atletas Paralímpicos Estheffany Aparecida Roque, Maicon de Araújo dos Santos e Diemerson de Souza Penha, em reconhecimento às relevantes conquistas esportivas e à brilhante representação do município no Campeonato Brasileiro Paralímpico Loterias Caixa 2025, uma das mais importantes competições do paratletismo nacional.</t>
+  </si>
+  <si>
+    <t>3066</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3066/mocao_no_010-2026_-_dptc_-_congratulacoes_com_o_odontologo_thiago_incerti.doc</t>
+  </si>
+  <si>
+    <t>CONGRATULAÇÕES com THIAGO INCERTI DA SILVA, por sua trajetória profissional marcada pela dedicação ao serviço público, pelo compromisso com a saúde da população e pela contribuição significativa ao desenvolvimento social do município de Alta Floresta - MT.</t>
+  </si>
+  <si>
+    <t>3067</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3067/mocao_no_011-2026_-_nps_-_congratulacoes_com_o_projeto_pe_de_moleque.doc</t>
+  </si>
+  <si>
+    <t>Congratulações ao Projeto Pé de Moleque de Alta Floresta – MT, pelos relevantes serviços prestados à comunidade por meio do esporte e da formação cidadã de crianças e jovens.</t>
+  </si>
+  <si>
     <t>2897</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofícios</t>
   </si>
   <si>
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2897/of_018-2026_-_encaminha_projeto_de_lei_2389-2026_-_regime_urgenc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2897/of_018-2026_-_encaminha_projeto_de_lei_2389-2026_-_regime_urgenc.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.389/2026 que “DISPÕE SOBRE O REAJUSTE DOS BENEFÍCIOS MANTIDOS PELO INSTITUTO DE PREVIDÊNCIA DO SERVIDOR MUNICIPAL DE ALTA FLORESTA-IPREAF”._x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGÊNCIA ESPECIAL, tendo em vista a necessidade de adequar a forma do cálculo das aposentadorias e pensões e asseguraram o reajuste dos benefícios para preservar-lhes, em caráter permanente, o valor real, estabelecendo que sejam reajustados na mesma data em que se der o reajuste dos benefícios do regime geral de previdência social.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2900/of_023-2026_-_encaminha_projeto_de_lei_2390-2026_-_regime_urgencia_especial.doc</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2900/of_023-2026_-_encaminha_projeto_de_lei_2390-2026_-_regime_urgencia_especial.doc</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.390/2026 que “DISPÕE SOBRE REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES DO MUNICÍPIO DE ALTA FLORESTA/MT, E DOS SERVIDORES DO IPREAF, E DÁ OUTRAS PROVIDÊNCIAS”._x000D_
 Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGÊNCIA ESPECIAL, tendo em vista a necessidade de aplicação do índice na folha salarial do mês de janeiro.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2905/of_024-2026_-_encaminha_projeto_de_lei_2391-2026_-_regime_urgenc.pdf</t>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2905/of_024-2026_-_encaminha_projeto_de_lei_2391-2026_-_regime_urgenc.pdf</t>
   </si>
   <si>
     <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.º 2.391/2026 que “ALTERA DISPOSITIVOS DA LEI MUNICIPAL nº 1.107/2001 E REVOGA DISPOSITIVOS DA LEI 3.069/2025, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2908</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2908/oficio_n_033-2026.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2393/2026, de iniciativa do Executivo Municipal, que tem por súmula ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.789, DE 13 DE MARÇO DE 2023, REVOGA A LEI MUNICIPAL N° 2.852/2023, DE 06 DE SETEMBRO DE 2023, PARA EXTINGUIR O PRAZO LIMITE DE MIGRAÇÃO PARA O REGIME DE PREVIDÊNCIA_x000D_
+COMPLEMENTAR, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
+Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA ESPECIAL, a fim de garantir que o servidor tenha tempo hábil para planejar sua aposentadoria.</t>
+  </si>
+  <si>
+    <t>3078</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3078/067-2026_-_gp.pdf</t>
+  </si>
+  <si>
+    <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.397/2026, "AUTORIZA O MUNICÍPIO DE ALTA FLORESTA/MT A FIRMAR TERMO DE FILIAÇÃO COM A ASSOCIAÇÃO MATOGROSSENSE DOS MUNICÍPIOS - AMM E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
+Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA ESPECIAL.</t>
+  </si>
+  <si>
+    <t>3004</t>
+  </si>
+  <si>
+    <t>Ao cumprimentá-lo cordialmente, vimos por intermédio deste, solicitar de Vossa Excelência a tramitação e aprovação do Projeto de Lei n.° 2.398/2026 que PROVIDÊNCIAS"._x000D_
+Conforme alude o inciso I, do art. 129 do Regimento Interno desta Casa de Leis, torna imperiosa a aprovação da propositura em REGIME DE URGENCIA_x000D_
+ESPECIAL.</t>
+  </si>
+  <si>
+    <t>3043</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3043/of_089-2026_-_modifica_regime_de_tramitacao_projeto_de_lei_2.396-2026__-de_ordinaria_p_urgencia_especial.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITA alteração do regime de tramitação do Projeto de Lei n.º 2.396/2026 para regime de urgência especial, que autoriza a doação de imóvel ao SENAR/MT para construção de Centro de Treinamento no município de Alta Floresta/MT.</t>
+  </si>
+  <si>
+    <t>2982</t>
+  </si>
+  <si>
+    <t>Oficio Solicitação Plenário</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2982/oficio_012-2026-cmdm.pdf</t>
+  </si>
+  <si>
+    <t>REQUER a disponibilidade de uso da tribuna da Câmara Municipal pela Vice-Presidente do Conselho Municipal dos Direitos da Mulher, Francisca Ilmarli Teixeira, por ocasião da Semana do Dia Internacional da Mulher, com a finalidade de sobre o Tema “Não Violência Contra as Mulheres”.</t>
+  </si>
+  <si>
+    <t>2966</t>
+  </si>
+  <si>
+    <t>RF</t>
+  </si>
+  <si>
+    <t>Redação Final</t>
+  </si>
+  <si>
+    <t>http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2966/01_redacao_final_do_projeto_de_resolucao_-_003-2025_-_parlamento_jovem.doc</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA PARLAMENTO JOVEM NO ÂMBITO DA CÂMARA MUNICIPAL DE ALTA FLORESTA – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -542,67 +2453,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2901/pl_001-2026-_mesa_diretora_-_revisao_geral_anual_rga_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2903/pl_002-2026-_mesa_diretora_-_revisao_geral_anual_rga_vereadores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2896/projeto_de_lei_-_2389_-_reajuste_beneficios_ipreaf.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2899/projeto_de_lei_-_2390_-_revisao_geral_anual_servidores-pm-iprea.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2904/projeto_de_lei_-_2391_-_altera_a_1107-2001_-_tabela_fiscais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2907/proj.lei.n.2.393.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2898/veto_001_-2026_-_total_-_pl_65-2025_-_dispoe_sobre_padronizacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2897/of_018-2026_-_encaminha_projeto_de_lei_2389-2026_-_regime_urgenc.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2900/of_023-2026_-_encaminha_projeto_de_lei_2390-2026_-_regime_urgencia_especial.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2905/of_024-2026_-_encaminha_projeto_de_lei_2391-2026_-_regime_urgenc.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2901/pl_001-2026-_mesa_diretora_-_revisao_geral_anual_rga_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2903/pl_002-2026-_mesa_diretora_-_revisao_geral_anual_rga_vereadores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2929/pl_003-2026_-_vereadores_-_altera_dispositivo_da_lei_municipal_n.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2970/pl_004-2026_-_ods_e_fas_-_revoga_as_leis_1.949-2011_e_2.765-2022_-_1a_vicinal_cruzeiro_do_sul.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2971/pl_005-2025-__indica_para_comenda_municipal_do_brasao_o_sr._antonio_nunes_severo_gomes.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2997/proj.lei.n.006.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3002/projeto_de_lei_008-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3003/proj.lei.n.009.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3080/pl_013-2026_-_fas_e_dls_-_denominacao_vias_publicas_do_loteament.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2896/projeto_de_lei_-_2389_-_reajuste_beneficios_ipreaf.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2899/projeto_de_lei_-_2390_-_revisao_geral_anual_servidores-pm-iprea.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2904/projeto_de_lei_-_2391_-_altera_a_1107-2001_-_tabela_fiscais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2906/projeto_de_lei_-_2392_-_undime-mt.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2907/projeto_de_lei_-_2.393-2026_-_rcp.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2981/proj.lei.n.2.394.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2998/proj.lei.n.2.395.2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2999/proj.lei.n.2.396.2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3000/proj.lei.n.2.397.2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3001/projeto_de_lei_-_2398_-_convenio_com_o_municipio_de_paranaita.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3044/proj.lei.n.2.399.2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3081/proj.lei.n.2.401.2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2988/projeto_de_decreto_legislativo_no__001-2026_-_vereadores_-_premi.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2965/projeto_de_resolucao_no_001-2026_-_altera_disposicoes_do_art_159_da_resolucao_078-1995_-_ri_-_mocoes.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2989/projeto_de_resolucao_no_002-2026_-__vereadores_-_regulamenta_o_disposto_no_art._105_do_ri_-_dia_das_sessoes.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3036/projeto_de_resolucao_no_003-2026_-_cria_nucleo_de_defesa_da_dignidade_e_integridade_do_servidor_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2909/emenda_n_001-2026-_dtc_moficativa_ao_pl2.393-2025__protoc-proc_7-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2964/emenda_n_002-2026_-_egm_-_substitutiva_ao_pr_003-2025_protoc_185-2025.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3075/emenda_n_003-2026_-_cljrf_-_modificativa_ao_pl_2382-2025_protoc_164-2025.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3076/emenda_n_004-2026_-_cljrf_-_modificativa_ao_pl_2386-2025_protoc_180-2025.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3077/emenda_n_005-2026_-_cljrf_-_modificativa_ao_pl_070-2025_protoc_180-2025.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2898/veto_01-2026_-_total_-_placas_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3079/veto_n_002-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3026/parecer_027-_cljrf__-_proc_009-2026_-_pr__001-2026_-__altera_disposicoes_do_art_159_da_resolucao_078-1995_-_ri_-_mocoes.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3074/parecer_034-_cljrf__-_proc_148-2025_-_pl__2.378-2025_-__altera_lei_2672-2021_-_clausulas_resolutivas.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2924/requerimento_n._001-2026_-_mesa_diretora_-_requer_tramitacao_em.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2925/requerimento_n._002-2026_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_lei_002-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2930/requerimento_n._003-2026_-_nps_e_asr_-__requerem_prefeito_secret_educ_e_procuradoria_informacoes_s-_envio_pl_q_especif.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2931/requerimento_n._004-2025-_rls_-_requer_retirada__pl_-_067-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2932/requerimento_n._005-2025-_rls_-_requer_retirada_pl_-_068-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2951/requerimento_n._006-2026-_egm_-_requer_retirada_de_tramitacao_pl.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2952/requerimento_n._007-2026-_lks_e_rls_-_requer_secret_munic_saude.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2953/requerimento_n._008-2026-_lks_e_rls_-_requer_prefeito_determine.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2954/requerimento_n._009-2026-_lks_e_rls_-_requer_secret_de_saude_env.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2955/requerimento_n._010-2026_-_dtc_e_dls_-_requerem_convocacao_secre.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2967/requerimento_n._011-2026_-_dtc_e_dls_-_requerem_convocacao_secre.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2968/requerimento_n._012-2026-_lks_e_rls_-_requer_sec._de_saude_informacoes_sobre_o_odontomovel.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2969/requerimento_n._013-2026-frs_-_requer._retirada_de_tramitacao_da.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2993/requerimento_n._014-2026_-_vereadores_-_requer_tramitacao_em_reg.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3014/requerimento_n._015-2025_-_dls_-_requer_inf.__sec._de_infra._que_se_especificam.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3015/requerimento_n._016-2025_-_dls_-_requer_inf.__sec._de_cidade._que_se_especificam..doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2994/requerimento_n._017-2026_vereadores_-__requerem_tramitacao_em_re.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3016/requerimento_n._019-2026_-_dtc_-_requer_informacoes_sobre_a_frota_escolar.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3017/requerimento_n._020-2026_-_dtc_-_requer_informacoes_sobre_aplicacao_e_uso_do_epis.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3018/requerimento_n._021-2026-_dtc-_requer_ao_pref._que_faca_adesao_do_mun._a_ata_de_registro_de_precos_31-2024.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3019/requerimento_n._022-2026-_dtc-_requer_informacoes_sobre_a_alimentacao_escolar.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3020/requerimento_n._023-2026-_dtc-_requer_inf._sobre_a_implantacao_de_sistema_de_geracao_de_energia_fotovoltaica.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3021/requerimento_n._024-2026-_dtc-_requer_inf._sobre_as_aquisicao_e_instalacao_de_unidades_modulares_escolares.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3022/requerimento_n._025-2026-_dtc-_requer_inf._sobre_as_extrusoras_de_concreto.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3027/requerimento_n._026-2026-_lks_e_rls_-_requer_inf._sec._de_fazenda_valore_arrecadados_de_multas.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3024/requerimento_n._027-2026-_lks_e_rls_-_requer_informacoes_da_secretaria_de_assist_social.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3037/requerimento_n._028-2026-_rls_e_lks_-_requer_informacoes_da_secretaria_de_infraestrutura.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3038/requerimento_n._029-2026_-_mesa_diretora_-_requer_tramitacao_em_regime_de_urgencia_especial_projeto_de_resolucao_003-2026.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3068/requerimento_n._030-2025_-_dls_-_requer_inf._sec._de_saude_inf._sobre_endocrinologista.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3069/requerimento_n._031-2026-_lks_e_rls_-_requer_informacoes_referentes_ao_cer.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3070/requerimento_n._032-2026-_dtc-_requer_inf._sobre_o_seletivo_da_educacao.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3071/requerimento_n._033-2026-_rls_e_lks_-_requerem_da_sec._de_saude_inf._sobre_ubs_ourolanda.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3072/requerimento_n._034-2026-_rls_e_lks_-_requerem_da_sec._de_saude_inf._sobre_empresas_de_rocagem_contratadas_pela_pasta.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3073/requerimento_n._035-2026-_scpp_-_requerem_do_prefeito__informacoes_dos_10_milhoes_destinados_a_obras_de_pavimentacao_asfaltica.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2911/indicacao_n_001-2026_-asr_-_ind_a_sec._de_infraestrutura_elevaca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2912/indicacao_n_002-2026_-nps_-_ind_ao_pref._e_sec._de_gestao_e_gove.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2913/indicacao_n_003-2026_-nps_-_ind_ao_pref._e_o_senador_jayme_campo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2914/indicacao_n_004-2026_-nps_-_ind_ao_prefeito_intalacao_de_um_play.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2915/indicacao_n_005-2026_-nps_-_ind_ao_pref._sec._de_gestao_e_cidade.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2916/indicacao_n_006-2026_-dtc_-_ind_ao_pref._e_sec._cidade__limpeza.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2917/indicacao_n_007-2026_-dtc_-_ind_ao_pref._e_sec._cidade__limpeza.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2918/indicacao_n_008-2026_-dtc_-_ind_ao_pref._e_dep._de_transito_cons.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2919/indicacao_n_009-2026_-dtc_-_ind_ao_pref._e_sec._infraestrutura_m.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2920/indicacao_n_010-2026_-scpp_-_ind_ao_dep._nininho_implantacao_do.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2921/indicacao_n_011-2026_-frs_-_ind_ao_pref._transito_cidade_e_ges.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2922/indicacao_n_012-2026_-dtc_-_ind_ao_prefeito_e_dep._de_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2923/indicacao_n_013-2026_-scpp_-_ind_ao_prefeito_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2933/indicacao_n_014-2026_-_lks_-_ind_ao_prefeito_e_saude_limpeza_ext.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2934/indicacao_n_015-2026_-_asr_-_ind_a_sec._cid._de_implantacao_de_p.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2935/indicacao_n_016-2026_-_dptc_-_ind_a_sec._cid._limpeza_de_area_pu.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2936/indicacao_n_017-2026_-_dptc_-_ind_a_sec._cid._ponto_de_onibus_es.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2937/indicacao_n_018-2026_-_csj_e_fas_-_ind_ao_pref._sec._infr._reali.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2938/indicacao_n_019-2026_-_csj__-_ind_ao_pref._dep._iluminacao._liga.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2939/indicacao_n_020-2026_-_lks_e_rls_-_ind_ao_pref._sec._infr._patro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2940/indicacao_n_021-2026_-_dls__-_ind_ao_sec._de_obras._c.c._dep._il.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2941/indicacao_n_022-2026_-_dls__-_ind_ao_pref._que_faca_adesao_ao_pr.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2942/indicacao_n_023-2026_-_dls__-_ind_ao_pref._que_destine_area_para_pratica_de_bicicross_14.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2943/indicacao_n_024-2026_-_dls__-_ind_ao_pref._c.c._a_sec_de_edc._qu.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2944/indicacao_n_025-2026_-_dls__-_ind_ao_pref._c.c._a_dir_de_tran._a.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2945/indicacao_n_026-2026_-csj__-_ind_ao_pref._sec._educ._locacao_de.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2946/indicacao_n_027-2026_-csj__-_ind_ao_pref._sec._educ._aquisicao_e.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2947/indicacao_n_028-2026_-_dls__-_ind_ao_sec._de_cidade_faca_limpeza.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2948/indicacao_n_029-2026_-_nps__-_ind_ao_pref._sec._cid._realizar_ob.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2956/indicacao_n_030-2026_-_fas__-_ind_ao_sec._cid._limpeza_da_pracin.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2957/indicacao_n_031-2026_-_fas__-_ind_ao_pref._sec._esp._instalacao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2958/indicacao_n_032-2026_-dptc__-_ind_ao_sec._saude._aquisicao_de_ap.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2959/indicacao_n_033-2026_-dptc__-_ind_ao_sec._cid._limpeza_e_manuten.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2960/indicacao_n_034-2026_-asr__-_ind_ao_sec._infr._realizacao_de_pat.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2961/indicacao_n_035-2026_-asr__-_ind_ao_pref._aguas_de_af._reparacao.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2962/indicacao_n_036-2026_-dptc__-_ind_ao_sec._saud._arquivos_destin.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2963/indicacao_n_037-2026_-dptc__-_ind_ao_sec._cid._limpeza_da_area_e.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2972/indicacao_n_038-2026_-scpp__-_ind_ao_pref._elabore_projeto_de_le.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2973/indicacao_n_039-2026_-lks_e_rls__-_ind_ao_pref_e_sec._saud._inst.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2974/indicacao_n_040-2026_-frs__-_ind_ao_pref_e_sec._infr._pavimentac.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2975/indicacao_n_041-2026_-frs__-_ind_ao_pref_e_sec._cid._dir._trans..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2976/indicacao_n_042-2026_-nps__-_ind_ao_pref_e_sec._educ._realizar_r.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2977/indicacao_n_043-2026_-lks__-_ind_ao_pref_e_cilena_matheus._const.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2978/indicacao_n_044-2026_-dls__-_ind_a_sec._infr._manutencao_dos_bue.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2979/indicacao_n_045-2026_-dls__-_ind_a_sec._infr._manutencao_dos_bue.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2980/indicacao_n_046-2026_-dls__-_ind_ao_sec._infr._chefia_limpeza._l.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2985/indicacao_n_047-2026_-fas__-_ind_ao_pref_e_sec._saud._inclusao_d.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2986/indicacao_n_048-2026_-frs_e_nps_-_ind_ao_pref_e_sec._educacao._r.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2987/indicacao_n_049-2026_-frs_-_ind_a_sec._inf._cid._e_trans._implan.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2990/indicacao_n_050-2026_-lks_e_rls_-_ind_ao_pref._sec._inf._realiza.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2991/indicacao_n_051-2026_-lks_e_rls_-_ind_ao_pref._sec._saud._instal.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2992/indicacao_n_052-2026_-dptc_-_ind_ao_sec._cid._necessidade_de_faz.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2995/indicacao_n_053-2026_-dptc_-_ind_ao_sec._infr._necessidade_de_se.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2996/indicacao_n_054-2026_-dptc_-_ind_ao_sec._infr._patrolamento_das.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3005/indicacao_n_055-2026_-_fas_-_ind._ao_pref._sec._saude_vale-alimentacao_a_pacientes_e_acompanhantes.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3006/indicacao_n_056-2026_-_cmaf_-_ind._ao_pref._c.c._a_sec_de_edu._reg._40_presencial_e_60_ead_-_hora_atividade.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3007/indicacao_n_057-2026_-_nps_-_ind._ao_pref._sec._educ._realizar_reforma_geral_na_estrutura_da_escola_municipal_professor_benjamin_padoa..doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3008/indicacao_n_058-2026_-_dtc_-_ind._ao_pref._sec._infr._cid.__limpeza_desobstrucao__boca_de_lobo_localizado_na_avenida_presidente_getulio_vargas..doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3009/indicacao_n_059-2026_-_dls_-_ind._ao_pref._contrua_praca_sensorial_para_os_tea_de_af.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3010/indicacao_n_060-2026_-_nps_-_ind._ao_pref._realizacao_da_pavimentacao_asfaltica_no_final_das_avenidas_vitoria_regia_e_primavera..doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3011/indicacao_n_061-2026_-egm_-_ind_ao_pref_com_copia_secretaria_de_fazenda_-_desc_iptu_imoveis_vias_nao_pavimentadas.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3012/indicacao_n_062-2026_-_lks_e_rls_-_ind._a_ciretran_c.c._a_pm_que_enc._inf._sobre_quantitativo_de_multas_aplicadas.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3028/indicacao_n_063-2026_-_dls_-_ind._ao_pref._c.c._a_sec._de_infra._que_adquira_placa_vibratoria_de_compactacao.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3029/indicacao_n_064-2026_-_scpp_-_ind._ao_pref._contratacao_emergencial_de_equipamentos_de_terceiros..doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3031/indicacao_n_066-2026_-_dptc_-_ind._a_energisa_procedimentos_adotados_para_o_encaminhamento_de_faturas_de_energia_eletrica.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3034/indicacao_n_069-2026_-_dls_-_ind._ao_sec._infr.__troca_de_tubulacao_dos_bueiros_na_perimetral_rogerio_silva..doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3046/indicacao_n_070-2026_-_fas__-_ind_ao_pref._sec._cidade_utilizacao_de_rede_de_protecao_na_rocagem.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3047/indicacao_n_071-2026_-_dptc__-_ind_a_sec._cidade_limpeza_do_patio_do_posto_gileno_teofilo_de_farias_localizado_no_bairro_sao_jose_operario..doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3048/indicacao_n_072-2026_-_frs__-_ind_ao_pref._necessidade_de_conclusao_da_pavimentacao_asfaltica_da_avenida_das_orquideas..doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3049/indicacao_n_073-2026_-dls__-_ind_adir._trans._pintura_da_sinalizacao_horizontal_da_divisao_das_pistas..doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3050/indicacao_n_074-2026_-rls__-_ind_a_sec._saud._aquisicao_de_03_tres_pneus_novos_para_a_ambulancia_que_atende_a_comunidade_da_pista_do_cabeca..doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3051/indicacao_n_075-2026_-dls__-_ind_ao_sec._infr._chef._lim._limpeza_e_rocagem_no_playground_localizado_no_bairro_florata..doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3052/indicacao_n_076-2026_-rls__-_ind_a_sec._infr._realizar_o_cascalhamento_na_estrada_28..doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3053/indicacao_n_077-2026_-dptc__-_ind_a_sec._infr._patrolamento_da_rua_rio_de_janeiro_no_bairro_cidade_alta..doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3054/indicacao_n_078-2026_-dptc__-_ind_ao_pref._aguas_af._sec._comp._esclarecimentos_de_existencia_ou_nao_de_rede_de_esgoto_no_setor_gs.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3055/indicacao_n_079-2026_-frs__-_ind_ao_pref._sec.infr._sec._gest._pavimentacao_asfaltica_dos_trechos_ainda_nao_pavimentados_das_ruas_a-5_e_a-6..doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3056/indicacao_n_080-2026_-lks_e_rls_-_ind_ao_pref._sec.saud._limpeza_geral_do_patio_do_posto_de_saude_do_sao_jose_operario..doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3057/indicacao_n_081-2026_-_rls_-_ind_ao_sec.infr._realizar_a_manutencao_do_bueiro_localizado_na_estrada_28..doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3058/indicacao_n_082-2026_-_rls_e_lks_-_ind_ao_sec.saud._realizar_a_de_limpeza_no_patio_do_posto_de_saude_do_bairro_jardim_primavera..doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3059/indicacao_n_083-2026_-_scpp_-_ind_a_aguas_af._pref._implantacao_da_rede_de_esgotamento_sanitario_no_bairro_jardim_flamboyant..doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3060/indicacao_n_084-2026_-_nps_-_ind._ao_pref._que_enc._pl_pe_de_moleque.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3061/indicacao_n_085-2026_-_scpp_-_ind_ao_prefeito_municipal_estudo_hidrologico_referente_a_com._terceira_leste.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3062/indicacao_n_086-2026_-_dtc_-_ind_ao_pref._limpeza_e_manutencao_entorno_da_secretaria_municipal_de_infraestrutura..doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3063/indicacao_n_087-2026_-_dptc_-_ind._sec._de_saude_que_instale_placa_na_ubs_j._primavera.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3064/indicacao_n_088-2026_-_dptc_-_ind._sec._de_saude_que_instale_placa_na_ubs_j._araras.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2926/mocao_no_001-2026_-_dls_-_congratulacoes_com_policiais_civis_de.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2927/mocao_no_002-2026_-_csj_-_congratulacoes_com_o_centro_de_hanseni.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2928/mocao_no_003-2026_-_dls_-_congratulacoes_com_a_empresa_sete_62_a.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2949/mocao_no_004-2026_-_egm_-_congratulacoes_com_servidores_do_caps.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2950/mocao_no_005-2026_-_fas_-_congratulacoes_com_a_empresa_home_drin.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2983/mocao_no_006-2026_-_lks_-_congratulacoes_com_a_euqipe_de_limeza.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2984/mocao_no_007-2026_-_fas_-_congratulacoes_com_a_sra._elze_helene.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3065/mocao_no_009-2026_-_dptc_-_congratulacoes_com_os_atletas_paralimpicos_de_af.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3066/mocao_no_010-2026_-_dptc_-_congratulacoes_com_o_odontologo_thiago_incerti.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3067/mocao_no_011-2026_-_nps_-_congratulacoes_com_o_projeto_pe_de_moleque.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2897/of_018-2026_-_encaminha_projeto_de_lei_2389-2026_-_regime_urgenc.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2900/of_023-2026_-_encaminha_projeto_de_lei_2390-2026_-_regime_urgencia_especial.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2905/of_024-2026_-_encaminha_projeto_de_lei_2391-2026_-_regime_urgenc.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2908/oficio_n_033-2026.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3078/067-2026_-_gp.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/3043/of_089-2026_-_modifica_regime_de_tramitacao_projeto_de_lei_2.396-2026__-de_ordinaria_p_urgencia_especial.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2982/oficio_012-2026-cmdm.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altafloresta.mt.leg.br/media/sapl/public/materialegislativa/2026/2966/01_redacao_final_do_projeto_de_resolucao_-_003-2025_-_parlamento_jovem.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H181"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="206.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="215.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -654,283 +2565,4840 @@
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>22</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="H12" t="s">
         <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>71</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>71</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>71</v>
+      </c>
+      <c r="F19" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>71</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>71</v>
+      </c>
+      <c r="F21" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>71</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>71</v>
+      </c>
+      <c r="F23" t="s">
+        <v>72</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>107</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>71</v>
+      </c>
+      <c r="F24" t="s">
+        <v>72</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>112</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>71</v>
+      </c>
+      <c r="F25" t="s">
+        <v>72</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H25" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>71</v>
+      </c>
+      <c r="F26" t="s">
+        <v>72</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>119</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>71</v>
+      </c>
+      <c r="F27" t="s">
+        <v>72</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H27" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>123</v>
+      </c>
+      <c r="E28" t="s">
+        <v>124</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>128</v>
+      </c>
+      <c r="E29" t="s">
+        <v>129</v>
+      </c>
+      <c r="F29" t="s">
+        <v>130</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" t="s">
+        <v>128</v>
+      </c>
+      <c r="E30" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" t="s">
+        <v>52</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H30" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>136</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>21</v>
+      </c>
+      <c r="D31" t="s">
+        <v>128</v>
+      </c>
+      <c r="E31" t="s">
+        <v>129</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H31" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>140</v>
+      </c>
+      <c r="E32" t="s">
+        <v>141</v>
+      </c>
+      <c r="F32" t="s">
+        <v>37</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>144</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" t="s">
+        <v>140</v>
+      </c>
+      <c r="E33" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" t="s">
+        <v>145</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H33" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>21</v>
+      </c>
+      <c r="D34" t="s">
+        <v>140</v>
+      </c>
+      <c r="E34" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" t="s">
+        <v>149</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H34" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>26</v>
+      </c>
+      <c r="D35" t="s">
+        <v>140</v>
+      </c>
+      <c r="E35" t="s">
+        <v>141</v>
+      </c>
+      <c r="F35" t="s">
+        <v>149</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36" t="s">
+        <v>140</v>
+      </c>
+      <c r="E36" t="s">
+        <v>141</v>
+      </c>
+      <c r="F36" t="s">
+        <v>149</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H36" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>159</v>
+      </c>
+      <c r="E37" t="s">
+        <v>160</v>
+      </c>
+      <c r="F37" t="s">
+        <v>72</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>159</v>
+      </c>
+      <c r="E38" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" t="s">
+        <v>72</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H38" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>166</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" t="s">
+        <v>168</v>
+      </c>
+      <c r="E39" t="s">
+        <v>169</v>
+      </c>
+      <c r="F39" t="s">
+        <v>149</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H39" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" t="s">
+        <v>168</v>
+      </c>
+      <c r="E40" t="s">
+        <v>169</v>
+      </c>
+      <c r="F40" t="s">
+        <v>149</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H40" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>176</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>177</v>
+      </c>
+      <c r="E41" t="s">
+        <v>178</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H41" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>17</v>
+      </c>
+      <c r="D42" t="s">
+        <v>177</v>
+      </c>
+      <c r="E42" t="s">
+        <v>178</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>21</v>
+      </c>
+      <c r="D43" t="s">
+        <v>177</v>
+      </c>
+      <c r="E43" t="s">
+        <v>178</v>
+      </c>
+      <c r="F43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H43" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>187</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>26</v>
+      </c>
+      <c r="D44" t="s">
+        <v>177</v>
+      </c>
+      <c r="E44" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" t="s">
+        <v>188</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H44" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>191</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>31</v>
+      </c>
+      <c r="D45" t="s">
+        <v>177</v>
+      </c>
+      <c r="E45" t="s">
+        <v>178</v>
+      </c>
+      <c r="F45" t="s">
+        <v>188</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H45" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>36</v>
+      </c>
+      <c r="D46" t="s">
+        <v>177</v>
+      </c>
+      <c r="E46" t="s">
+        <v>178</v>
+      </c>
+      <c r="F46" t="s">
+        <v>145</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H46" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>41</v>
+      </c>
+      <c r="D47" t="s">
+        <v>177</v>
+      </c>
+      <c r="E47" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" t="s">
+        <v>198</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H47" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>46</v>
+      </c>
+      <c r="D48" t="s">
+        <v>177</v>
+      </c>
+      <c r="E48" t="s">
+        <v>178</v>
+      </c>
+      <c r="F48" t="s">
+        <v>198</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H48" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>51</v>
+      </c>
+      <c r="D49" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" t="s">
+        <v>178</v>
+      </c>
+      <c r="F49" t="s">
+        <v>205</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H49" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>56</v>
+      </c>
+      <c r="D50" t="s">
+        <v>177</v>
+      </c>
+      <c r="E50" t="s">
+        <v>178</v>
+      </c>
+      <c r="F50" t="s">
+        <v>209</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H50" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" t="s">
+        <v>177</v>
+      </c>
+      <c r="E51" t="s">
+        <v>178</v>
+      </c>
+      <c r="F51" t="s">
+        <v>209</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H51" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>62</v>
+      </c>
+      <c r="D52" t="s">
+        <v>177</v>
+      </c>
+      <c r="E52" t="s">
+        <v>178</v>
+      </c>
+      <c r="F52" t="s">
+        <v>198</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H52" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>65</v>
+      </c>
+      <c r="D53" t="s">
+        <v>177</v>
+      </c>
+      <c r="E53" t="s">
+        <v>178</v>
+      </c>
+      <c r="F53" t="s">
+        <v>219</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H53" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" t="s">
+        <v>177</v>
+      </c>
+      <c r="E54" t="s">
+        <v>178</v>
+      </c>
+      <c r="F54" t="s">
+        <v>224</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H54" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" t="s">
+        <v>177</v>
+      </c>
+      <c r="E55" t="s">
+        <v>178</v>
+      </c>
+      <c r="F55" t="s">
+        <v>229</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H55" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" t="s">
+        <v>177</v>
+      </c>
+      <c r="E56" t="s">
+        <v>178</v>
+      </c>
+      <c r="F56" t="s">
+        <v>229</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H56" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>237</v>
+      </c>
+      <c r="D57" t="s">
+        <v>177</v>
+      </c>
+      <c r="E57" t="s">
+        <v>178</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H57" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>241</v>
+      </c>
+      <c r="D58" t="s">
+        <v>177</v>
+      </c>
+      <c r="E58" t="s">
+        <v>178</v>
+      </c>
+      <c r="F58" t="s">
+        <v>37</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H58" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" t="s">
+        <v>177</v>
+      </c>
+      <c r="E59" t="s">
+        <v>178</v>
+      </c>
+      <c r="F59" t="s">
+        <v>37</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H59" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>248</v>
+      </c>
+      <c r="D60" t="s">
+        <v>177</v>
+      </c>
+      <c r="E60" t="s">
+        <v>178</v>
+      </c>
+      <c r="F60" t="s">
+        <v>37</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H60" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>252</v>
+      </c>
+      <c r="D61" t="s">
+        <v>177</v>
+      </c>
+      <c r="E61" t="s">
+        <v>178</v>
+      </c>
+      <c r="F61" t="s">
+        <v>37</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H61" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>255</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>256</v>
+      </c>
+      <c r="D62" t="s">
+        <v>177</v>
+      </c>
+      <c r="E62" t="s">
+        <v>178</v>
+      </c>
+      <c r="F62" t="s">
+        <v>37</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H62" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>259</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" t="s">
+        <v>177</v>
+      </c>
+      <c r="E63" t="s">
+        <v>178</v>
+      </c>
+      <c r="F63" t="s">
+        <v>37</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H63" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>263</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>264</v>
+      </c>
+      <c r="D64" t="s">
+        <v>177</v>
+      </c>
+      <c r="E64" t="s">
+        <v>178</v>
+      </c>
+      <c r="F64" t="s">
+        <v>37</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H64" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>268</v>
+      </c>
+      <c r="D65" t="s">
+        <v>177</v>
+      </c>
+      <c r="E65" t="s">
+        <v>178</v>
+      </c>
+      <c r="F65" t="s">
+        <v>37</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H65" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" t="s">
+        <v>177</v>
+      </c>
+      <c r="E66" t="s">
+        <v>178</v>
+      </c>
+      <c r="F66" t="s">
+        <v>205</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H66" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>275</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>167</v>
+      </c>
+      <c r="D67" t="s">
+        <v>177</v>
+      </c>
+      <c r="E67" t="s">
+        <v>178</v>
+      </c>
+      <c r="F67" t="s">
+        <v>198</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H67" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>278</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>279</v>
+      </c>
+      <c r="D68" t="s">
+        <v>177</v>
+      </c>
+      <c r="E68" t="s">
+        <v>178</v>
+      </c>
+      <c r="F68" t="s">
+        <v>198</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H68" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>282</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>283</v>
+      </c>
+      <c r="D69" t="s">
+        <v>177</v>
+      </c>
+      <c r="E69" t="s">
+        <v>178</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H69" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>286</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>287</v>
+      </c>
+      <c r="D70" t="s">
+        <v>177</v>
+      </c>
+      <c r="E70" t="s">
+        <v>178</v>
+      </c>
+      <c r="F70" t="s">
+        <v>229</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H70" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>290</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>291</v>
+      </c>
+      <c r="D71" t="s">
+        <v>177</v>
+      </c>
+      <c r="E71" t="s">
+        <v>178</v>
+      </c>
+      <c r="F71" t="s">
+        <v>198</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H71" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>294</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>295</v>
+      </c>
+      <c r="D72" t="s">
+        <v>177</v>
+      </c>
+      <c r="E72" t="s">
+        <v>178</v>
+      </c>
+      <c r="F72" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H72" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>298</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>299</v>
+      </c>
+      <c r="D73" t="s">
+        <v>177</v>
+      </c>
+      <c r="E73" t="s">
+        <v>178</v>
+      </c>
+      <c r="F73" t="s">
+        <v>198</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H73" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>302</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>173</v>
+      </c>
+      <c r="D74" t="s">
+        <v>177</v>
+      </c>
+      <c r="E74" t="s">
+        <v>178</v>
+      </c>
+      <c r="F74" t="s">
+        <v>198</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H74" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>305</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>306</v>
+      </c>
+      <c r="D75" t="s">
+        <v>177</v>
+      </c>
+      <c r="E75" t="s">
+        <v>178</v>
+      </c>
+      <c r="F75" t="s">
+        <v>307</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H75" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>310</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" t="s">
+        <v>311</v>
+      </c>
+      <c r="E76" t="s">
+        <v>312</v>
+      </c>
+      <c r="F76" t="s">
+        <v>313</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H76" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>316</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" t="s">
+        <v>311</v>
+      </c>
+      <c r="E77" t="s">
+        <v>312</v>
+      </c>
+      <c r="F77" t="s">
+        <v>317</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H77" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>320</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>21</v>
+      </c>
+      <c r="D78" t="s">
+        <v>311</v>
+      </c>
+      <c r="E78" t="s">
+        <v>312</v>
+      </c>
+      <c r="F78" t="s">
+        <v>317</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H78" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>323</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>26</v>
+      </c>
+      <c r="D79" t="s">
+        <v>311</v>
+      </c>
+      <c r="E79" t="s">
+        <v>312</v>
+      </c>
+      <c r="F79" t="s">
+        <v>317</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H79" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>326</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>31</v>
+      </c>
+      <c r="D80" t="s">
+        <v>311</v>
+      </c>
+      <c r="E80" t="s">
+        <v>312</v>
+      </c>
+      <c r="F80" t="s">
+        <v>317</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H80" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>329</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>36</v>
+      </c>
+      <c r="D81" t="s">
+        <v>311</v>
+      </c>
+      <c r="E81" t="s">
+        <v>312</v>
+      </c>
+      <c r="F81" t="s">
+        <v>37</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H81" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>332</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>41</v>
+      </c>
+      <c r="D82" t="s">
+        <v>311</v>
+      </c>
+      <c r="E82" t="s">
+        <v>312</v>
+      </c>
+      <c r="F82" t="s">
+        <v>37</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H82" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>335</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>46</v>
+      </c>
+      <c r="D83" t="s">
+        <v>311</v>
+      </c>
+      <c r="E83" t="s">
+        <v>312</v>
+      </c>
+      <c r="F83" t="s">
+        <v>37</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H83" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>338</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>51</v>
+      </c>
+      <c r="D84" t="s">
+        <v>311</v>
+      </c>
+      <c r="E84" t="s">
+        <v>312</v>
+      </c>
+      <c r="F84" t="s">
+        <v>37</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H84" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>341</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>56</v>
+      </c>
+      <c r="D85" t="s">
+        <v>311</v>
+      </c>
+      <c r="E85" t="s">
+        <v>312</v>
+      </c>
+      <c r="F85" t="s">
+        <v>307</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H85" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>344</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>59</v>
+      </c>
+      <c r="D86" t="s">
+        <v>311</v>
+      </c>
+      <c r="E86" t="s">
+        <v>312</v>
+      </c>
+      <c r="F86" t="s">
+        <v>219</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H86" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>347</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>62</v>
+      </c>
+      <c r="D87" t="s">
+        <v>311</v>
+      </c>
+      <c r="E87" t="s">
+        <v>312</v>
+      </c>
+      <c r="F87" t="s">
+        <v>37</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H87" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>350</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>65</v>
+      </c>
+      <c r="D88" t="s">
+        <v>311</v>
+      </c>
+      <c r="E88" t="s">
+        <v>312</v>
+      </c>
+      <c r="F88" t="s">
+        <v>307</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H88" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>353</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>223</v>
+      </c>
+      <c r="D89" t="s">
+        <v>311</v>
+      </c>
+      <c r="E89" t="s">
+        <v>312</v>
+      </c>
+      <c r="F89" t="s">
+        <v>205</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H89" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>356</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>228</v>
+      </c>
+      <c r="D90" t="s">
+        <v>311</v>
+      </c>
+      <c r="E90" t="s">
+        <v>312</v>
+      </c>
+      <c r="F90" t="s">
+        <v>313</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H90" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>359</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>233</v>
+      </c>
+      <c r="D91" t="s">
+        <v>311</v>
+      </c>
+      <c r="E91" t="s">
+        <v>312</v>
+      </c>
+      <c r="F91" t="s">
+        <v>42</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H91" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>362</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>237</v>
+      </c>
+      <c r="D92" t="s">
+        <v>311</v>
+      </c>
+      <c r="E92" t="s">
+        <v>312</v>
+      </c>
+      <c r="F92" t="s">
+        <v>42</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H92" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>365</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>241</v>
+      </c>
+      <c r="D93" t="s">
+        <v>311</v>
+      </c>
+      <c r="E93" t="s">
+        <v>312</v>
+      </c>
+      <c r="F93" t="s">
+        <v>366</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H93" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>369</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>244</v>
+      </c>
+      <c r="D94" t="s">
+        <v>311</v>
+      </c>
+      <c r="E94" t="s">
+        <v>312</v>
+      </c>
+      <c r="F94" t="s">
+        <v>370</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H94" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>373</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>248</v>
+      </c>
+      <c r="D95" t="s">
+        <v>311</v>
+      </c>
+      <c r="E95" t="s">
+        <v>312</v>
+      </c>
+      <c r="F95" t="s">
+        <v>198</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H95" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>376</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>252</v>
+      </c>
+      <c r="D96" t="s">
+        <v>311</v>
+      </c>
+      <c r="E96" t="s">
+        <v>312</v>
+      </c>
+      <c r="F96" t="s">
+        <v>229</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H96" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>379</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>256</v>
+      </c>
+      <c r="D97" t="s">
+        <v>311</v>
+      </c>
+      <c r="E97" t="s">
+        <v>312</v>
+      </c>
+      <c r="F97" t="s">
+        <v>229</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H97" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>382</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>260</v>
+      </c>
+      <c r="D98" t="s">
+        <v>311</v>
+      </c>
+      <c r="E98" t="s">
+        <v>312</v>
+      </c>
+      <c r="F98" t="s">
+        <v>229</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H98" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>385</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>264</v>
+      </c>
+      <c r="D99" t="s">
+        <v>311</v>
+      </c>
+      <c r="E99" t="s">
+        <v>312</v>
+      </c>
+      <c r="F99" t="s">
+        <v>229</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H99" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>388</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>268</v>
+      </c>
+      <c r="D100" t="s">
+        <v>311</v>
+      </c>
+      <c r="E100" t="s">
+        <v>312</v>
+      </c>
+      <c r="F100" t="s">
+        <v>229</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H100" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>391</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>272</v>
+      </c>
+      <c r="D101" t="s">
+        <v>311</v>
+      </c>
+      <c r="E101" t="s">
+        <v>312</v>
+      </c>
+      <c r="F101" t="s">
+        <v>370</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H101" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>394</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>167</v>
+      </c>
+      <c r="D102" t="s">
+        <v>311</v>
+      </c>
+      <c r="E102" t="s">
+        <v>312</v>
+      </c>
+      <c r="F102" t="s">
+        <v>370</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H102" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>397</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>279</v>
+      </c>
+      <c r="D103" t="s">
+        <v>311</v>
+      </c>
+      <c r="E103" t="s">
+        <v>312</v>
+      </c>
+      <c r="F103" t="s">
+        <v>229</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H103" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>400</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>283</v>
+      </c>
+      <c r="D104" t="s">
+        <v>311</v>
+      </c>
+      <c r="E104" t="s">
+        <v>312</v>
+      </c>
+      <c r="F104" t="s">
+        <v>317</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H104" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>403</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>287</v>
+      </c>
+      <c r="D105" t="s">
+        <v>311</v>
+      </c>
+      <c r="E105" t="s">
+        <v>312</v>
+      </c>
+      <c r="F105" t="s">
+        <v>52</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H105" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>406</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>291</v>
+      </c>
+      <c r="D106" t="s">
+        <v>311</v>
+      </c>
+      <c r="E106" t="s">
+        <v>312</v>
+      </c>
+      <c r="F106" t="s">
+        <v>52</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H106" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>409</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>295</v>
+      </c>
+      <c r="D107" t="s">
+        <v>311</v>
+      </c>
+      <c r="E107" t="s">
+        <v>312</v>
+      </c>
+      <c r="F107" t="s">
+        <v>42</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H107" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>412</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>299</v>
+      </c>
+      <c r="D108" t="s">
+        <v>311</v>
+      </c>
+      <c r="E108" t="s">
+        <v>312</v>
+      </c>
+      <c r="F108" t="s">
+        <v>42</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H108" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>415</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>173</v>
+      </c>
+      <c r="D109" t="s">
+        <v>311</v>
+      </c>
+      <c r="E109" t="s">
+        <v>312</v>
+      </c>
+      <c r="F109" t="s">
+        <v>313</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H109" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>418</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>306</v>
+      </c>
+      <c r="D110" t="s">
+        <v>311</v>
+      </c>
+      <c r="E110" t="s">
+        <v>312</v>
+      </c>
+      <c r="F110" t="s">
+        <v>313</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H110" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>421</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>422</v>
+      </c>
+      <c r="D111" t="s">
+        <v>311</v>
+      </c>
+      <c r="E111" t="s">
+        <v>312</v>
+      </c>
+      <c r="F111" t="s">
+        <v>42</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H111" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>425</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>426</v>
+      </c>
+      <c r="D112" t="s">
+        <v>311</v>
+      </c>
+      <c r="E112" t="s">
+        <v>312</v>
+      </c>
+      <c r="F112" t="s">
+        <v>42</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H112" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>429</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>430</v>
+      </c>
+      <c r="D113" t="s">
+        <v>311</v>
+      </c>
+      <c r="E113" t="s">
+        <v>312</v>
+      </c>
+      <c r="F113" t="s">
+        <v>307</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H113" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>433</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>434</v>
+      </c>
+      <c r="D114" t="s">
+        <v>311</v>
+      </c>
+      <c r="E114" t="s">
+        <v>312</v>
+      </c>
+      <c r="F114" t="s">
+        <v>198</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H114" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>437</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>438</v>
+      </c>
+      <c r="D115" t="s">
+        <v>311</v>
+      </c>
+      <c r="E115" t="s">
+        <v>312</v>
+      </c>
+      <c r="F115" t="s">
+        <v>219</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H115" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>441</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>442</v>
+      </c>
+      <c r="D116" t="s">
+        <v>311</v>
+      </c>
+      <c r="E116" t="s">
+        <v>312</v>
+      </c>
+      <c r="F116" t="s">
+        <v>219</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H116" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>445</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>446</v>
+      </c>
+      <c r="D117" t="s">
+        <v>311</v>
+      </c>
+      <c r="E117" t="s">
+        <v>312</v>
+      </c>
+      <c r="F117" t="s">
+        <v>317</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H117" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>449</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>450</v>
+      </c>
+      <c r="D118" t="s">
+        <v>311</v>
+      </c>
+      <c r="E118" t="s">
+        <v>312</v>
+      </c>
+      <c r="F118" t="s">
+        <v>205</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H118" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>453</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>454</v>
+      </c>
+      <c r="D119" t="s">
+        <v>311</v>
+      </c>
+      <c r="E119" t="s">
+        <v>312</v>
+      </c>
+      <c r="F119" t="s">
+        <v>229</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H119" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>457</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>458</v>
+      </c>
+      <c r="D120" t="s">
+        <v>311</v>
+      </c>
+      <c r="E120" t="s">
+        <v>312</v>
+      </c>
+      <c r="F120" t="s">
+        <v>229</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H120" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>461</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>462</v>
+      </c>
+      <c r="D121" t="s">
+        <v>311</v>
+      </c>
+      <c r="E121" t="s">
+        <v>312</v>
+      </c>
+      <c r="F121" t="s">
+        <v>229</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H121" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>465</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>466</v>
+      </c>
+      <c r="D122" t="s">
+        <v>311</v>
+      </c>
+      <c r="E122" t="s">
+        <v>312</v>
+      </c>
+      <c r="F122" t="s">
+        <v>52</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H122" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>469</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>470</v>
+      </c>
+      <c r="D123" t="s">
+        <v>311</v>
+      </c>
+      <c r="E123" t="s">
+        <v>312</v>
+      </c>
+      <c r="F123" t="s">
+        <v>471</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H123" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>474</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>475</v>
+      </c>
+      <c r="D124" t="s">
+        <v>311</v>
+      </c>
+      <c r="E124" t="s">
+        <v>312</v>
+      </c>
+      <c r="F124" t="s">
+        <v>219</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H124" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>478</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>479</v>
+      </c>
+      <c r="D125" t="s">
+        <v>311</v>
+      </c>
+      <c r="E125" t="s">
+        <v>312</v>
+      </c>
+      <c r="F125" t="s">
+        <v>198</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H125" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>482</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>483</v>
+      </c>
+      <c r="D126" t="s">
+        <v>311</v>
+      </c>
+      <c r="E126" t="s">
+        <v>312</v>
+      </c>
+      <c r="F126" t="s">
+        <v>205</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H126" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>486</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>487</v>
+      </c>
+      <c r="D127" t="s">
+        <v>311</v>
+      </c>
+      <c r="E127" t="s">
+        <v>312</v>
+      </c>
+      <c r="F127" t="s">
+        <v>42</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H127" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>490</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>491</v>
+      </c>
+      <c r="D128" t="s">
+        <v>311</v>
+      </c>
+      <c r="E128" t="s">
+        <v>312</v>
+      </c>
+      <c r="F128" t="s">
+        <v>42</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H128" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>494</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>495</v>
+      </c>
+      <c r="D129" t="s">
+        <v>311</v>
+      </c>
+      <c r="E129" t="s">
+        <v>312</v>
+      </c>
+      <c r="F129" t="s">
+        <v>42</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H129" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>498</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>499</v>
+      </c>
+      <c r="D130" t="s">
+        <v>311</v>
+      </c>
+      <c r="E130" t="s">
+        <v>312</v>
+      </c>
+      <c r="F130" t="s">
+        <v>52</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H130" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>502</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>503</v>
+      </c>
+      <c r="D131" t="s">
+        <v>311</v>
+      </c>
+      <c r="E131" t="s">
+        <v>312</v>
+      </c>
+      <c r="F131" t="s">
+        <v>504</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H131" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>507</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>508</v>
+      </c>
+      <c r="D132" t="s">
+        <v>311</v>
+      </c>
+      <c r="E132" t="s">
+        <v>312</v>
+      </c>
+      <c r="F132" t="s">
+        <v>317</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H132" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>511</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>512</v>
+      </c>
+      <c r="D133" t="s">
+        <v>311</v>
+      </c>
+      <c r="E133" t="s">
+        <v>312</v>
+      </c>
+      <c r="F133" t="s">
+        <v>37</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H133" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>515</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>516</v>
+      </c>
+      <c r="D134" t="s">
+        <v>311</v>
+      </c>
+      <c r="E134" t="s">
+        <v>312</v>
+      </c>
+      <c r="F134" t="s">
+        <v>229</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H134" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>519</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>520</v>
+      </c>
+      <c r="D135" t="s">
+        <v>311</v>
+      </c>
+      <c r="E135" t="s">
+        <v>312</v>
+      </c>
+      <c r="F135" t="s">
+        <v>317</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H135" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>523</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>524</v>
+      </c>
+      <c r="D136" t="s">
+        <v>311</v>
+      </c>
+      <c r="E136" t="s">
+        <v>312</v>
+      </c>
+      <c r="F136" t="s">
+        <v>145</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H136" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>527</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>528</v>
+      </c>
+      <c r="D137" t="s">
+        <v>311</v>
+      </c>
+      <c r="E137" t="s">
+        <v>312</v>
+      </c>
+      <c r="F137" t="s">
+        <v>198</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H137" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>531</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>532</v>
+      </c>
+      <c r="D138" t="s">
+        <v>311</v>
+      </c>
+      <c r="E138" t="s">
+        <v>312</v>
+      </c>
+      <c r="F138" t="s">
+        <v>229</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H138" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>535</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>536</v>
+      </c>
+      <c r="D139" t="s">
+        <v>311</v>
+      </c>
+      <c r="E139" t="s">
+        <v>312</v>
+      </c>
+      <c r="F139" t="s">
+        <v>307</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H139" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>539</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>540</v>
+      </c>
+      <c r="D140" t="s">
+        <v>311</v>
+      </c>
+      <c r="E140" t="s">
+        <v>312</v>
+      </c>
+      <c r="F140" t="s">
+        <v>145</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H140" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>542</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>543</v>
+      </c>
+      <c r="D141" t="s">
+        <v>311</v>
+      </c>
+      <c r="E141" t="s">
+        <v>312</v>
+      </c>
+      <c r="F141" t="s">
+        <v>42</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H141" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>546</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>547</v>
+      </c>
+      <c r="D142" t="s">
+        <v>311</v>
+      </c>
+      <c r="E142" t="s">
+        <v>312</v>
+      </c>
+      <c r="F142" t="s">
+        <v>229</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H142" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>550</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>551</v>
+      </c>
+      <c r="D143" t="s">
+        <v>311</v>
+      </c>
+      <c r="E143" t="s">
+        <v>312</v>
+      </c>
+      <c r="F143" t="s">
+        <v>52</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H143" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>554</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>555</v>
+      </c>
+      <c r="D144" t="s">
+        <v>311</v>
+      </c>
+      <c r="E144" t="s">
+        <v>312</v>
+      </c>
+      <c r="F144" t="s">
+        <v>42</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H144" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>558</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>559</v>
+      </c>
+      <c r="D145" t="s">
+        <v>311</v>
+      </c>
+      <c r="E145" t="s">
+        <v>312</v>
+      </c>
+      <c r="F145" t="s">
+        <v>219</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H145" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>562</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>563</v>
+      </c>
+      <c r="D146" t="s">
+        <v>311</v>
+      </c>
+      <c r="E146" t="s">
+        <v>312</v>
+      </c>
+      <c r="F146" t="s">
+        <v>229</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H146" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>566</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>567</v>
+      </c>
+      <c r="D147" t="s">
+        <v>311</v>
+      </c>
+      <c r="E147" t="s">
+        <v>312</v>
+      </c>
+      <c r="F147" t="s">
+        <v>188</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H147" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>570</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>571</v>
+      </c>
+      <c r="D148" t="s">
+        <v>311</v>
+      </c>
+      <c r="E148" t="s">
+        <v>312</v>
+      </c>
+      <c r="F148" t="s">
+        <v>229</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H148" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>574</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>575</v>
+      </c>
+      <c r="D149" t="s">
+        <v>311</v>
+      </c>
+      <c r="E149" t="s">
+        <v>312</v>
+      </c>
+      <c r="F149" t="s">
+        <v>188</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H149" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>578</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>579</v>
+      </c>
+      <c r="D150" t="s">
+        <v>311</v>
+      </c>
+      <c r="E150" t="s">
+        <v>312</v>
+      </c>
+      <c r="F150" t="s">
+        <v>42</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H150" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>582</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>583</v>
+      </c>
+      <c r="D151" t="s">
+        <v>311</v>
+      </c>
+      <c r="E151" t="s">
+        <v>312</v>
+      </c>
+      <c r="F151" t="s">
+        <v>42</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H151" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>586</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>587</v>
+      </c>
+      <c r="D152" t="s">
+        <v>311</v>
+      </c>
+      <c r="E152" t="s">
+        <v>312</v>
+      </c>
+      <c r="F152" t="s">
+        <v>219</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H152" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>590</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>591</v>
+      </c>
+      <c r="D153" t="s">
+        <v>311</v>
+      </c>
+      <c r="E153" t="s">
+        <v>312</v>
+      </c>
+      <c r="F153" t="s">
+        <v>198</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H153" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>594</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>595</v>
+      </c>
+      <c r="D154" t="s">
+        <v>311</v>
+      </c>
+      <c r="E154" t="s">
+        <v>312</v>
+      </c>
+      <c r="F154" t="s">
+        <v>188</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H154" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>598</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>599</v>
+      </c>
+      <c r="D155" t="s">
+        <v>311</v>
+      </c>
+      <c r="E155" t="s">
+        <v>312</v>
+      </c>
+      <c r="F155" t="s">
+        <v>198</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H155" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>602</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>603</v>
+      </c>
+      <c r="D156" t="s">
+        <v>311</v>
+      </c>
+      <c r="E156" t="s">
+        <v>312</v>
+      </c>
+      <c r="F156" t="s">
+        <v>307</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H156" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>606</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>607</v>
+      </c>
+      <c r="D157" t="s">
+        <v>311</v>
+      </c>
+      <c r="E157" t="s">
+        <v>312</v>
+      </c>
+      <c r="F157" t="s">
+        <v>317</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H157" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>610</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>611</v>
+      </c>
+      <c r="D158" t="s">
+        <v>311</v>
+      </c>
+      <c r="E158" t="s">
+        <v>312</v>
+      </c>
+      <c r="F158" t="s">
+        <v>307</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H158" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>614</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>615</v>
+      </c>
+      <c r="D159" t="s">
+        <v>311</v>
+      </c>
+      <c r="E159" t="s">
+        <v>312</v>
+      </c>
+      <c r="F159" t="s">
+        <v>37</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H159" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>618</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>619</v>
+      </c>
+      <c r="D160" t="s">
+        <v>311</v>
+      </c>
+      <c r="E160" t="s">
+        <v>312</v>
+      </c>
+      <c r="F160" t="s">
+        <v>42</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H160" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>622</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>623</v>
+      </c>
+      <c r="D161" t="s">
+        <v>311</v>
+      </c>
+      <c r="E161" t="s">
+        <v>312</v>
+      </c>
+      <c r="F161" t="s">
+        <v>42</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H161" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>626</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>10</v>
+      </c>
+      <c r="D162" t="s">
+        <v>627</v>
+      </c>
+      <c r="E162" t="s">
+        <v>628</v>
+      </c>
+      <c r="F162" t="s">
+        <v>229</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H162" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>631</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>17</v>
+      </c>
+      <c r="D163" t="s">
+        <v>627</v>
+      </c>
+      <c r="E163" t="s">
+        <v>628</v>
+      </c>
+      <c r="F163" t="s">
+        <v>370</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H163" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>634</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>21</v>
+      </c>
+      <c r="D164" t="s">
+        <v>627</v>
+      </c>
+      <c r="E164" t="s">
+        <v>628</v>
+      </c>
+      <c r="F164" t="s">
+        <v>229</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H164" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>637</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>26</v>
+      </c>
+      <c r="D165" t="s">
+        <v>627</v>
+      </c>
+      <c r="E165" t="s">
+        <v>628</v>
+      </c>
+      <c r="F165" t="s">
+        <v>145</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H165" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>640</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>31</v>
+      </c>
+      <c r="D166" t="s">
+        <v>627</v>
+      </c>
+      <c r="E166" t="s">
+        <v>628</v>
+      </c>
+      <c r="F166" t="s">
+        <v>52</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H166" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>643</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>36</v>
+      </c>
+      <c r="D167" t="s">
+        <v>627</v>
+      </c>
+      <c r="E167" t="s">
+        <v>628</v>
+      </c>
+      <c r="F167" t="s">
+        <v>205</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H167" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>646</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>41</v>
+      </c>
+      <c r="D168" t="s">
+        <v>627</v>
+      </c>
+      <c r="E168" t="s">
+        <v>628</v>
+      </c>
+      <c r="F168" t="s">
+        <v>52</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="H168" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>649</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>46</v>
+      </c>
+      <c r="D169" t="s">
+        <v>627</v>
+      </c>
+      <c r="E169" t="s">
+        <v>628</v>
+      </c>
+      <c r="F169" t="s">
+        <v>145</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H169" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>651</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>51</v>
+      </c>
+      <c r="D170" t="s">
+        <v>627</v>
+      </c>
+      <c r="E170" t="s">
+        <v>628</v>
+      </c>
+      <c r="F170" t="s">
+        <v>42</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H170" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>654</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>56</v>
+      </c>
+      <c r="D171" t="s">
+        <v>627</v>
+      </c>
+      <c r="E171" t="s">
+        <v>628</v>
+      </c>
+      <c r="F171" t="s">
+        <v>42</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H171" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>657</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>59</v>
+      </c>
+      <c r="D172" t="s">
+        <v>627</v>
+      </c>
+      <c r="E172" t="s">
+        <v>628</v>
+      </c>
+      <c r="F172" t="s">
+        <v>317</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H172" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>660</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>241</v>
+      </c>
+      <c r="D173" t="s">
+        <v>661</v>
+      </c>
+      <c r="E173" t="s">
+        <v>662</v>
+      </c>
+      <c r="F173" t="s">
+        <v>72</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H173" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>665</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>260</v>
+      </c>
+      <c r="D174" t="s">
+        <v>661</v>
+      </c>
+      <c r="E174" t="s">
+        <v>662</v>
+      </c>
+      <c r="F174" t="s">
+        <v>72</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H174" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>668</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>264</v>
+      </c>
+      <c r="D175" t="s">
+        <v>661</v>
+      </c>
+      <c r="E175" t="s">
+        <v>662</v>
+      </c>
+      <c r="F175" t="s">
+        <v>72</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H175" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>671</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>299</v>
+      </c>
+      <c r="D176" t="s">
+        <v>661</v>
+      </c>
+      <c r="E176" t="s">
+        <v>662</v>
+      </c>
+      <c r="F176" t="s">
+        <v>72</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H176" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>674</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>675</v>
+      </c>
+      <c r="D177" t="s">
+        <v>661</v>
+      </c>
+      <c r="E177" t="s">
+        <v>662</v>
+      </c>
+      <c r="F177" t="s">
+        <v>72</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H177" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>678</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>551</v>
+      </c>
+      <c r="D178" t="s">
+        <v>661</v>
+      </c>
+      <c r="E178" t="s">
+        <v>662</v>
+      </c>
+      <c r="F178" t="s">
+        <v>72</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H178" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>680</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>681</v>
+      </c>
+      <c r="D179" t="s">
+        <v>661</v>
+      </c>
+      <c r="E179" t="s">
+        <v>662</v>
+      </c>
+      <c r="F179" t="s">
+        <v>72</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H179" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>684</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>62</v>
+      </c>
+      <c r="D180" t="s">
+        <v>661</v>
+      </c>
+      <c r="E180" t="s">
+        <v>685</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H180" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>688</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>10</v>
+      </c>
+      <c r="D181" t="s">
+        <v>689</v>
+      </c>
+      <c r="E181" t="s">
+        <v>690</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H181" t="s">
+        <v>692</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>